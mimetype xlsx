--- v0 (2026-01-29)
+++ v1 (2026-03-16)
@@ -51,399 +51,399 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2501</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2501/projeto_de_lei_no_10-1948.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2501/projeto_de_lei_no_10-1948.pdf</t>
   </si>
   <si>
     <t>Fica o Prefeito Municipal autorizado a dar a uma das ruas dou praça desta cidade o nome de Tenente Max Wolf Filho.</t>
   </si>
   <si>
     <t>2502</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2502/projeto_de_lei_no_11-1948.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2502/projeto_de_lei_no_11-1948.pdf</t>
   </si>
   <si>
     <t>Fica criado o selo adesivo municipal para ser posto nos documentos de alçada municipal.</t>
   </si>
   <si>
     <t>2503</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2503/projeto_de_lei_no_12-1948.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2503/projeto_de_lei_no_12-1948.pdf</t>
   </si>
   <si>
     <t>Fica o Prefeito Municipal autorizado a mandar proceder reparações no túmulo dos Barões de Tibagi, no Cemitério Municipal.</t>
   </si>
   <si>
     <t>2504</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2504/projeto_de_lei_no_14-1948.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2504/projeto_de_lei_no_14-1948.pdf</t>
   </si>
   <si>
     <t>Fica autorizado o Prefeito Municipal a conceder por carta de data de 22 metros de frente por 33 metros de fundos os terrenos da municipalidade em Guaragi a razão de CR$ 15,00 por metro de frente, ou seja, CR$ 330,00 por carta de data, pagando o requerente emolumentos, selos etc.</t>
   </si>
   <si>
     <t>2505</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2505/projeto_de_lei_no_16-1948.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2505/projeto_de_lei_no_16-1948.pdf</t>
   </si>
   <si>
     <t>Fica, a partir de 1º de janeiro de 1949, criado o seguinte cargo no quadro permanente desta Prefeitura.</t>
   </si>
   <si>
     <t>2506</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2506/projeto_de_lei_no_17-1948.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2506/projeto_de_lei_no_17-1948.pdf</t>
   </si>
   <si>
     <t>Ficam elevados, a contar do dia 1º de janeiro de 1949, os padrões dos seguintes cargos do quadro de pessoal permanente desta Prefeitura.</t>
   </si>
   <si>
     <t>2507</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2507/projeto_de_lei_no_18-1948.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2507/projeto_de_lei_no_18-1948.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a abrir um crédito suplementar de CR$ 117.906,20 em reforço as seguintes verbas do atual orçamento.</t>
   </si>
   <si>
     <t>2508</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2508/projeto_de_lei_no_19-1948.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2508/projeto_de_lei_no_19-1948.pdf</t>
   </si>
   <si>
     <t>Cria a taxa de melhoramentos públicos rurais.</t>
   </si>
   <si>
     <t>2509</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2509/projeto_de_lei_no_20-1948.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2509/projeto_de_lei_no_20-1948.pdf</t>
   </si>
   <si>
     <t>Muda denominação de rua</t>
   </si>
   <si>
     <t>2510</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2510/projeto_de_lei_no_21-1948.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2510/projeto_de_lei_no_21-1948.pdf</t>
   </si>
   <si>
     <t>Cria o imposto de "guia sem passeio".</t>
   </si>
   <si>
     <t>2511</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2511/projeto_de_lei_no_22-1948.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2511/projeto_de_lei_no_22-1948.pdf</t>
   </si>
   <si>
     <t>Cria a taxa de registro de veículos.</t>
   </si>
   <si>
     <t>2512</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2512/projeto_de_lei_no_23-1948.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2512/projeto_de_lei_no_23-1948.pdf</t>
   </si>
   <si>
     <t>Altera a lei n.º 9, do Código Tributário - Capítulo I - Imposto Territorial Urbano.</t>
   </si>
   <si>
     <t>2513</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2513/projeto_de_lei_no_24-1948.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2513/projeto_de_lei_no_24-1948.pdf</t>
   </si>
   <si>
     <t>Autoriza a compra de terreno para a construção do Ginásio Municipal e abertura de crédito especial para o mesmo fim.</t>
   </si>
   <si>
     <t>2514</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2514/projeto_de_lei_no_25-1948.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2514/projeto_de_lei_no_25-1948.pdf</t>
   </si>
   <si>
     <t>Cria feriado Municipal.</t>
   </si>
   <si>
     <t>2515</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2515/projeto_de_lei_no_26-1948.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2515/projeto_de_lei_no_26-1948.pdf</t>
   </si>
   <si>
     <t>Cria a taca de segurança pública, destinada a proporcionar uma gratificação ao delegado de polícia desta cidade, dos sub-delegados dos distritos de Guaragi e Papagaios Novos, conforme lei especial.</t>
   </si>
   <si>
     <t>2516</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2516/projeto_de_lei_no_27-1948.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2516/projeto_de_lei_no_27-1948.pdf</t>
   </si>
   <si>
     <t>Concede aos sub-delegados dos distritos de Papagaios Novos e Guaragi uma gratificação mensal de CR$ 150,00 em caráter provisório e partir de janeiro de 1949.</t>
   </si>
   <si>
     <t>2517</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2517/projeto_de_lei_no_28-1948.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2517/projeto_de_lei_no_28-1948.pdf</t>
   </si>
   <si>
     <t>Aquele que possuir imóvel pertencente a Prefeitura Municipal, por 30 anos ininterruptos, sem título legal e correspondente e que nele tiver construído casa de morada, adquirir-lhe-á o domínio, mediante requerimento ao Prefeito Municipal.</t>
   </si>
   <si>
     <t>2518</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2518/projeto_de_lei_no_29-1948.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2518/projeto_de_lei_no_29-1948.pdf</t>
   </si>
   <si>
     <t>Seja dado a uma das ruas da cidade o nome de Manoel Demétrio de Oliveira, como homenagem ao bravo soldado palmeirense da Campanha do Paraguai, cujo nome passou para a História do Brasil como valente defensor da vida de Caxias, na qualidade de seu bagageiro.</t>
   </si>
   <si>
     <t>2519</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2519/projeto_de_lei_no_30-1948.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2519/projeto_de_lei_no_30-1948.pdf</t>
   </si>
   <si>
     <t>Ficam elevados os benefícios de aposentadoria do cidadão Severino de Araújo Vida em mais CR$ 100,00 mensais a partir de 1º de janeiro de 1949.</t>
   </si>
   <si>
     <t>2520</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2520/projeto_de_lei_no_31-1948.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2520/projeto_de_lei_no_31-1948.pdf</t>
   </si>
   <si>
     <t>Ficam elevados os benefícios de pensão do cidadão Luiz Heidman e de Dona Helena Muller em mais CR$ 100,00 mensais a partir de 1º de janeiro de 1949.</t>
   </si>
   <si>
     <t>2521</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2521/projeto_de_lei_no_32-1948.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2521/projeto_de_lei_no_32-1948.pdf</t>
   </si>
   <si>
     <t>Fica o Prefeito Municipal autorizado a proceder melhoramentos no trecho de rua, em Papagaios Novos, compreendido entre a praça da igreja e o boeiro de Olaria, com serviço de construção de meio fio e captação das águas de chuva, afim de evitar a erosão.</t>
   </si>
   <si>
     <t>2522</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2522/projeto_de_lei_no_33-1948.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2522/projeto_de_lei_no_33-1948.pdf</t>
   </si>
   <si>
     <t>Todos os túmulos, carneras e sepulturas existentes no Cemitério Municipal desta cidade, em estado de ruínas, devem ser remodelados dentro do prazo de 180 duas da data de aprovação da presente lei.</t>
   </si>
   <si>
     <t>2523</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2523/projeto_de_lei_no_34-1948.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2523/projeto_de_lei_no_34-1948.pdf</t>
   </si>
   <si>
     <t>Ficam alteradas as taxas de força elétrica para a seguinte tabela, a partir de 1º de janeiro de 1949.</t>
   </si>
   <si>
     <t>2524</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2524/projeto_de_lei_no_35-1948.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2524/projeto_de_lei_no_35-1948.pdf</t>
   </si>
   <si>
     <t>Fica o Prefeito Municipal autorizado a proceder melhoramentos na ponte situada na rua Padre Camargo.</t>
   </si>
   <si>
     <t>2525</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2525/projeto_de_lei_no_36-1948.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2525/projeto_de_lei_no_36-1948.pdf</t>
   </si>
   <si>
     <t>Fica o Prefeito Municipal autoriza a demolir o chafariz existente na rua Coronel Macedo para facilitar o trânsito.</t>
   </si>
   <si>
     <t>2526</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Fica o Prefeito Municipal autorizado pagar as despesas de hotel do Vereador Silvio Glary quando este vier à Palmeira em serviço de vereança.</t>
   </si>
   <si>
     <t>2527</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2527/projeto_de_lei_no_38-1948.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2527/projeto_de_lei_no_38-1948.pdf</t>
   </si>
   <si>
     <t>Fica aprovada a seguinte tabela para cobrança da taxa de segurança pública.</t>
   </si>
   <si>
     <t>2528</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2528/projeto_de_lei_no_39-1948.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2528/projeto_de_lei_no_39-1948.pdf</t>
   </si>
   <si>
     <t>Fica alterada a lei n.º 7 de 18 de fevereiro de 1948, na alínea I do art. 1º, referente ao horário de comércio da cidade.</t>
   </si>
   <si>
     <t>2529</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2529/projeto_de_lei_no_40-1948.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2529/projeto_de_lei_no_40-1948.pdf</t>
   </si>
   <si>
     <t>Fica o Prefeito Municipal autorizado a pagar aluguel de uma casa para funcionamento da escola pública de Guarauninha.</t>
   </si>
   <si>
     <t>2530</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2530/projeto_de_lei_no_42-1948.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2530/projeto_de_lei_no_42-1948.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autoriza a abrir um crédito suplementar de CR$ 6.604,20 para reforço da verba amortização da dívida com a Caixa Econômica.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -750,67 +750,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2501/projeto_de_lei_no_10-1948.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2502/projeto_de_lei_no_11-1948.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2503/projeto_de_lei_no_12-1948.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2504/projeto_de_lei_no_14-1948.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2505/projeto_de_lei_no_16-1948.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2506/projeto_de_lei_no_17-1948.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2507/projeto_de_lei_no_18-1948.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2508/projeto_de_lei_no_19-1948.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2509/projeto_de_lei_no_20-1948.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2510/projeto_de_lei_no_21-1948.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2511/projeto_de_lei_no_22-1948.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2512/projeto_de_lei_no_23-1948.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2513/projeto_de_lei_no_24-1948.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2514/projeto_de_lei_no_25-1948.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2515/projeto_de_lei_no_26-1948.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2516/projeto_de_lei_no_27-1948.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2517/projeto_de_lei_no_28-1948.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2518/projeto_de_lei_no_29-1948.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2519/projeto_de_lei_no_30-1948.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2520/projeto_de_lei_no_31-1948.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2521/projeto_de_lei_no_32-1948.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2522/projeto_de_lei_no_33-1948.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2523/projeto_de_lei_no_34-1948.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2524/projeto_de_lei_no_35-1948.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2525/projeto_de_lei_no_36-1948.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2527/projeto_de_lei_no_38-1948.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2528/projeto_de_lei_no_39-1948.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2529/projeto_de_lei_no_40-1948.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2530/projeto_de_lei_no_42-1948.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2501/projeto_de_lei_no_10-1948.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2502/projeto_de_lei_no_11-1948.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2503/projeto_de_lei_no_12-1948.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2504/projeto_de_lei_no_14-1948.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2505/projeto_de_lei_no_16-1948.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2506/projeto_de_lei_no_17-1948.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2507/projeto_de_lei_no_18-1948.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2508/projeto_de_lei_no_19-1948.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2509/projeto_de_lei_no_20-1948.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2510/projeto_de_lei_no_21-1948.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2511/projeto_de_lei_no_22-1948.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2512/projeto_de_lei_no_23-1948.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2513/projeto_de_lei_no_24-1948.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2514/projeto_de_lei_no_25-1948.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2515/projeto_de_lei_no_26-1948.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2516/projeto_de_lei_no_27-1948.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2517/projeto_de_lei_no_28-1948.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2518/projeto_de_lei_no_29-1948.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2519/projeto_de_lei_no_30-1948.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2520/projeto_de_lei_no_31-1948.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2521/projeto_de_lei_no_32-1948.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2522/projeto_de_lei_no_33-1948.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2523/projeto_de_lei_no_34-1948.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2524/projeto_de_lei_no_35-1948.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2525/projeto_de_lei_no_36-1948.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2527/projeto_de_lei_no_38-1948.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2528/projeto_de_lei_no_39-1948.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2529/projeto_de_lei_no_40-1948.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1948/2530/projeto_de_lei_no_42-1948.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="100.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="99.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="249.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>