--- v0 (2026-01-29)
+++ v1 (2026-03-16)
@@ -51,423 +51,423 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2531</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2531/projeto_de_lei_no_43-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2531/projeto_de_lei_no_43-1949.pdf</t>
   </si>
   <si>
     <t>Fica criado no Distrito de Guaragi o cargo de Agente Municipal, Padrão I, para atender os negócios referentes ao Município.</t>
   </si>
   <si>
     <t>2532</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2532/projeto_de_lei_no_44-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2532/projeto_de_lei_no_44-1949.pdf</t>
   </si>
   <si>
     <t>Fica o Prefeito Municipal autorizado a auxiliar a construção da Colégio Imaculada Conceição, a ser construído nesta cidade, com a importância de CR$ 5.000,00.</t>
   </si>
   <si>
     <t>2533</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2533/projeto_de_lei_no_45-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2533/projeto_de_lei_no_45-1949.pdf</t>
   </si>
   <si>
     <t>Fica o Prefeito Municipal autorizado a contribuir com CR$ 5.000,00 para o "Natal dos Pobres".</t>
   </si>
   <si>
     <t>2534</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2534/projeto_de_lei_no_46-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2534/projeto_de_lei_no_46-1949.pdf</t>
   </si>
   <si>
     <t>Fica o Prefeito Municipal autorizado a contrair um empréstimo até o valor de CR$ 3.000.000,00 para atender a ampliação da usina elétrica.</t>
   </si>
   <si>
     <t>2535</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2535/projeto_de_lei_no_47-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2535/projeto_de_lei_no_47-1949.pdf</t>
   </si>
   <si>
     <t>Fica o Prefeito Municipal autoriza a vender, pela quantia de CR$ 55.000,00, a auto-niveladora.</t>
   </si>
   <si>
     <t>2536</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2536/projeto_de_lei_no_48-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2536/projeto_de_lei_no_48-1949.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a abrir um crédito de CR$ 106.627,60 para liquidação de várias contas provindas do exercício de 1948 e 1949.</t>
   </si>
   <si>
     <t>2537</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2537/projeto_de_lei_no_49-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2537/projeto_de_lei_no_49-1949.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autoriza a abrir um crédito de CR$ 121.670,00 para reforço de verbas</t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2538/projeto_de_lei_no_50-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2538/projeto_de_lei_no_50-1949.pdf</t>
   </si>
   <si>
     <t>Ficam modificadas as classificações na tabela de vencimentos.</t>
   </si>
   <si>
     <t>2539</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2539/projeto_de_lei_no_51-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2539/projeto_de_lei_no_51-1949.pdf</t>
   </si>
   <si>
     <t>Fica criado, a partir de 1º de maio do corrente, no quadro permanente e seção de contabilidade desta Prefeitura, o cargo de guarda-livros, padrão I.</t>
   </si>
   <si>
     <t>2540</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2540/projeto_de_lei_no_52-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2540/projeto_de_lei_no_52-1949.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autoriza a abrir um crédito especial de CR$ 9.000,00 para pagamentos dos vencimentos do guarda-livros da Prefeitura.</t>
   </si>
   <si>
     <t>2541</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2541/projeto_de_lei_no_53-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2541/projeto_de_lei_no_53-1949.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a dar a posse definitiva às pessoas acima nomeadas de uma área de terrenos situada na Rua Vicente Machado, após serem cumpridas as formalidades da lei.</t>
   </si>
   <si>
     <t>2542</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2542/projeto_de_lei_no_54-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2542/projeto_de_lei_no_54-1949.pdf</t>
   </si>
   <si>
     <t>Para efeito da lei que regula o descanso semanal remunerada, declaram-se dias santificados os seguintes: 8 de dezembro para todo o Município, 13 de julho para o Distrito de Papagaios Novos e 8 de setembro para o Distrito de Guaragi.</t>
   </si>
   <si>
     <t>2543</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2543/projeto_de_lei_no_55-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2543/projeto_de_lei_no_55-1949.pdf</t>
   </si>
   <si>
     <t>Fica o Prefeito Municipal autoriza a contrair, junto ao Governo do Estado, empréstimo de CR$ 100.000,00, de que trata a lei estadual n.º 53,  de 18 de fevereiro de 1948.</t>
   </si>
   <si>
     <t>2544</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2544/projeto_de_lei_no_56-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2544/projeto_de_lei_no_56-1949.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizada a adquirir uma área de terreno, até o valor de CR$ 8.000,00 para reconstruir a casa do Senhor Ary Ventura Andrade, derrubada em virtude da retificação da  Rua 7 de Abril.</t>
   </si>
   <si>
     <t>2545</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Ficam isentos do imposto territorial urbano as áreas ocupadas por colégios.</t>
   </si>
   <si>
     <t>2546</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2546/projeto_de_lei_no_58-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2546/projeto_de_lei_no_58-1949.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autoriza a abrir um crédito especial de CR$ 8.000,00 destinada à escrituração do pagamento da aquisição de uma lote de terreno, do qual uma parte deverá ser permutada com o lote de terreno pertencente ao senhor Ary Ventura de Andrade, sito à Avenida 7 de Abril, nesta cidade.</t>
   </si>
   <si>
     <t>2547</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2547/projeto_de_lei_no_59-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2547/projeto_de_lei_no_59-1949.pdf</t>
   </si>
   <si>
     <t>Fica, a partir do dia 1º de janeiro de 1950, criado o cargo de fiscal geral, padrão Z, no quadro permanente, secção de fiscalização, desta Prefeitura.</t>
   </si>
   <si>
     <t>2548</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2548/projeto_de_lei_no_60-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2548/projeto_de_lei_no_60-1949.pdf</t>
   </si>
   <si>
     <t>Ficam elevados, a contar do dia 1º de janeiro de 1950, os padrões dos seguintes cargos do quadro de pessoal permanente desta Prefeitura.</t>
   </si>
   <si>
     <t>2549</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2549/projeto_de_lei_no_61-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2549/projeto_de_lei_no_61-1949.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a abrir um crédito suplementar de CR$ 90.000,00 em reforço das seguintes verbas do atual orçamento.</t>
   </si>
   <si>
     <t>2550</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2550/projeto_de_lei_no_62-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2550/projeto_de_lei_no_62-1949.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a abrir um crédito especial de CR$ 1.000,00, destinado para auxílio do ao Hospital Psiquiátrico Nossa Senhora da Luz, de Curitiba, cujo donativo servirá para os melhoramentos a serem realizados no referido hospital.</t>
   </si>
   <si>
     <t>2551</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2551/projeto_de_lei_no_63-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2551/projeto_de_lei_no_63-1949.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a abrir um crédito especial de CR$ 4.675,00, para pagamento da quota de utilização ao Departamento de Águas e Energia Elétrica, em Curitiba, referente ao segundo semestre de 1946 e exercício de 1947 e 1948, de acordo com o decreto-lei n.º 2281, de 5 de junho de 1940.</t>
   </si>
   <si>
     <t>2552</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2552/projeto_de_lei_no_64-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2552/projeto_de_lei_no_64-1949.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizada a incluir na tabela para cobranças do imposto de indústrias e profissões, aprovada pela lei n.º 9, de 23 de fevereiro de 1948, Código Tributário, Capítulo V e seus parágrafos, às pautas para cobrança do imposto de indústrias e profissões sobre "laminadora de madeira em geral" e "faqueadeiras de madeiras em geral", sob a seguinte classificação.</t>
   </si>
   <si>
     <t>2553</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2553/projeto_de_lei_no_65-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2553/projeto_de_lei_no_65-1949.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a proceder a cobrança de imposto de licença, de que trata a lei n.º 9, de 3 de fevereiro de 1948 - Código Tributário - Capítulo III - Artigos 42 e 67, de conformidade com a tabela seguinte.</t>
   </si>
   <si>
     <t>2554</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2554/projeto_de_lei_no_66-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2554/projeto_de_lei_no_66-1949.pdf</t>
   </si>
   <si>
     <t>Aprova o orçamento apresentado pelo Prefeito Municipal, no qual está prevista a arrecadação de CR$ 1.250.000,00 para igual despesa.</t>
   </si>
   <si>
     <t>2555</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2555/projeto_de_lei_no_67-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2555/projeto_de_lei_no_67-1949.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a abrir um crédito especial de CR$ 16.800,00 para atender ao pagamento da licença especial concedida ao funcionário Augusto Stahlschimidr, na conformidade do art. 154 da Constituição do Estado do Paraná, promulgada em 12 de julho de 1947.</t>
   </si>
   <si>
     <t>2556</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2556/projeto_de_lei_no_68-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2556/projeto_de_lei_no_68-1949.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a alterar disposições urbanas da cidade a fim de extinguir a Praça Generoso Marques.</t>
   </si>
   <si>
     <t>2557</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2557/projeto_de_lei_no_69-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2557/projeto_de_lei_no_69-1949.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a abrir um crédito suplementar de CR$ 16.926,50 em reforço das seguintes verbas do atual orçamento.</t>
   </si>
   <si>
     <t>2558</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2558/projeto_de_lei_no_70-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2558/projeto_de_lei_no_70-1949.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a contribuir no corrente ano com a importância de CR$ 8.000,00 para auxílio "Pró-Natal dos Pobres", neste Município.</t>
   </si>
   <si>
     <t>2559</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2559/projeto_de_lei_no_71-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2559/projeto_de_lei_no_71-1949.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a fazer doação de terreno ao Governo do Estado do Paraná.</t>
   </si>
   <si>
     <t>2560</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2560/projeto_de_lei_no_72-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2560/projeto_de_lei_no_72-1949.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a fazer a doação ao Governo do Estado do Paraná do terreno para a construção de caixa de água.</t>
   </si>
   <si>
     <t>2561</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2561/projeto_de_lei_no_73-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2561/projeto_de_lei_no_73-1949.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a fazer a doação de terreno ao Governo do Estado do Paraná.</t>
   </si>
   <si>
     <t>2562</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2562/projeto_de_lei_no_74-1949.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2562/projeto_de_lei_no_74-1949.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a fazer a transferência ao Governo do Estado.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -774,67 +774,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2531/projeto_de_lei_no_43-1949.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2532/projeto_de_lei_no_44-1949.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2533/projeto_de_lei_no_45-1949.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2534/projeto_de_lei_no_46-1949.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2535/projeto_de_lei_no_47-1949.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2536/projeto_de_lei_no_48-1949.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2537/projeto_de_lei_no_49-1949.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2538/projeto_de_lei_no_50-1949.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2539/projeto_de_lei_no_51-1949.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2540/projeto_de_lei_no_52-1949.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2541/projeto_de_lei_no_53-1949.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2542/projeto_de_lei_no_54-1949.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2543/projeto_de_lei_no_55-1949.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2544/projeto_de_lei_no_56-1949.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2546/projeto_de_lei_no_58-1949.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2547/projeto_de_lei_no_59-1949.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2548/projeto_de_lei_no_60-1949.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2549/projeto_de_lei_no_61-1949.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2550/projeto_de_lei_no_62-1949.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2551/projeto_de_lei_no_63-1949.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2552/projeto_de_lei_no_64-1949.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2553/projeto_de_lei_no_65-1949.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2554/projeto_de_lei_no_66-1949.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2555/projeto_de_lei_no_67-1949.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2556/projeto_de_lei_no_68-1949.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2557/projeto_de_lei_no_69-1949.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2558/projeto_de_lei_no_70-1949.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2559/projeto_de_lei_no_71-1949.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2560/projeto_de_lei_no_72-1949.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2561/projeto_de_lei_no_73-1949.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2562/projeto_de_lei_no_74-1949.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2531/projeto_de_lei_no_43-1949.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2532/projeto_de_lei_no_44-1949.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2533/projeto_de_lei_no_45-1949.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2534/projeto_de_lei_no_46-1949.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2535/projeto_de_lei_no_47-1949.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2536/projeto_de_lei_no_48-1949.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2537/projeto_de_lei_no_49-1949.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2538/projeto_de_lei_no_50-1949.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2539/projeto_de_lei_no_51-1949.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2540/projeto_de_lei_no_52-1949.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2541/projeto_de_lei_no_53-1949.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2542/projeto_de_lei_no_54-1949.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2543/projeto_de_lei_no_55-1949.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2544/projeto_de_lei_no_56-1949.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2546/projeto_de_lei_no_58-1949.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2547/projeto_de_lei_no_59-1949.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2548/projeto_de_lei_no_60-1949.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2549/projeto_de_lei_no_61-1949.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2550/projeto_de_lei_no_62-1949.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2551/projeto_de_lei_no_63-1949.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2552/projeto_de_lei_no_64-1949.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2553/projeto_de_lei_no_65-1949.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2554/projeto_de_lei_no_66-1949.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2555/projeto_de_lei_no_67-1949.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2556/projeto_de_lei_no_68-1949.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2557/projeto_de_lei_no_69-1949.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2558/projeto_de_lei_no_70-1949.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2559/projeto_de_lei_no_71-1949.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2560/projeto_de_lei_no_72-1949.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2561/projeto_de_lei_no_73-1949.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1949/2562/projeto_de_lei_no_74-1949.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="100.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="99.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>