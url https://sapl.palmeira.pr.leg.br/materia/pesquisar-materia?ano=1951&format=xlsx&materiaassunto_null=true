--- v0 (2025-11-28)
+++ v1 (2026-03-17)
@@ -51,555 +51,555 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2583</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2583/projeto_de_lei_no_95-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2583/projeto_de_lei_no_95-1951.pdf</t>
   </si>
   <si>
     <t>Revoga as leis municipais n.º 87 e 88 de 23/10/1950.</t>
   </si>
   <si>
     <t>2584</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2584/projeto_de_lei_no_96-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2584/projeto_de_lei_no_96-1951.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial de CR$ 27.685,60.</t>
   </si>
   <si>
     <t>2585</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2585/projeto_de_lei_no_97-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2585/projeto_de_lei_no_97-1951.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial de CR$ 60.000,00.</t>
   </si>
   <si>
     <t>2586</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2586/projeto_de_lei_no_98-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2586/projeto_de_lei_no_98-1951.pdf</t>
   </si>
   <si>
     <t>Abre crédito suplementar de CR$ 41.999,80.</t>
   </si>
   <si>
     <t>2587</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2587/projeto_de_lei_no_99-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2587/projeto_de_lei_no_99-1951.pdf</t>
   </si>
   <si>
     <t>Abre crédito suplementar de CR$ 375.000,00.</t>
   </si>
   <si>
     <t>2588</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2588/projeto_de_lei_no_100-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2588/projeto_de_lei_no_100-1951.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autoriza a cobrar o imposto de bebidas alcoólicas ou líquidos espirituosos a partir do segundo semestre do corrente ano.</t>
   </si>
   <si>
     <t>2589</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2589/projeto_de_lei_no_101-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2589/projeto_de_lei_no_101-1951.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autoriza a conceder uma pensão mensal de CR$ 200,00 à Dona Joana Maria Rosa de Paula, viúva do ex-funcionário Senhor Salvador Alves de Paula, enquanto a mesma não contrair novo matrimônio.</t>
   </si>
   <si>
     <t>2590</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2590/projeto_de_lei_no_102-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2590/projeto_de_lei_no_102-1951.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a vender às pessoas reconhecidamente pobres de Guaragi, lotes de terreno em bairro do mesmo Distrito, em quatro prestações semestrais, desde que que os mesmo se destinem à construção da casa própria.</t>
   </si>
   <si>
     <t>2591</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2591/projeto_de_lei_no_103-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2591/projeto_de_lei_no_103-1951.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autoriza a conceder uma subvenção de CR$ 1.000,00 ao Ypiranga Futebol Clube.</t>
   </si>
   <si>
     <t>2592</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2592/projeto_de_lei_no_104-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2592/projeto_de_lei_no_104-1951.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autoriza a cancelar o lançamento de qualquer imposto municipal que recaia sobre a atividade industrial, comercial ou profissional dos ex-combatentes da Força Expedicionária Brasileira.</t>
   </si>
   <si>
     <t>2593</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2593/projeto_de_lei_no_105-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2593/projeto_de_lei_no_105-1951.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a cancelar a cobrança do imposto denominado de "melhoramentos públicos" a partir de 1º de janeiro de 1952, para os colonos que não possuam veículos.</t>
   </si>
   <si>
     <t>2594</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2594/projeto_de_lei_no_106-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2594/projeto_de_lei_no_106-1951.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a conceder uma pensão ao Professor Felix de Matos Leão, quanto o mesmo viver, no valor de CR$ 150,00.</t>
   </si>
   <si>
     <t>2595</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2595/projeto_de_lei_no_107-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2595/projeto_de_lei_no_107-1951.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autoriza a fazer um aumento de 30% sobre o valor das aposentadorias atualmente mantidas pela Prefeitura.</t>
   </si>
   <si>
     <t>2596</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2596/projeto_de_lei_no_108-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2596/projeto_de_lei_no_108-1951.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a denominar a praça principal de Guaragi com o nome José Aristóteles Dias, bem como modificar a denominação de ruas de importância da mesma localidade, dando a elas o nome de Julio Moleta e Constantino Carbenar.</t>
   </si>
   <si>
     <t>2597</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2597/projeto_de_lei_no_109-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2597/projeto_de_lei_no_109-1951.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a denominar a Escola Pública de Benfica de Padre Jair.</t>
   </si>
   <si>
     <t>2598</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2598/projeto_de_lei_no_110-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2598/projeto_de_lei_no_110-1951.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a cancelar o pagamento da gratificação concedida ao delegado de polícia da cidade.</t>
   </si>
   <si>
     <t>2599</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2599/projeto_de_lei_no_111-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2599/projeto_de_lei_no_111-1951.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a conceder, gratuitamente, um terreno com a área máxima de 10x25 metros ao Operário de Palmeira, para a construção da casa própria, dentro da disponibilidade das áreas existentes e cujo valor, por metro de frente, não seja superior a CR$ 100,00.</t>
   </si>
   <si>
     <t>2600</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2600/projeto_de_lei_no_112-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2600/projeto_de_lei_no_112-1951.pdf</t>
   </si>
   <si>
     <t>Doa um terreno situado entre o Hospital de Caridade de Palmeira o Posto de Higiene, nas ruas Coronel Ottoni Ferreira Maciel e Joaquim Monteiro, à Caixa Econômica Federal do Paraná.</t>
   </si>
   <si>
     <t>2601</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2601/projeto_de_lei_no_113-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2601/projeto_de_lei_no_113-1951.pdf</t>
   </si>
   <si>
     <t>Fica alterada a subvenção concedida pela Prefeitura Municipal ao Hospital de Caridade desta cidade, de CR$ 6.000,00 para CR$ 12.000,00 anuais.</t>
   </si>
   <si>
     <t>2602</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2602/projeto_de_lei_no_114-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2602/projeto_de_lei_no_114-1951.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial de CR$ 980,00.</t>
   </si>
   <si>
     <t>2603</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2603/projeto_de_lei_no_115-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2603/projeto_de_lei_no_115-1951.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autoriza a abrir um crédito especial de R$ 47.786,30.</t>
   </si>
   <si>
     <t>2604</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2604/projeto_de_lei_no_116-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2604/projeto_de_lei_no_116-1951.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial de CR$ 1.000,00.</t>
   </si>
   <si>
     <t>2605</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2605/projeto_de_lei_no_117-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2605/projeto_de_lei_no_117-1951.pdf</t>
   </si>
   <si>
     <t>Abre crédito suplementar de CR$ 172.802,30.</t>
   </si>
   <si>
     <t>2606</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2606/projeto_de_lei_no_118-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2606/projeto_de_lei_no_118-1951.pdf</t>
   </si>
   <si>
     <t>Revoga a lei n.º 35 de 27 de outubro de 1948.</t>
   </si>
   <si>
     <t>2607</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2607/projeto_de_lei_no_119-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2607/projeto_de_lei_no_119-1951.pdf</t>
   </si>
   <si>
     <t>Revoga a lei n.º 12 de 14/9/1946, que fez doação de um terreno urbano ao Estado do Paraná.</t>
   </si>
   <si>
     <t>2608</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2608/projeto_de_lei_no_120-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2608/projeto_de_lei_no_120-1951.pdf</t>
   </si>
   <si>
     <t>Fica aprovada a escala padrão de vencimentos para o pessoal do quadro permanente desta Prefeitura.</t>
   </si>
   <si>
     <t>2609</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2609/projeto_de_lei_no_121-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2609/projeto_de_lei_no_121-1951.pdf</t>
   </si>
   <si>
     <t>Fixa os padrões dos cargos do pessoal permanente.</t>
   </si>
   <si>
     <t>2610</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2610/projeto_de_lei_no_122-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2610/projeto_de_lei_no_122-1951.pdf</t>
   </si>
   <si>
     <t>Toda construção ou reforma de prédio a ser feita na Rua Conceição desta cidade será recuada em 2 metros do atual alinhamento, em ambos os lados.</t>
   </si>
   <si>
     <t>2611</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2611/projeto_de_lei_no_123-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2611/projeto_de_lei_no_123-1951.pdf</t>
   </si>
   <si>
     <t>Estabelece prêmios de esforço e inteligência aos alunos do Ginásio local.</t>
   </si>
   <si>
     <t>2612</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2612/projeto_de_lei_no_124-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2612/projeto_de_lei_no_124-1951.pdf</t>
   </si>
   <si>
     <t>Inclui no quadro urbano da cidade a Vila Maria e a Vila Nacim Bacila.</t>
   </si>
   <si>
     <t>2613</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2613/projeto_de_lei_no_125-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2613/projeto_de_lei_no_125-1951.pdf</t>
   </si>
   <si>
     <t>Cria o serviço de cadastro urbano.</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2614/projeto_de_lei_no_126-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2614/projeto_de_lei_no_126-1951.pdf</t>
   </si>
   <si>
     <t>Aprova o orçamento apresentado pelo Poder Executivo e que deverá reger as finanças municipais no ano de 1952.</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2615/projeto_de_lei_no_127-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2615/projeto_de_lei_no_127-1951.pdf</t>
   </si>
   <si>
     <t>Cria feriado municipal no dia 20 de novembro de 1951.</t>
   </si>
   <si>
     <t>2616</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2616/projeto_de_lei_no_128-1951_2.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2616/projeto_de_lei_no_128-1951_2.pdf</t>
   </si>
   <si>
     <t>Regulamento a lei do selo municipal.</t>
   </si>
   <si>
     <t>2617</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2617/projeto_de_lei_no_129-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2617/projeto_de_lei_no_129-1951.pdf</t>
   </si>
   <si>
     <t>Altera o disposto no n.º 329, do imposto de indústrias e profissões.</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2618/projeto_de_lei_no_130-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2618/projeto_de_lei_no_130-1951.pdf</t>
   </si>
   <si>
     <t>Cria emolumentos por secção de planta a partir de 1º de janeiro de 1952.</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2619/projeto_de_lei_no_131-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2619/projeto_de_lei_no_131-1951.pdf</t>
   </si>
   <si>
     <t>Amplia a vigência da lei n.º 25, até 30 de junho de 1952.</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2620/projeto_de_lei_no_132-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2620/projeto_de_lei_no_132-1951.pdf</t>
   </si>
   <si>
     <t>Majora os preços de terrenos pertencentes à Prefeitura Municipal.</t>
   </si>
   <si>
     <t>2621</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2621/projeto_de_lei_no_133-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2621/projeto_de_lei_no_133-1951.pdf</t>
   </si>
   <si>
     <t>Autoriza o pagamento de diárias aos motoristas das motoniveladoras e diaristas quando em serviço distante da sede.</t>
   </si>
   <si>
     <t>2622</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2622/projeto_de_lei_no_134-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2622/projeto_de_lei_no_134-1951.pdf</t>
   </si>
   <si>
     <t>Cria o cargo de fiscal geral.</t>
   </si>
   <si>
     <t>2623</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2623/projeto_de_lei_no_135-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2623/projeto_de_lei_no_135-1951.pdf</t>
   </si>
   <si>
     <t>Concede donativo ao centro espírita Mario de Barros para o Natal dos Pobres.</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2624/projeto_de_lei_no_136-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2624/projeto_de_lei_no_136-1951.pdf</t>
   </si>
   <si>
     <t>Altera a tabela de força para motores elétricos.</t>
   </si>
   <si>
     <t>2625</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2625/projeto_de_lei_no_137-1951.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2625/projeto_de_lei_no_137-1951.pdf</t>
   </si>
   <si>
     <t>Regulariza promoções de funcionários desta Prefeitura.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -906,67 +906,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2583/projeto_de_lei_no_95-1951.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2584/projeto_de_lei_no_96-1951.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2585/projeto_de_lei_no_97-1951.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2586/projeto_de_lei_no_98-1951.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2587/projeto_de_lei_no_99-1951.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2588/projeto_de_lei_no_100-1951.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2589/projeto_de_lei_no_101-1951.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2590/projeto_de_lei_no_102-1951.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2591/projeto_de_lei_no_103-1951.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2592/projeto_de_lei_no_104-1951.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2593/projeto_de_lei_no_105-1951.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2594/projeto_de_lei_no_106-1951.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2595/projeto_de_lei_no_107-1951.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2596/projeto_de_lei_no_108-1951.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2597/projeto_de_lei_no_109-1951.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2598/projeto_de_lei_no_110-1951.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2599/projeto_de_lei_no_111-1951.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2600/projeto_de_lei_no_112-1951.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2601/projeto_de_lei_no_113-1951.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2602/projeto_de_lei_no_114-1951.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2603/projeto_de_lei_no_115-1951.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2604/projeto_de_lei_no_116-1951.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2605/projeto_de_lei_no_117-1951.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2606/projeto_de_lei_no_118-1951.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2607/projeto_de_lei_no_119-1951.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2608/projeto_de_lei_no_120-1951.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2609/projeto_de_lei_no_121-1951.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2610/projeto_de_lei_no_122-1951.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2611/projeto_de_lei_no_123-1951.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2612/projeto_de_lei_no_124-1951.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2613/projeto_de_lei_no_125-1951.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2614/projeto_de_lei_no_126-1951.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2615/projeto_de_lei_no_127-1951.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2616/projeto_de_lei_no_128-1951_2.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2617/projeto_de_lei_no_129-1951.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2618/projeto_de_lei_no_130-1951.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2619/projeto_de_lei_no_131-1951.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2620/projeto_de_lei_no_132-1951.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2621/projeto_de_lei_no_133-1951.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2622/projeto_de_lei_no_134-1951.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2623/projeto_de_lei_no_135-1951.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2624/projeto_de_lei_no_136-1951.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2625/projeto_de_lei_no_137-1951.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2583/projeto_de_lei_no_95-1951.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2584/projeto_de_lei_no_96-1951.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2585/projeto_de_lei_no_97-1951.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2586/projeto_de_lei_no_98-1951.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2587/projeto_de_lei_no_99-1951.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2588/projeto_de_lei_no_100-1951.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2589/projeto_de_lei_no_101-1951.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2590/projeto_de_lei_no_102-1951.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2591/projeto_de_lei_no_103-1951.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2592/projeto_de_lei_no_104-1951.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2593/projeto_de_lei_no_105-1951.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2594/projeto_de_lei_no_106-1951.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2595/projeto_de_lei_no_107-1951.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2596/projeto_de_lei_no_108-1951.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2597/projeto_de_lei_no_109-1951.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2598/projeto_de_lei_no_110-1951.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2599/projeto_de_lei_no_111-1951.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2600/projeto_de_lei_no_112-1951.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2601/projeto_de_lei_no_113-1951.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2602/projeto_de_lei_no_114-1951.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2603/projeto_de_lei_no_115-1951.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2604/projeto_de_lei_no_116-1951.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2605/projeto_de_lei_no_117-1951.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2606/projeto_de_lei_no_118-1951.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2607/projeto_de_lei_no_119-1951.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2608/projeto_de_lei_no_120-1951.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2609/projeto_de_lei_no_121-1951.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2610/projeto_de_lei_no_122-1951.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2611/projeto_de_lei_no_123-1951.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2612/projeto_de_lei_no_124-1951.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2613/projeto_de_lei_no_125-1951.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2614/projeto_de_lei_no_126-1951.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2615/projeto_de_lei_no_127-1951.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2616/projeto_de_lei_no_128-1951_2.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2617/projeto_de_lei_no_129-1951.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2618/projeto_de_lei_no_130-1951.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2619/projeto_de_lei_no_131-1951.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2620/projeto_de_lei_no_132-1951.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2621/projeto_de_lei_no_133-1951.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2622/projeto_de_lei_no_134-1951.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2623/projeto_de_lei_no_135-1951.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2624/projeto_de_lei_no_136-1951.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1951/2625/projeto_de_lei_no_137-1951.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="249.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>