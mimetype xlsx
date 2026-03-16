--- v0 (2025-11-28)
+++ v1 (2026-03-16)
@@ -51,483 +51,483 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2813</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2813/projeto_de_lei_no_138-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2813/projeto_de_lei_no_138-1952.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a promover a reorganização da banda de músicos desta cidade.</t>
   </si>
   <si>
     <t>2814</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2814/projeto_de_lei_no_139-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2814/projeto_de_lei_no_139-1952.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a cobrar taxa de transferência de estabelecimentos comerciais ou industriais.</t>
   </si>
   <si>
     <t>2815</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2815/projeto_de_lei_no_140-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2815/projeto_de_lei_no_140-1952.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a promover os festejos comemorativos da passagem do aniversário de fundação do Município de Palmeira.</t>
   </si>
   <si>
     <t>2816</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2816/projeto_de_lei_no_141-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2816/projeto_de_lei_no_141-1952.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a alugar uma casa na sede do Distrito de Guaragi, para funcionamento de um sub-posto de higiene.</t>
   </si>
   <si>
     <t>2817</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2817/projeto_de_lei_no_142-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2817/projeto_de_lei_no_142-1952.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a alugar uma casa na Colônia Francesa para funcionar o futuro Grupo Escolar Cel. David Carneiro.</t>
   </si>
   <si>
     <t>2818</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2818/projeto_de_lei_no_143-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2818/projeto_de_lei_no_143-1952.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a criar o cargo de agente municipal de Guaragi.</t>
   </si>
   <si>
     <t>2819</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2819/projeto_de_lei_no_144-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2819/projeto_de_lei_no_144-1952.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a fazer alterações no quadro de funcionários desta Prefeitura.</t>
   </si>
   <si>
     <t>2820</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2820/projeto_de_lei_no_145-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2820/projeto_de_lei_no_145-1952.pdf</t>
   </si>
   <si>
     <t>Dá regulamentação ao Cine Teatro Municipal.</t>
   </si>
   <si>
     <t>2821</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2821/projeto_de_lei_no_149-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2821/projeto_de_lei_no_149-1952.pdf</t>
   </si>
   <si>
     <t>Autoriza a aquisição de dois conjuntos de caldeira e motor a vapor.</t>
   </si>
   <si>
     <t>2822</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2822/projeto_de_lei_no_150-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2822/projeto_de_lei_no_150-1952.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a adquirir área para localização de usina termoelétrica.</t>
   </si>
   <si>
     <t>2823</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2823/projeto_de_lei_no_151-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2823/projeto_de_lei_no_151-1952.pdf</t>
   </si>
   <si>
     <t>Regulamenta a criação de animais soltos e a construção de tapumes para os mesmos.</t>
   </si>
   <si>
     <t>2824</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2824/projeto_de_lei_no_152-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2824/projeto_de_lei_no_152-1952.pdf</t>
   </si>
   <si>
     <t>Abre crédito adicional especial de CR$ 117.900,00.</t>
   </si>
   <si>
     <t>2825</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2825/projeto_de_lei_no_153-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2825/projeto_de_lei_no_153-1952.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar um terreno com a área necessária para a construção de um puericultura.</t>
   </si>
   <si>
     <t>2826</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2826/projeto_de_lei_no_154-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2826/projeto_de_lei_no_154-1952.pdf</t>
   </si>
   <si>
     <t>Abre crédito suplementar de CR$ 4.400,00.</t>
   </si>
   <si>
     <t>2827</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2827/projeto_de_lei_no_155-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2827/projeto_de_lei_no_155-1952.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a comprar um terreno para localização da usina termoelétrica.</t>
   </si>
   <si>
     <t>2828</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2828/projeto_de_lei_no_156-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2828/projeto_de_lei_no_156-1952.pdf</t>
   </si>
   <si>
     <t>Altera a pensão concedida pela Prefeitura ao senhor Felix de Mattos Leão.</t>
   </si>
   <si>
     <t>2829</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2829/projeto_de_lei_no_157-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2829/projeto_de_lei_no_157-1952.pdf</t>
   </si>
   <si>
     <t>Concede subvenção mensal ao Colégio Imaculada Conceição.</t>
   </si>
   <si>
     <t>2830</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2830/projeto_de_lei_no_158-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2830/projeto_de_lei_no_158-1952.pdf</t>
   </si>
   <si>
     <t>Regulamenta a instalação de bombas de gasolina, querosene e óleo diesel.</t>
   </si>
   <si>
     <t>2831</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2831/projeto_de_lei_no_159-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2831/projeto_de_lei_no_159-1952.pdf</t>
   </si>
   <si>
     <t>Regulamenta a venda de terrenos no Distrito de Guaragi, neste Município.</t>
   </si>
   <si>
     <t>2832</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2832/projeto_de_lei_no_160-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2832/projeto_de_lei_no_160-1952.pdf</t>
   </si>
   <si>
     <t>Cria novos cargos na seção de obras e melhoramentos públicos do quadro de pessoal permanente da Prefeitura.</t>
   </si>
   <si>
     <t>2833</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2833/projeto_de_lei_no_161-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2833/projeto_de_lei_no_161-1952.pdf</t>
   </si>
   <si>
     <t>Regulamenta a demolição e transferência de casas deste para outro Município.</t>
   </si>
   <si>
     <t>2834</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2834/projeto_de_lei_no_162-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2834/projeto_de_lei_no_162-1952.pdf</t>
   </si>
   <si>
     <t>Fixa o imposto sobre casas condenadas na Zona Especial e demais zonas da cidade.</t>
   </si>
   <si>
     <t>2835</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2835/projeto_de_lei_no_163-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2835/projeto_de_lei_no_163-1952.pdf</t>
   </si>
   <si>
     <t>Regulamenta a construção de casas na Zona Especial.</t>
   </si>
   <si>
     <t>2836</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2836/projeto_de_lei_no_164-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2836/projeto_de_lei_no_164-1952.pdf</t>
   </si>
   <si>
     <t>Cria a vaga de auxiliar geral no quadro do pessoal permanente da Prefeitura.</t>
   </si>
   <si>
     <t>2837</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2837/projeto_de_lei_no_163-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2837/projeto_de_lei_no_163-1952.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito especial de CR$ 120.603,30.</t>
   </si>
   <si>
     <t>2838</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2838/projeto_de_lei_no_166-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2838/projeto_de_lei_no_166-1952.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito suplementar de CR$ 88.506,80.</t>
   </si>
   <si>
     <t>2839</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2839/projeto_de_lei_no_167-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2839/projeto_de_lei_no_167-1952.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito especial de R$ 6.000,00.</t>
   </si>
   <si>
     <t>2840</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2840/projeto_de_lei_no_168-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2840/projeto_de_lei_no_168-1952.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito de CR$ 4.000,00.</t>
   </si>
   <si>
     <t>2841</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2841/projeto_de_lei_no_169-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2841/projeto_de_lei_no_169-1952.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito especial de CR$ 76.849,00.</t>
   </si>
   <si>
     <t>2842</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2842/projeto_de_lei_no_170-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2842/projeto_de_lei_no_170-1952.pdf</t>
   </si>
   <si>
     <t>Cria e regulamentar o funcionamento da Biblioteca Pública Municipal.</t>
   </si>
   <si>
     <t>2843</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2843/projeto_de_lei_no_171-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2843/projeto_de_lei_no_171-1952.pdf</t>
   </si>
   <si>
     <t>Modifica os artigos 22, 25 e 26 da lei número 9.</t>
   </si>
   <si>
     <t>2844</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2844/projeto_de_lei_no_173-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2844/projeto_de_lei_no_173-1952.pdf</t>
   </si>
   <si>
     <t>Estabelece procedimento para liberação de animais recolhidos em logradouros públicos.</t>
   </si>
   <si>
     <t>2845</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2845/projeto_de_lei_no_174-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2845/projeto_de_lei_no_174-1952.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a criar posto de seleção e cultivo de sementes de batatinhas para venda aos lavradores em geral.</t>
   </si>
   <si>
     <t>2846</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2846/projeto_de_lei_no_175-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2846/projeto_de_lei_no_175-1952.pdf</t>
   </si>
   <si>
     <t>Regulamenta o imposto territorial urbano sobre as áreas ocupadas por prédios condenados e demolidos.</t>
   </si>
   <si>
     <t>2847</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2847/projeto_de_lei_no_176-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2847/projeto_de_lei_no_176-1952.pdf</t>
   </si>
   <si>
     <t>Isenta do Imposto de Indústrias e Profissões as indústrias que venham se estabelecer no Município até 1953 e que não tenham similares na data de requerimento.</t>
   </si>
   <si>
     <t>2848</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2848/projeto_de_lei_no_177-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2848/projeto_de_lei_no_177-1952.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa para o exercício financeiro de 1953.</t>
   </si>
   <si>
     <t>2849</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2849/projeto_de_lei_no_178-1952.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2849/projeto_de_lei_no_178-1952.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão, por doação, de uma área de terreno à Associação Atlética Palmeira.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -834,67 +834,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2813/projeto_de_lei_no_138-1952.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2814/projeto_de_lei_no_139-1952.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2815/projeto_de_lei_no_140-1952.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2816/projeto_de_lei_no_141-1952.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2817/projeto_de_lei_no_142-1952.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2818/projeto_de_lei_no_143-1952.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2819/projeto_de_lei_no_144-1952.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2820/projeto_de_lei_no_145-1952.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2821/projeto_de_lei_no_149-1952.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2822/projeto_de_lei_no_150-1952.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2823/projeto_de_lei_no_151-1952.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2824/projeto_de_lei_no_152-1952.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2825/projeto_de_lei_no_153-1952.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2826/projeto_de_lei_no_154-1952.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2827/projeto_de_lei_no_155-1952.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2828/projeto_de_lei_no_156-1952.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2829/projeto_de_lei_no_157-1952.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2830/projeto_de_lei_no_158-1952.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2831/projeto_de_lei_no_159-1952.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2832/projeto_de_lei_no_160-1952.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2833/projeto_de_lei_no_161-1952.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2834/projeto_de_lei_no_162-1952.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2835/projeto_de_lei_no_163-1952.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2836/projeto_de_lei_no_164-1952.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2837/projeto_de_lei_no_163-1952.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2838/projeto_de_lei_no_166-1952.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2839/projeto_de_lei_no_167-1952.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2840/projeto_de_lei_no_168-1952.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2841/projeto_de_lei_no_169-1952.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2842/projeto_de_lei_no_170-1952.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2843/projeto_de_lei_no_171-1952.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2844/projeto_de_lei_no_173-1952.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2845/projeto_de_lei_no_174-1952.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2846/projeto_de_lei_no_175-1952.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2847/projeto_de_lei_no_176-1952.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2848/projeto_de_lei_no_177-1952.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2849/projeto_de_lei_no_178-1952.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2813/projeto_de_lei_no_138-1952.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2814/projeto_de_lei_no_139-1952.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2815/projeto_de_lei_no_140-1952.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2816/projeto_de_lei_no_141-1952.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2817/projeto_de_lei_no_142-1952.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2818/projeto_de_lei_no_143-1952.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2819/projeto_de_lei_no_144-1952.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2820/projeto_de_lei_no_145-1952.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2821/projeto_de_lei_no_149-1952.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2822/projeto_de_lei_no_150-1952.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2823/projeto_de_lei_no_151-1952.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2824/projeto_de_lei_no_152-1952.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2825/projeto_de_lei_no_153-1952.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2826/projeto_de_lei_no_154-1952.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2827/projeto_de_lei_no_155-1952.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2828/projeto_de_lei_no_156-1952.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2829/projeto_de_lei_no_157-1952.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2830/projeto_de_lei_no_158-1952.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2831/projeto_de_lei_no_159-1952.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2832/projeto_de_lei_no_160-1952.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2833/projeto_de_lei_no_161-1952.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2834/projeto_de_lei_no_162-1952.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2835/projeto_de_lei_no_163-1952.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2836/projeto_de_lei_no_164-1952.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2837/projeto_de_lei_no_163-1952.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2838/projeto_de_lei_no_166-1952.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2839/projeto_de_lei_no_167-1952.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2840/projeto_de_lei_no_168-1952.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2841/projeto_de_lei_no_169-1952.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2842/projeto_de_lei_no_170-1952.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2843/projeto_de_lei_no_171-1952.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2844/projeto_de_lei_no_173-1952.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2845/projeto_de_lei_no_174-1952.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2846/projeto_de_lei_no_175-1952.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2847/projeto_de_lei_no_176-1952.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2848/projeto_de_lei_no_177-1952.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1952/2849/projeto_de_lei_no_178-1952.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="101.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="100.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="144.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>