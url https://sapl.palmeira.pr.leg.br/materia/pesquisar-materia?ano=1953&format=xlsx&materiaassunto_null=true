--- v0 (2025-11-28)
+++ v1 (2026-03-16)
@@ -51,972 +51,972 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2850</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2850/projeto_de_lei_no_179-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2850/projeto_de_lei_no_179-1953.pdf</t>
   </si>
   <si>
     <t>Isenta de impostos, por cinco anos, a primeira indústria que venha se estabelecer na sede do Distrito de Guaragi.</t>
   </si>
   <si>
     <t>2851</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2851/projeto_de_lei_no_180-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2851/projeto_de_lei_no_180-1953.pdf</t>
   </si>
   <si>
     <t>Aumenta o preço do quilowatt excedente da taxa mínima.</t>
   </si>
   <si>
     <t>2852</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2852/projeto_de_lei_no_181-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2852/projeto_de_lei_no_181-1953.pdf</t>
   </si>
   <si>
     <t>Aumenta o preço dos medidores de corrente elétrica domiciliar.</t>
   </si>
   <si>
     <t>2853</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2853/projeto_de_lei_no_182-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2853/projeto_de_lei_no_182-1953.pdf</t>
   </si>
   <si>
     <t>Fixa a taxa para o fornecimento de força diesel-elétrica.</t>
   </si>
   <si>
     <t>2854</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2854/projeto_de_lei_no_183-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2854/projeto_de_lei_no_183-1953.pdf</t>
   </si>
   <si>
     <t>Doa terreno para o Estado do Parará.</t>
   </si>
   <si>
     <t>2855</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2855/projeto_de_lei_no_184-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2855/projeto_de_lei_no_184-1953.pdf</t>
   </si>
   <si>
     <t>Considera de utilidade pública o prédio e o terreno pertencente aos herdeiros do Conselheiro Jesuíno Marcondes.</t>
   </si>
   <si>
     <t>2856</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2856/projeto_de_lei_no_185-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2856/projeto_de_lei_no_185-1953.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o loteamento de terrenos da Prefeitura, no Rocio desta cidade.</t>
   </si>
   <si>
     <t>2857</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2857/projeto_de_lei_no_186-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2857/projeto_de_lei_no_186-1953.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o arrendamento da bombonieri do Cine Teatro Municipal.</t>
   </si>
   <si>
     <t>2858</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2858/projeto_de_lei_no_184-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2858/projeto_de_lei_no_184-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial de CR$ 18.400,00.</t>
   </si>
   <si>
     <t>2859</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2859/projeto_de_lei_no_185-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2859/projeto_de_lei_no_185-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito de CR$ 350.000,00.</t>
   </si>
   <si>
     <t>2860</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2860/projeto_de_lei_no_189-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2860/projeto_de_lei_no_189-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir um crédito especial de CR$ 137.316,20.</t>
   </si>
   <si>
     <t>2861</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2861/projeto_de_lei_no_190-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2861/projeto_de_lei_no_190-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito especial de CR$ 5.458,00.</t>
   </si>
   <si>
     <t>2862</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2862/projeto_de_lei_no_191-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2862/projeto_de_lei_no_191-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito de R$ 14.500,00.</t>
   </si>
   <si>
     <t>2863</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2863/projeto_de_lei_no_192-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2863/projeto_de_lei_no_192-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito especial de CR$ 1.200,00.</t>
   </si>
   <si>
     <t>2864</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2864/projeto_de_lei_no_193-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2864/projeto_de_lei_no_193-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir um crédito especial de CR$ 32.000,00.</t>
   </si>
   <si>
     <t>2865</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2865/projeto_de_lei_no_194-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2865/projeto_de_lei_no_194-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito especial de CR$ 10.000,00.</t>
   </si>
   <si>
     <t>2866</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2866/projeto_de_lei_no_195-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2866/projeto_de_lei_no_195-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito especial de CR$ 2.000,00.</t>
   </si>
   <si>
     <t>2867</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2867/projeto_de_lei_no_196-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2867/projeto_de_lei_no_196-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito especial de CR$ 1.000,00.</t>
   </si>
   <si>
     <t>2868</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2868/projeto_de_lei_no_197-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2868/projeto_de_lei_no_197-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional especial de CR$ 60.000,00.</t>
   </si>
   <si>
     <t>2869</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2869/projeto_de_lei_no_198-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2869/projeto_de_lei_no_198-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito especial de CR$ 20.000,00.</t>
   </si>
   <si>
     <t>2870</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2870/projeto_de_lei_no_199-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2870/projeto_de_lei_no_199-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar 50 lotes de terreno do loteamento do Rocio à Caixa Popular do Estado do Paraná.</t>
   </si>
   <si>
     <t>2871</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2871/projeto_de_lei_no_200-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2871/projeto_de_lei_no_200-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a aumentar a diária dos motoristas das motoniveladoras e dos trabalhadores na estrada que acompanham as respectivas máquinas.</t>
   </si>
   <si>
     <t>2872</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2872/projeto_de_lei_no_201-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2872/projeto_de_lei_no_201-1953.pdf</t>
   </si>
   <si>
     <t>Considera de utilidade pública o local denominado Gruta de Santo Antônio.</t>
   </si>
   <si>
     <t>2873</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2873/projeto_de_lei_no_202-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2873/projeto_de_lei_no_202-1953.pdf</t>
   </si>
   <si>
     <t>Considera de utilidade pública uma área de terreno situada na Praça Manoel Ribas.</t>
   </si>
   <si>
     <t>2874</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2874/projeto_de_lei_no_203-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2874/projeto_de_lei_no_203-1953.pdf</t>
   </si>
   <si>
     <t>Considera de utilidade pública uma área situada entre a linha da rede Viação Paraná Santa Catarina e o Rio Monjolo.</t>
   </si>
   <si>
     <t>2875</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2875/projeto_de_lei_no_204-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2875/projeto_de_lei_no_204-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proporcionar uma pensão de CR$ 150,00 mensais ao senhor José Mendes Sampaio.</t>
   </si>
   <si>
     <t>2876</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2876/projeto_de_lei_no_205-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2876/projeto_de_lei_no_205-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a promover a desapropriação da casa do Conselheiro Jesuíno Marcondes e o respectivo terreno.</t>
   </si>
   <si>
     <t>2877</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2877/projeto_de_lei_no_206-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2877/projeto_de_lei_no_206-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a dar a uma das ruas da cidade o nome de Desembargador Conrado Ericsen.</t>
   </si>
   <si>
     <t>2878</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2878/projeto_de_lei_no_207-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2878/projeto_de_lei_no_207-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a assinar contrato com o senhor Eberlard Neoderv.</t>
   </si>
   <si>
     <t>2879</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2879/projeto_de_lei_no_208-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2879/projeto_de_lei_no_208-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder ao Ipiranga Futebol Clube um caminhão para transporte de seus jogadores À cidade de Ponta Grossa durante a vigência do Campeonato de 1953.</t>
   </si>
   <si>
     <t>2880</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2880/projeto_de_lei_no_209-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2880/projeto_de_lei_no_209-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder 30 dias de férias aos funcionários do Município.</t>
   </si>
   <si>
     <t>2881</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2881/projeto_de_lei_no_210-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2881/projeto_de_lei_no_210-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder a Constancia Terna uma área de terreno urbano.</t>
   </si>
   <si>
     <t>2882</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2882/projeto_de_lei_no_211-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2882/projeto_de_lei_no_211-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a denominar de Governador Bento Munhoz da Rocha Neto a usina termoelétrica.</t>
   </si>
   <si>
     <t>2883</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2883/projeto_de_lei_no_212-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2883/projeto_de_lei_no_212-1953.pdf</t>
   </si>
   <si>
     <t>Amplia a vigência da lei nº 25, de 27 de outubro de 1948.</t>
   </si>
   <si>
     <t>2884</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2884/projeto_de_lei_no_213-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2884/projeto_de_lei_no_213-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder uma pensão a senhora Maria Gomes.</t>
   </si>
   <si>
     <t>2885</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2885/projeto_de_lei_no_214-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2885/projeto_de_lei_no_214-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a entrar em acordo com as senhoras Adelina e Estela Zanardine Osorio, com referência ao terreno de propriedade das mesmas.</t>
   </si>
   <si>
     <t>2886</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2886/projeto_de_lei_no_215-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2886/projeto_de_lei_no_215-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a promover as reparações necessárias no Mercado Municipal.</t>
   </si>
   <si>
     <t>2887</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2887/projeto_de_lei_no_216-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2887/projeto_de_lei_no_216-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a fazer retornar ao Município os terrenos situados no largo existente entre a Escola David Carneiro e a cabeceira da Raia Velha.</t>
   </si>
   <si>
     <t>2888</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2888/projeto_de_lei_no_217-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2888/projeto_de_lei_no_217-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a cobrar em dobro o imposto territorial urbano dos proprietários que possuem terrenos até a 2ª Zona Urbana sem tapumes.</t>
   </si>
   <si>
     <t>2889</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2889/projeto_de_lei_no_218-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2889/projeto_de_lei_no_218-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a fazer permuta de terrenos com os proprietários confrontantes da área do Rocio.</t>
   </si>
   <si>
     <t>2890</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2890/projeto_de_lei_no_219-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2890/projeto_de_lei_no_219-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar um lote no loteamento do Rocio ao senhor Adelio França.</t>
   </si>
   <si>
     <t>2891</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2891/projeto_de_lei_no_220-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2891/projeto_de_lei_no_220-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a imprimir o Boletim Oficial do Município.</t>
   </si>
   <si>
     <t>2892</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2892/projeto_de_lei_no_221-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2892/projeto_de_lei_no_221-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder a desapropriação de áreas de terrenos na Vila Rosa Bacila, destinada a abertura de ruas.</t>
   </si>
   <si>
     <t>2893</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2893/projeto_de_lei_no_222-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2893/projeto_de_lei_no_222-1953.pdf</t>
   </si>
   <si>
     <t>Regulamenta as atividades das pessoas que exercem a profissão de comércio, sem estabelecimento montado, no Município de Palmeira.</t>
   </si>
   <si>
     <t>2894</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2894/projeto_de_lei_no_223-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2894/projeto_de_lei_no_223-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito.</t>
   </si>
   <si>
     <t>2895</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2895/projeto_de_lei_no_224-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2895/projeto_de_lei_no_224-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a resolver, junto ao Governo Federal, sobre a construção de rede de água e esgoto.</t>
   </si>
   <si>
     <t>2896</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2896/projeto_de_lei_no_225-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2896/projeto_de_lei_no_225-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a assinar contrato de arrendamento de pedreira.</t>
   </si>
   <si>
     <t>2897</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2897/projeto_de_lei_no_226-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2897/projeto_de_lei_no_226-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito especial para reforço do título orçamentário obras e melhoramentos públicos.</t>
   </si>
   <si>
     <t>2898</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2898/projeto_de_lei_no_227-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2898/projeto_de_lei_no_227-1953.pdf</t>
   </si>
   <si>
     <t>revoga a lei municipal nº 120, de 27 de outubro de 1951.</t>
   </si>
   <si>
     <t>2899</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2899/projeto_de_lei_no_228-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2899/projeto_de_lei_no_228-1953.pdf</t>
   </si>
   <si>
     <t>Aluga uma das salas da Prefeitura à Coletoria Federal.</t>
   </si>
   <si>
     <t>2900</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2900/projeto_de_lei_no_229-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2900/projeto_de_lei_no_229-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a modificar a nomenclatura de ruas desta cidade.</t>
   </si>
   <si>
     <t>2901</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2901/projeto_de_lei_no_230-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2901/projeto_de_lei_no_230-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a acrescentar 20% nas diversas classes de impostos de indústria e profissões.</t>
   </si>
   <si>
     <t>2902</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2902/projeto_de_lei_no_231-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2902/projeto_de_lei_no_231-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a comprar ou desapropriar os terrenos necessários a abertura das Ruas Cel. Ottoni Ferreira Maciel e Conselheiro Jesuíno Marcondes.</t>
   </si>
   <si>
     <t>2903</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2903/projeto_de_lei_no_232-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2903/projeto_de_lei_no_232-1953.pdf</t>
   </si>
   <si>
     <t>Cria o imposto de licença e a tabela do imposto de indústria e profissões.</t>
   </si>
   <si>
     <t>2904</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2904/projeto_de_lei_no_233-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2904/projeto_de_lei_no_233-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a dar o nome de Dr. Aroldo Manoel Ericksen a uma das ruas da cidade.</t>
   </si>
   <si>
     <t>2905</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2905/projeto_de_lei_no_234-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2905/projeto_de_lei_no_234-1953.pdf</t>
   </si>
   <si>
     <t>Revoga a lei municipal nº 201, de 3 de julho de 1953.</t>
   </si>
   <si>
     <t>2906</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2906/projeto_de_lei_no_235-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2906/projeto_de_lei_no_235-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial de CR$ 16.000,00.</t>
   </si>
   <si>
     <t>2907</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2907/projeto_de_lei_no_236-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2907/projeto_de_lei_no_236-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder o título de Cidadão Honorário de Palmeira ao exmo. sr. Governador Bento Munhoz da Rocha Neto.</t>
   </si>
   <si>
     <t>2908</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2908/projeto_de_lei_no_237-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2908/projeto_de_lei_no_237-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito especial de CR$ 252.335,50.</t>
   </si>
   <si>
     <t>2909</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2909/projeto_de_lei_no_228-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2909/projeto_de_lei_no_228-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito especial de CR$ 5.717,00.</t>
   </si>
   <si>
     <t>2910</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2910/projeto_de_lei_no_239-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2910/projeto_de_lei_no_239-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito especial de CR$ 14.879,20.</t>
   </si>
   <si>
     <t>2911</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2911/projeto_de_lei_no_240-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2911/projeto_de_lei_no_240-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito especial de CR$ 25.000,00.</t>
   </si>
   <si>
     <t>2912</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2912/projeto_de_lei_no_241-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2912/projeto_de_lei_no_241-1953.pdf</t>
   </si>
   <si>
     <t>2913</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2913/projeto_de_lei_no_242-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2913/projeto_de_lei_no_242-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito especial de CR$ 6.500,00.</t>
   </si>
   <si>
     <t>2914</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2914/projeto_de_lei_no_243-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2914/projeto_de_lei_no_243-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito suplementar de R$ 205.000,00.</t>
   </si>
   <si>
     <t>2915</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2915/projeto_de_lei_no_244-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2915/projeto_de_lei_no_244-1953.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa para o exercício financeiro de 1954.</t>
   </si>
   <si>
     <t>2916</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2916/projeto_de_lei_no_245-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2916/projeto_de_lei_no_245-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a modificar a tabela do imposto de indústria e profissões.</t>
   </si>
   <si>
     <t>2917</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2917/projeto_de_lei_no_246-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2917/projeto_de_lei_no_246-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a aumentar para CR$ 25,00 as certidões negativas.</t>
   </si>
   <si>
     <t>2918</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2918/projeto_de_lei_no_247-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2918/projeto_de_lei_no_247-1953.pdf</t>
   </si>
   <si>
     <t>Cria o imposto de licença para abertura e modificada a tabela de indústria e profissões para a venda de lenha.</t>
   </si>
   <si>
     <t>2919</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2919/projeto_de_lei_no_248-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2919/projeto_de_lei_no_248-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a vender, por concorrência pública, um caminhão Chevrolet, tipo 1929, considerado imprestável.</t>
   </si>
   <si>
     <t>2920</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2920/projeto_de_lei_no_249-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2920/projeto_de_lei_no_249-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder à Companhia Telefônica Nacional o direito de aumentar as tarifas telefônicas.</t>
   </si>
   <si>
     <t>2921</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2921/projeto_de_lei_no_250-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2921/projeto_de_lei_no_250-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a elevar CR$ 5,00, por hp de força motriz, a taxa de energia elétrica para fornecimento aos motores em geral.</t>
   </si>
   <si>
     <t>2922</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2922/projeto_de_lei_no_251-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2922/projeto_de_lei_no_251-1953.pdf</t>
   </si>
   <si>
     <t>Cria o imposto de licença para abertura e tabela de indústria e profissões de churrascarias.</t>
   </si>
   <si>
     <t>2923</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2923/projeto_de_lei_no_252-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2923/projeto_de_lei_no_252-1953.pdf</t>
   </si>
   <si>
     <t>Revoga a lei municipal nº 180, de 8 março de 1953.</t>
   </si>
   <si>
     <t>2924</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2924/projeto_de_lei_no_253-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2924/projeto_de_lei_no_253-1953.pdf</t>
   </si>
   <si>
     <t>Revoga a lei municipal nº 215, de 5 de julho de 1953.</t>
   </si>
   <si>
     <t>2925</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2925/projeto_de_lei_no_254-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2925/projeto_de_lei_no_254-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar ao Estado do Paraná o prédio situado no terreno pertencente ao mesmo.</t>
   </si>
   <si>
     <t>2926</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2926/projeto_de_lei_no_255-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2926/projeto_de_lei_no_255-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar à Adélio de Assis e França um lote no loteamento Rocio.</t>
   </si>
   <si>
     <t>2927</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2927/projeto_de_lei_no_256-1953.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2927/projeto_de_lei_no_256-1953.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder, a partir de janeiro de 1954, uma subvenção de CR$ 500,00 a firma Rodoviário Cometa.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1323,67 +1323,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2850/projeto_de_lei_no_179-1953.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2851/projeto_de_lei_no_180-1953.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2852/projeto_de_lei_no_181-1953.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2853/projeto_de_lei_no_182-1953.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2854/projeto_de_lei_no_183-1953.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2855/projeto_de_lei_no_184-1953.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2856/projeto_de_lei_no_185-1953.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2857/projeto_de_lei_no_186-1953.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2858/projeto_de_lei_no_184-1953.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2859/projeto_de_lei_no_185-1953.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2860/projeto_de_lei_no_189-1953.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2861/projeto_de_lei_no_190-1953.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2862/projeto_de_lei_no_191-1953.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2863/projeto_de_lei_no_192-1953.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2864/projeto_de_lei_no_193-1953.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2865/projeto_de_lei_no_194-1953.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2866/projeto_de_lei_no_195-1953.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2867/projeto_de_lei_no_196-1953.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2868/projeto_de_lei_no_197-1953.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2869/projeto_de_lei_no_198-1953.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2870/projeto_de_lei_no_199-1953.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2871/projeto_de_lei_no_200-1953.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2872/projeto_de_lei_no_201-1953.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2873/projeto_de_lei_no_202-1953.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2874/projeto_de_lei_no_203-1953.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2875/projeto_de_lei_no_204-1953.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2876/projeto_de_lei_no_205-1953.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2877/projeto_de_lei_no_206-1953.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2878/projeto_de_lei_no_207-1953.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2879/projeto_de_lei_no_208-1953.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2880/projeto_de_lei_no_209-1953.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2881/projeto_de_lei_no_210-1953.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2882/projeto_de_lei_no_211-1953.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2883/projeto_de_lei_no_212-1953.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2884/projeto_de_lei_no_213-1953.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2885/projeto_de_lei_no_214-1953.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2886/projeto_de_lei_no_215-1953.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2887/projeto_de_lei_no_216-1953.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2888/projeto_de_lei_no_217-1953.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2889/projeto_de_lei_no_218-1953.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2890/projeto_de_lei_no_219-1953.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2891/projeto_de_lei_no_220-1953.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2892/projeto_de_lei_no_221-1953.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2893/projeto_de_lei_no_222-1953.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2894/projeto_de_lei_no_223-1953.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2895/projeto_de_lei_no_224-1953.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2896/projeto_de_lei_no_225-1953.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2897/projeto_de_lei_no_226-1953.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2898/projeto_de_lei_no_227-1953.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2899/projeto_de_lei_no_228-1953.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2900/projeto_de_lei_no_229-1953.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2901/projeto_de_lei_no_230-1953.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2902/projeto_de_lei_no_231-1953.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2903/projeto_de_lei_no_232-1953.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2904/projeto_de_lei_no_233-1953.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2905/projeto_de_lei_no_234-1953.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2906/projeto_de_lei_no_235-1953.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2907/projeto_de_lei_no_236-1953.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2908/projeto_de_lei_no_237-1953.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2909/projeto_de_lei_no_228-1953.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2910/projeto_de_lei_no_239-1953.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2911/projeto_de_lei_no_240-1953.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2912/projeto_de_lei_no_241-1953.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2913/projeto_de_lei_no_242-1953.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2914/projeto_de_lei_no_243-1953.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2915/projeto_de_lei_no_244-1953.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2916/projeto_de_lei_no_245-1953.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2917/projeto_de_lei_no_246-1953.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2918/projeto_de_lei_no_247-1953.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2919/projeto_de_lei_no_248-1953.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2920/projeto_de_lei_no_249-1953.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2921/projeto_de_lei_no_250-1953.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2922/projeto_de_lei_no_251-1953.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2923/projeto_de_lei_no_252-1953.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2924/projeto_de_lei_no_253-1953.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2925/projeto_de_lei_no_254-1953.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2926/projeto_de_lei_no_255-1953.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2927/projeto_de_lei_no_256-1953.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2850/projeto_de_lei_no_179-1953.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2851/projeto_de_lei_no_180-1953.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2852/projeto_de_lei_no_181-1953.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2853/projeto_de_lei_no_182-1953.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2854/projeto_de_lei_no_183-1953.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2855/projeto_de_lei_no_184-1953.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2856/projeto_de_lei_no_185-1953.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2857/projeto_de_lei_no_186-1953.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2858/projeto_de_lei_no_184-1953.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2859/projeto_de_lei_no_185-1953.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2860/projeto_de_lei_no_189-1953.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2861/projeto_de_lei_no_190-1953.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2862/projeto_de_lei_no_191-1953.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2863/projeto_de_lei_no_192-1953.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2864/projeto_de_lei_no_193-1953.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2865/projeto_de_lei_no_194-1953.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2866/projeto_de_lei_no_195-1953.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2867/projeto_de_lei_no_196-1953.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2868/projeto_de_lei_no_197-1953.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2869/projeto_de_lei_no_198-1953.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2870/projeto_de_lei_no_199-1953.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2871/projeto_de_lei_no_200-1953.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2872/projeto_de_lei_no_201-1953.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2873/projeto_de_lei_no_202-1953.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2874/projeto_de_lei_no_203-1953.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2875/projeto_de_lei_no_204-1953.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2876/projeto_de_lei_no_205-1953.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2877/projeto_de_lei_no_206-1953.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2878/projeto_de_lei_no_207-1953.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2879/projeto_de_lei_no_208-1953.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2880/projeto_de_lei_no_209-1953.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2881/projeto_de_lei_no_210-1953.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2882/projeto_de_lei_no_211-1953.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2883/projeto_de_lei_no_212-1953.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2884/projeto_de_lei_no_213-1953.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2885/projeto_de_lei_no_214-1953.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2886/projeto_de_lei_no_215-1953.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2887/projeto_de_lei_no_216-1953.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2888/projeto_de_lei_no_217-1953.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2889/projeto_de_lei_no_218-1953.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2890/projeto_de_lei_no_219-1953.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2891/projeto_de_lei_no_220-1953.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2892/projeto_de_lei_no_221-1953.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2893/projeto_de_lei_no_222-1953.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2894/projeto_de_lei_no_223-1953.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2895/projeto_de_lei_no_224-1953.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2896/projeto_de_lei_no_225-1953.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2897/projeto_de_lei_no_226-1953.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2898/projeto_de_lei_no_227-1953.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2899/projeto_de_lei_no_228-1953.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2900/projeto_de_lei_no_229-1953.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2901/projeto_de_lei_no_230-1953.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2902/projeto_de_lei_no_231-1953.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2903/projeto_de_lei_no_232-1953.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2904/projeto_de_lei_no_233-1953.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2905/projeto_de_lei_no_234-1953.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2906/projeto_de_lei_no_235-1953.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2907/projeto_de_lei_no_236-1953.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2908/projeto_de_lei_no_237-1953.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2909/projeto_de_lei_no_228-1953.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2910/projeto_de_lei_no_239-1953.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2911/projeto_de_lei_no_240-1953.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2912/projeto_de_lei_no_241-1953.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2913/projeto_de_lei_no_242-1953.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2914/projeto_de_lei_no_243-1953.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2915/projeto_de_lei_no_244-1953.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2916/projeto_de_lei_no_245-1953.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2917/projeto_de_lei_no_246-1953.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2918/projeto_de_lei_no_247-1953.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2919/projeto_de_lei_no_248-1953.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2920/projeto_de_lei_no_249-1953.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2921/projeto_de_lei_no_250-1953.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2922/projeto_de_lei_no_251-1953.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2923/projeto_de_lei_no_252-1953.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2924/projeto_de_lei_no_253-1953.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2925/projeto_de_lei_no_254-1953.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2926/projeto_de_lei_no_255-1953.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1953/2927/projeto_de_lei_no_256-1953.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="101.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="100.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="161.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>