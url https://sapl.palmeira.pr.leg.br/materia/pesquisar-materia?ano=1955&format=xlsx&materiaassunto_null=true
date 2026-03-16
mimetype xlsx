--- v0 (2026-01-29)
+++ v1 (2026-03-16)
@@ -51,495 +51,495 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3020</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3020/projeto_de_lei_no_304-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3020/projeto_de_lei_no_304-1955.pdf</t>
   </si>
   <si>
     <t>Revoga o item 2º do art. 1º da Lei Municipal n.º 245, de 29 de outubro de 1953.</t>
   </si>
   <si>
     <t>3021</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3021/projeto_de_lei_no_305-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3021/projeto_de_lei_no_305-1955.pdf</t>
   </si>
   <si>
     <t>Cria a bandeira do Município.</t>
   </si>
   <si>
     <t>3022</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3022/projeto_de_lei_no_306-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3022/projeto_de_lei_no_306-1955.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder o título de cidadão honorário de Palmeira.</t>
   </si>
   <si>
     <t>3023</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3023/projeto_de_lei_no_307-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3023/projeto_de_lei_no_307-1955.pdf</t>
   </si>
   <si>
     <t>Isenta a Prefeitura Municipal de qualquer responsabilidade por construções irregulares realizadas dentro do quadro urbano.</t>
   </si>
   <si>
     <t>3096</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3096/projeto_de_lei_no_308-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3096/projeto_de_lei_no_308-1955.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir um crédito especial de CR$ 4.000,00.</t>
   </si>
   <si>
     <t>3097</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3097/projeto_de_lei_no_309-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3097/projeto_de_lei_no_309-1955.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir um crédito especial de CR$ 32.449,10.</t>
   </si>
   <si>
     <t>3098</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3098/projeto_de_lei_no_310-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3098/projeto_de_lei_no_310-1955.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir um crédito especial de CR$ 1.000,00.</t>
   </si>
   <si>
     <t>3099</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3099/projeto_de_lei_no_311-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3099/projeto_de_lei_no_311-1955.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir um crédito especial de CR$ 337.575,40.</t>
   </si>
   <si>
     <t>3100</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3100/projeto_de_lei_no_312-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3100/projeto_de_lei_no_312-1955.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir um crédito suplementar de CR$ 5.000,00.</t>
   </si>
   <si>
     <t>3101</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3101/projeto_de_lei_no_313-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3101/projeto_de_lei_no_313-1955.pdf</t>
   </si>
   <si>
     <t>Considera de utilidade pública o Instituto Histórico e Geográfico de Palmeira.</t>
   </si>
   <si>
     <t>3102</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3102/projeto_de_lei_no_314-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3102/projeto_de_lei_no_314-1955.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a incorporar aos vencimentos efetivos dos funcionários da Prefeitura a importância correspondente a uma letra da tabela aprovada pela Câmara de Vereadores.</t>
   </si>
   <si>
     <t>3103</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3103/projeto_de_lei_no_315-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3103/projeto_de_lei_no_315-1955.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a fornecer em caráter permanente máquinas agrícolas às sociedades agrícolas do Município legalmente organizadas.</t>
   </si>
   <si>
     <t>3104</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3104/projeto_de_lei_no_316-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3104/projeto_de_lei_no_316-1955.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder subvenção mensal de CR$ 300 ao Instituto Histórico e Geográfico de Palmeira.</t>
   </si>
   <si>
     <t>3105</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3105/projeto_de_lei_no_317-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3105/projeto_de_lei_no_317-1955.pdf</t>
   </si>
   <si>
     <t>Isenta o Prefeito Municipal do pagamento da taxa de luz e força para exclusivo uso pessoal e fins domiciliares, até a importância de CR$ 100.</t>
   </si>
   <si>
     <t>3106</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3106/projeto_de_lei_no_318-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3106/projeto_de_lei_no_318-1955.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir um crédito especial de CR$ 3.000,00.</t>
   </si>
   <si>
     <t>3107</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3107/projeto_de_lei_no_319-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3107/projeto_de_lei_no_319-1955.pdf</t>
   </si>
   <si>
     <t>3108</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3108/projeto_de_lei_no_320-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3108/projeto_de_lei_no_320-1955.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir um crédito especial de CR$ 6.300,00.</t>
   </si>
   <si>
     <t>3109</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3109/projeto_de_lei_no_321-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3109/projeto_de_lei_no_321-1955.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir um crédito adicional suplementar de CR$ 53.300,00.</t>
   </si>
   <si>
     <t>3110</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3110/projeto_de_lei_no_322-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3110/projeto_de_lei_no_322-1955.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir um crédito suplementar de CR$ 26.800,00.</t>
   </si>
   <si>
     <t>3111</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3111/projeto_de_lei_no_323-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3111/projeto_de_lei_no_323-1955.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir um crédito especial de CR$ 380.000,00.</t>
   </si>
   <si>
     <t>3112</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3112/projeto_de_lei_no_324-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3112/projeto_de_lei_no_324-1955.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir um crédito especial de CR$ 11.022,00.</t>
   </si>
   <si>
     <t>3113</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3113/projeto_de_lei_no_326-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3113/projeto_de_lei_no_326-1955.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado criar mais três cadeiras para atenderem os cursos primários municipais.</t>
   </si>
   <si>
     <t>3114</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3114/projeto_de_lei_no_327-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3114/projeto_de_lei_no_327-1955.pdf</t>
   </si>
   <si>
     <t>Fica facultado aos membros do Instituto Histórico e Geográfico da Palmeira a investigação, consulta e manuseio dos arquivos da Prefeitura Municipal e da Câmara Municipal de Palmeira.</t>
   </si>
   <si>
     <t>3115</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3115/projeto_de_lei_no_328-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3115/projeto_de_lei_no_328-1955.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado incorporar aos vencimentos fixos dos funcionários desta Prefeitura o abono de emergência em vigor.</t>
   </si>
   <si>
     <t>3116</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3116/projeto_de_lei_no_329-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3116/projeto_de_lei_no_329-1955.pdf</t>
   </si>
   <si>
     <t>Fica aprovada a escala padrão de vencimentos para o pessoal do quadro permanente desta Prefeitura.</t>
   </si>
   <si>
     <t>3117</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3117/projeto_de_lei_no_320-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3117/projeto_de_lei_no_320-1955.pdf</t>
   </si>
   <si>
     <t>Ficam, a partir de 10 de janeiro de 1956, criados os seguintes cargos no quadro de pessoal permanente desta Prefeitura.</t>
   </si>
   <si>
     <t>3118</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3118/projeto_de_lei_no_331-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3118/projeto_de_lei_no_331-1955.pdf</t>
   </si>
   <si>
     <t>Fica fixada a seguinte classificação dos cargos de pessoal permanente da Prefeitura.</t>
   </si>
   <si>
     <t>3119</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3119/projeto_de_lei_no_332-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3119/projeto_de_lei_no_332-1955.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado efetivar no exercício de suas funções os funcionários abaixo referidos.</t>
   </si>
   <si>
     <t>3120</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3120/projeto_de_lei_no_333-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3120/projeto_de_lei_no_333-1955.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado fazer uma majoração nos auxílios concedidos as pensionistas da Prefeitura, bem como aos aposentados, na base de 30% sobre os atuais valores que recebem.</t>
   </si>
   <si>
     <t>3121</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3121/projeto_de_lei_no_334-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3121/projeto_de_lei_no_334-1955.pdf</t>
   </si>
   <si>
     <t>Fica revogada a lei n.º 314, de 22 de maio de 1955.</t>
   </si>
   <si>
     <t>3122</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3122/projeto_de_lei_no_335-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3122/projeto_de_lei_no_335-1955.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a incorporar aos vencimentos da funcionária sra. Davina Bornancin, ocupante da função de caixa da municipalidade, a gratificação de CR$ 375,00 mensais, concedida pelo decreto n.º 103, de 1 de junho de 1955.</t>
   </si>
   <si>
     <t>3123</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3123/projeto_de_lei_no_336-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3123/projeto_de_lei_no_336-1955.pdf</t>
   </si>
   <si>
     <t>Fica revogada a lei n.º 225, de 28 de novembro de 1953.</t>
   </si>
   <si>
     <t>3124</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3124/projeto_de_lei_no_337-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3124/projeto_de_lei_no_337-1955.pdf</t>
   </si>
   <si>
     <t>Ficam revogadas as leis 328 e 329, de 11 de outubro de 1955 e bem assim o decreto n.º 112 delas decorrente.</t>
   </si>
   <si>
     <t>3125</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3125/projeto_de_lei_no_338-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3125/projeto_de_lei_no_338-1955.pdf</t>
   </si>
   <si>
     <t>Fica revogado o Decreto n.º 113, de 17 de novembro de 1955.</t>
   </si>
   <si>
     <t>3126</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3126/projeto_de_lei_no_339-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3126/projeto_de_lei_no_339-1955.pdf</t>
   </si>
   <si>
     <t>Os cargos criados pela lei n.º 326, de 11 de outubro de 1955 passarão a ter a seguinte classificação.</t>
   </si>
   <si>
     <t>3127</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3127/projeto_de_lei_no_340-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3127/projeto_de_lei_no_340-1955.pdf</t>
   </si>
   <si>
     <t>A classificação dos cargos de pessoal do quadro permanente desta Prefeitura, fixados pela lei n.º 327, de 11 de outubro de 1955, passará a seguinte.</t>
   </si>
   <si>
     <t>3128</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3128/projeto_de_lei_no_341-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3128/projeto_de_lei_no_341-1955.pdf</t>
   </si>
   <si>
     <t>Ficam aumentadas em 20%, a partir de 1º de janeiro de 1956, as taxas e os impostos seguintes.</t>
   </si>
   <si>
     <t>3129</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3129/projeto_de_lei_no_342-1955.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3129/projeto_de_lei_no_342-1955.pdf</t>
   </si>
   <si>
     <t>Fica revogada a lei n.º 323, de 11 de outubro de 1955.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -846,67 +846,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3020/projeto_de_lei_no_304-1955.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3021/projeto_de_lei_no_305-1955.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3022/projeto_de_lei_no_306-1955.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3023/projeto_de_lei_no_307-1955.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3096/projeto_de_lei_no_308-1955.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3097/projeto_de_lei_no_309-1955.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3098/projeto_de_lei_no_310-1955.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3099/projeto_de_lei_no_311-1955.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3100/projeto_de_lei_no_312-1955.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3101/projeto_de_lei_no_313-1955.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3102/projeto_de_lei_no_314-1955.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3103/projeto_de_lei_no_315-1955.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3104/projeto_de_lei_no_316-1955.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3105/projeto_de_lei_no_317-1955.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3106/projeto_de_lei_no_318-1955.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3107/projeto_de_lei_no_319-1955.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3108/projeto_de_lei_no_320-1955.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3109/projeto_de_lei_no_321-1955.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3110/projeto_de_lei_no_322-1955.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3111/projeto_de_lei_no_323-1955.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3112/projeto_de_lei_no_324-1955.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3113/projeto_de_lei_no_326-1955.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3114/projeto_de_lei_no_327-1955.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3115/projeto_de_lei_no_328-1955.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3116/projeto_de_lei_no_329-1955.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3117/projeto_de_lei_no_320-1955.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3118/projeto_de_lei_no_331-1955.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3119/projeto_de_lei_no_332-1955.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3120/projeto_de_lei_no_333-1955.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3121/projeto_de_lei_no_334-1955.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3122/projeto_de_lei_no_335-1955.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3123/projeto_de_lei_no_336-1955.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3124/projeto_de_lei_no_337-1955.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3125/projeto_de_lei_no_338-1955.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3126/projeto_de_lei_no_339-1955.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3127/projeto_de_lei_no_340-1955.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3128/projeto_de_lei_no_341-1955.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3129/projeto_de_lei_no_342-1955.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3020/projeto_de_lei_no_304-1955.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3021/projeto_de_lei_no_305-1955.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3022/projeto_de_lei_no_306-1955.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3023/projeto_de_lei_no_307-1955.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3096/projeto_de_lei_no_308-1955.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3097/projeto_de_lei_no_309-1955.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3098/projeto_de_lei_no_310-1955.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3099/projeto_de_lei_no_311-1955.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3100/projeto_de_lei_no_312-1955.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3101/projeto_de_lei_no_313-1955.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3102/projeto_de_lei_no_314-1955.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3103/projeto_de_lei_no_315-1955.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3104/projeto_de_lei_no_316-1955.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3105/projeto_de_lei_no_317-1955.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3106/projeto_de_lei_no_318-1955.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3107/projeto_de_lei_no_319-1955.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3108/projeto_de_lei_no_320-1955.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3109/projeto_de_lei_no_321-1955.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3110/projeto_de_lei_no_322-1955.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3111/projeto_de_lei_no_323-1955.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3112/projeto_de_lei_no_324-1955.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3113/projeto_de_lei_no_326-1955.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3114/projeto_de_lei_no_327-1955.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3115/projeto_de_lei_no_328-1955.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3116/projeto_de_lei_no_329-1955.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3117/projeto_de_lei_no_320-1955.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3118/projeto_de_lei_no_331-1955.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3119/projeto_de_lei_no_332-1955.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3120/projeto_de_lei_no_333-1955.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3121/projeto_de_lei_no_334-1955.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3122/projeto_de_lei_no_335-1955.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3123/projeto_de_lei_no_336-1955.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3124/projeto_de_lei_no_337-1955.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3125/projeto_de_lei_no_338-1955.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3126/projeto_de_lei_no_339-1955.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3127/projeto_de_lei_no_340-1955.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3128/projeto_de_lei_no_341-1955.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1955/3129/projeto_de_lei_no_342-1955.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="101.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="100.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="214.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>