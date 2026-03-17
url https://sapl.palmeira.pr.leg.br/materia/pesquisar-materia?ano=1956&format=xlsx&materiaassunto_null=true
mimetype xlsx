--- v0 (2025-11-28)
+++ v1 (2026-03-17)
@@ -51,135 +51,135 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3130</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3130/projeto_de_lei_no_343-1956.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3130/projeto_de_lei_no_343-1956.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a dar o nome de Dr. Francisco Sinke Ferreira a uma das ruas de Palmeira.</t>
   </si>
   <si>
     <t>3131</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3131/projeto_de_lei_no_344-1956.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3131/projeto_de_lei_no_344-1956.pdf</t>
   </si>
   <si>
     <t>Fica isento de imposto de transferência o terreno urbano até o valor máximo de CR$ 20.000,00 cujo adquirente o deseje para construção de casa para moradia própria.</t>
   </si>
   <si>
     <t>3132</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3132/projeto_de_lei_no_345-1956.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3132/projeto_de_lei_no_345-1956.pdf</t>
   </si>
   <si>
     <t>Fica isenta de imposto de indústrias e profissões o comerciante do Município que não tiver movimento de vendas anuais superior a CR$ 50.000,00.</t>
   </si>
   <si>
     <t>3133</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3133/projeto_de_lei_no_346-1956.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3133/projeto_de_lei_no_346-1956.pdf</t>
   </si>
   <si>
     <t>Fica instituído o abono família aos filhos de funcionários da Prefeitura.</t>
   </si>
   <si>
     <t>3134</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3134/projeto_de_lei_no_347-1956.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3134/projeto_de_lei_no_347-1956.pdf</t>
   </si>
   <si>
     <t>Fica isento de pagamento de taxa de luz o operário de qualquer empresa radicada no Município que não perceba salário superior ao mínimo vigente na localidade.</t>
   </si>
   <si>
     <t>3135</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3135/projeto_de_lei_no_348-1956.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3135/projeto_de_lei_no_348-1956.pdf</t>
   </si>
   <si>
     <t>Cria a feira livre municipal.</t>
   </si>
   <si>
     <t>3136</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3136/projeto_de_lei_no_349-1956.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3136/projeto_de_lei_no_349-1956.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a criar a Subprefeitura de Guaragi.</t>
   </si>
   <si>
     <t>3137</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3137/projeto_de_lei_no_350-1956.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3137/projeto_de_lei_no_350-1956.pdf</t>
   </si>
   <si>
     <t>Fica aprovado o seguinte horário para funcionamento do comércio desta cidade.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -486,67 +486,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3130/projeto_de_lei_no_343-1956.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3131/projeto_de_lei_no_344-1956.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3132/projeto_de_lei_no_345-1956.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3133/projeto_de_lei_no_346-1956.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3134/projeto_de_lei_no_347-1956.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3135/projeto_de_lei_no_348-1956.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3136/projeto_de_lei_no_349-1956.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3137/projeto_de_lei_no_350-1956.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3130/projeto_de_lei_no_343-1956.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3131/projeto_de_lei_no_344-1956.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3132/projeto_de_lei_no_345-1956.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3133/projeto_de_lei_no_346-1956.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3134/projeto_de_lei_no_347-1956.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3135/projeto_de_lei_no_348-1956.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3136/projeto_de_lei_no_349-1956.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/1956/3137/projeto_de_lei_no_350-1956.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="101.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="100.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="147" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>