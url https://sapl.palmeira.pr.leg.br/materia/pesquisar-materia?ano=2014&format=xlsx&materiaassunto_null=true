--- v0 (2026-01-30)
+++ v1 (2026-03-16)
@@ -51,3225 +51,3225 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/199/199_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/199/199_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE PARCERIA SOB Nº 01/2013, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E Á FUNDAÇÃO SICREDI.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/200/200_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/200/200_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO ADITIVO AO CONTRATO DE REPASSE Nº 029836/2009, QUE ENTRE SI CELEBRAM A UNIÃO, POR INTERMÉDIO DO MINISTÉRIO DE ESPORTE, REPRESENTADO PELA CAIXA ECONÔMICA FEDERAL, E O MUNICÍPIO DE PALMEIRA.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/201/201_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/201/201_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO ADITIVO AO CONTRATO DE REPASSE Nº 0295946/2009, QUE ENTRE SI CELEBRAM A UNIÃO, POR INTERMÉDIO DO MINISTÉRIO DO TURISMO, REPRESENTADO PELA CAIXA ECONÔMICA FEDERAL E O MUNICÍPIO DE PALMEIRA.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/202/202_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/202/202_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O CONVÊNIO Nº01/2014 - PMP/SMOI, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA, E A ASSOCIAÇÃO COMUNITÁRIA DOS MORADORES PROPRIETÁRIOS DE WITMARSUM.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/203/203_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/203/203_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 02/14, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E O PROGRAMA DO VOLUNTARIADO PARANAENSE - PROVOPAR.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/204/204_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/204/204_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 03/14, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSITÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO MENONITA DE ASSISTÊNCIA SOCIAL - AMAS.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/205/205_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/205/205_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 04/14, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSITÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO PROJETO RENASCER.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/206/206_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/206/206_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 05/14, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSITÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE PALMEIRA - APAE.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/207/207_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/207/207_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 06/14, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSITÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO DE PAIS E AMIGOS DA EDUCAÇÃO ESPECIAL E REABILITAÇÃO DR. JORGE AMIN BACILA - APAER.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/208/208_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/208/208_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 07/14, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSITÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO DE PAIS E A VILA VICENTINA FREDERIXO OZANA.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/209/209_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/209/209_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 08/14, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSITÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E O LAR ACELINO.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/210/210_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/210/210_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 09/14, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSITÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO PROJETO RENASCER.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/211/211_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/211/211_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 10/14, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSITÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO FAMÍLIA DE MARIA.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/212/212_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/212/212_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 11/14, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSITÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO MENONITA BENEFICENTE - AMB.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/213/213_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/213/213_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 12/14, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSITÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO MENONITA BENEFICENTE - AMB.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/214/214_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/214/214_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O CONTRATO DE FINANCIAMENTO Nº 0399681-61/2013, QUE ENTRE SI FAZEM A CAIXA ECONÔMICA FEDERAL E O MUNICÍPIO DE PALMEIRA, DESTINADO À EXECUÇÃO DE OBRAS/SERVIÇOS NO MUNICÍPIO, NO ÂMBITO DO PRÓ-TRANSPORTE.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/215/215_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/215/215_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O PRIMEIRO TERMO ADITIVO AO CONVÊNIO Nº 001/2014, CELEBRADO ENTRE O MUNICÍPIO DE PALMEIRA E A ASSOCIAÇÃO DOS MORADORES PROPRIETÁRIOS DE WITMARSUM.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/216/216_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/216/216_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 13/14, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSITÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E O LAR ACELINO.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/217/217_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/217/217_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 14/14, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSITÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE PALMEIRA - APAE.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/218/218_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/218/218_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 15/14, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSITÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO SOCIAL IMACULADA CONCEIÇÃO.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/219/219_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/219/219_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE RETIFICAÇÃO AO TERMO DE CONVÊNIO SOB Nº 05/2014, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE PALMEIRA - APAE.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/220/220_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/220/220_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE RETIFICAÇÃO AO TERMO DE CONVÊNIO SOB Nº 08/14, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSITÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E LAR LEVI.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/221/221_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/221/221_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE RETIFICAÇÃO AO TERMO DE CONVÊNIO SOB Nº 09/14, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSITÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO PROJETO RENASCER.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/222/222_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/222/222_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE RETIFICAÇÃO AO TERMO DE CONVÊNIO SOB Nº 12/14, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSITÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO MENONITA BENEFICENTE - AMB.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/223/223_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/223/223_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE COMPROMISSO SOB Nº 789298/13 PR, QUE ENTRE SI CELEBRAM A UNIÃO FEDERAL, POR INTERMÉDIO DO MINISTÉRIO DAS CIDADES, REPRESENTADO PELA CAIXA ECONÔMICA FEDERAL, E O MUNICÍPIO DE PALMEIRA/PR, OBJETIVANDO A EXECUÇÃO DE AÇÕES RELATIVAS AO MCID/PLANEJ/URBANO - PAVIMENTÃÇÃO.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/224/224_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/224/224_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE COMPROMISSO SOB Nº 800548/13 PR, QUE ENTRE SI CELEBRAM A UNIÃO FEDERAL, POR INTERMÉDIO DO MINISTÉRIO DAS CIDADES, REPRESENTADO PELA CAIXA ECONÔMICA FEDERAL, E O MUNCÍPIO DE PALMEIRA/PR, OBJETIVANDO A EXECUÇÃO DE AÇÕES REALTIVAS AO MCID/PLANEJ/URBANO - PAVIMENTAÇÃO</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/225/225_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/225/225_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE COMPROMISSO SOB Nº 788681/13 PR, QUE ENTRE SI CELEBRAM A UNIÃO FEDERAL, POR INTERMÉDIO DO MINISTÉRIO DAS CIDADES, REPRESENTADO PELA CAIXA ECONÔMICA FEDERAL, E O MUNICÍPIO DE PALMEIRA/PR, OBJETIVANDO A EXECUÇÃO DE AÇÕES RELATIVAS AO MCID/PLANEJ/URBANO - PAVIMENTAÇÃO.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/226/226_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/226/226_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O CONTRATO DE FINANCIAMENTO Nº 3321/14, QUE ENTRE SI CELEBRAM A AGÊNCIA DE FOMENTO DO PARANÁ S/A E O MUNICÍPIO DE PALMEIRA.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/227/227_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/227/227_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O CONTRATO DE FINANCIAMENTO Nº 3337/14, QUE ENTRE SI CELEBRAM A AGÊNCIA DE FOMENTO DO PARANÁ S/A E O MUNÍCÍPIO DE PALMEIRA, DESTINADO À EXECUÇÃO DE OBRAS/SERVIÇOS NO MUNICÍPIO, NO ÂMBITO DO PRÓ-TRANSPORTE.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/228/228_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/228/228_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 01/14, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, CONSEG - CONSELHO COMUNITÁRIO DE SEGURANÇA DE PALMEIRA E SECRETARIA DE ESTADO DE SEGURANÇA PÚBLICA DO PARANÁ POR INTERMÉDIO DO 2º PELOTÃO DA POLÍCIA MILITAR DO ESTADO.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/229/229_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/229/229_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO ADITIVO Nº 01 AO TERMO DE PARCERIA Nº 01/2013, QUE ENTRE SI CELEBRAM A FUNDAÇÃO DE DESENVOLVIMENTO EDUCACIONAL E CULTURAL DO SISTEMA DE CRÉDITO COOPERATIVO - FUNDAÇÃO SICREDI, E O MUNICÍPIO DE PALMEIRA.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/230/230_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/230/230_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO ADITIVO Nº 01 AO TERMO DE CONVÊNIO Nº 02/2014, QUE ENTRE SI CELEBRAM O PROGRAMA DO VOLUNTARIADO PARANAENSE - PROVOPAR, E O MUNICÍPIO DE PALMEIRA</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/231/231_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/231/231_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO ADITIVO Nº 01 AO TERMO DE CONVÊNIO Nº 03/2014, QUE ENTRE SI CELEBRAM A ASSOCIAÇÃO MENONITA DE ASSISTÊNCIA SOCIAL - AMAS, E O MUNICÍPIO DE PALMEIRA.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/232/232_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/232/232_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO ADITIVO Nº 01 AO TERMO DE CONVÊNIO Nº 04/2014, QUE ENTRE SI CELEBRAM A ASSOCIAÇÃO PROJETO RENASCER, E O MUNICÍPIO DE PALMEIRA.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/233/233_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/233/233_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO ADITIVO Nº 01 AO TERMO DE CONVÊNIO Nº 05/2014, QUE ENTRE SI CELEBRAM A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE PALMEIRA - APAE, E O MUNICÍPIO DE PALMEIRA.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/234/234_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/234/234_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO ADITIVO Nº 01 AO TERMO DE CONVÊNIO Nº 06/2014, QUE ENTRE SI CELEBRAM A ASSOCIAÇÃO DE PAIS E AMIGOS DA EDUCAÇÃO ESPECIAL E REABILITAÇÃO DR. JORGE AMIN BACILA - APAER, E O MUNICÍPIO DE PALMEIRA.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/235/235_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/235/235_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO ADITIVO Nº 01 AO TERMO DE CONVÊNIO Nº 07/2014, QUE ENTRE SI CELEBRAM A VILA VICENTINA FREDERICO OZANAM E O MUNICÍPIO DE PALMEIRA.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/236/236_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/236/236_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO ADITIVO Nº 01 AO TERMO DE CONVÊNIO Nº 08/2014, QUE ENTRE SI CELEBRAM O LAR ACELINO, E O MUNICÍPIO DE PALMEIRA.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/237/237_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/237/237_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO ADITIVO Nº 01 AO TERMO DE CONVÊNIO Nº 09/2014, QUE ENTRE SI CELEBRAM A ASSOCIAÇÃO RENASCER E O MUNICÍPIO DE PALMEIRA.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/238/238_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/238/238_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO ADITIVO Nº 01 AO TERMO DE CONVÊNIO Nº 10/2014, QUE ENTRE SI CELEBRAM A ASSOCIAÇÃO FAMÍLIA DE MARIA, E O MUNÍCÍPIO DE PALMEIRA.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/239/239_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/239/239_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO ADITIVO Nº 01 AO TERMO DE CONVÊNIO Nº 11/2014, QUE ENTRE SI CELEBRAM A ASSOCIAÇÃO MENONITA BENEFICENTE - AMB, E O MUNICÍPIO DE PALMEIRA.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/240/240_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/240/240_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO ADITIVO Nº 01 AO TERMO DE CONVÊNIO Nº 12/2014, QUE ENTRE SI CELEBRAM A ASSOCIAÇÃO BENEFICENTE - AMB, E O MUNICÍPIO DE PALMEIRA.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/241/241_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/241/241_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 16/2014 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA MUNICIPAL DE SAÚDE E O HOSPITAL DE CARIDADE DE PALMEIRA.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/242/242_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/242/242_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O CONTRATO DE REPASSE Nº 804984/14 MINISTÉRIO DO ESPORTE/CAIXA, PROCESSO Nº 36831014909-02/2014, QUE ENTRE SI CELEBRAM A UNIÃO, POR INTERMÉDIO DO MINISTÉRIO DO ESPORTE, REPRESENTADO PELA CAIXA ECONÔMICA FEDERAL E O MUNICÍPIO DE PALMEIRA, OBJETIVANDO A EXECUÇÃO DE AÇÕES RELATIVAS AO PROGRAMA ESPORTE E GRANDES EVENTOS ESPORTIVOS.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/243/243_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/243/243_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O CONTRATO DE REPASSE Nº 806281/14 MINISTÉRIO DA AGRICULTURA/CAIXA, PROCESSO Nº 36831019694-79/2017, QUE ENTRE SI CELEBRAM A UNÃO, POR INTERMÉDIO DO MINISTÉRIO DA AGRICULTURA, PECUÁRIA E ABASTECIMENTO, REPRESENTADO PELA CAIXA ECONÔMICA FEDERAL, E O MUNICÍPIO DE PALMEIRA, OBJETIVANDO A EXECUÇÃO DE AÇÕES RELATIVAS AO PROGRAMA APOIO AO DESENVOLVIMENTO DO SETOR AGROPECUÁRIO.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/244/244_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/244/244_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O CONTRATO DE REPASSE Nº 809517/14 MINISTÉRIO DAS CIDADES/CAIXA, PROCESSO Nº 36831016887-49/2014, QUE ENTRE SI CELEBRAM A UNIÃO, POR INTERMÉDIO DO MINISTÉRIO DAS CIDADES, REPRESENTADO PELA CAIXA ECONÔNOMICA FEDERAL, E O MUNICÍPIO DE PALMEIRA, OBJETIVANDO A EXECUÇÃO DE AÇÕES RELATIVAS AO PROGRAMA PLANAJAMENTO URBANO.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/245/245_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/245/245_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O CONTRATO DE REPASSE Nº 809520/14 MINISTÉRIO DAS CIDADES/CAIXA, PROCESSO  Nº 36831016885-09/2014, QUE ENTRE SI CELEBRAM A UNIÃO, POR INTERMÉDIO DO MINISTÉRIO DAS CIDADES, REPRESENTADO PELA CAIXA ECONÔMICA FEDERAL, E O MUNIÍPIO DE PALMEIRA, OBJETIVANDO A EXECUÇÃO DE AÇÕES RELATIVAS AO PROGRAMA PLANEJAMENTO URBANO - PAVIMENTAÇÃO.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/246/246_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/246/246_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O CONTRATO DE REPASSE Nº 809523/14 MINISTÉRIO DAS CIDADES/CAIXA, PROCESSO Nº 36831016884-73/2014, QUE ENTRE SI CELEBRAM A UNIÃO, POR INTERMÉDIO DO MINISTÉRIO DAS CIDADES, REPRESENTADO PELA CAIXA ECONÔMICA FEDERAL, E O MUNICÍPIO DE PALMEIRA, OBJETIVANDO A EXECUÇÃO DE AÇÕES RELATIVAS AO PROGRAMA PLANEJAMENTO URBANO.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/247/247_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/247/247_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O CONVÊNIO SOB Nº 071/2014, QUE ENTRE SI CELEBRAM O ESTADO DO PARANÁ, POR INTERMÉDIO DA SECRETARIA DE ESTADO DA FAMÍLIA E DESENVOLVIMENTO SOCIAL - SEDS, COM RECURSOS DO FUNDO ESTADUAL PARA A INFÂNCIA E A ADOLESCÊNCIA - FIA/PR, E O MUNICÍPIO DE PALMEIRA, OBJETIVANDO A EXECUÇÃO DE AÇÕES DE ATENÇÃO ÀS FAMÍLIAS DOS ADOLESCENTES INTERNADOS POR MEDIDA SOCIOEDUCATIVA - AFAI, APROVADO PELA DELIBERAÇÃO Nº 125/2013 - CEDCA/PR.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/248/248_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/248/248_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O ADITIVO AO TERMO DE PARCERIA SOB Nº 01/2013, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E A FUNDAÇÃO SICREDI.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/249/249_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/249/249_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE PALMEIRA - APAE.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/250/250_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/250/250_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO CAPUT DO ART. 212-A, DA LEI ORGÂNICA DO MÚNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>3902</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/722/722_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/722/722_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE NORMAS GERAIS URBANISTICAS PARA A INSTALAÇÃO DE ESTRUTURAS DE SUPORTE DAS ESTAÇÕES RÁDIO BASE E EQUIPAMENTOS AFINS AUTORIZADOS E HOMOLOGADOS PELA AGÊNCIA NACIONAL DE TELECOMUNICAÇÕES, NOS TERMOS DA LEGISLAÇÃO FEDERAL VIGENTE</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>3903</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/723/723_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/723/723_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUMENTO DOS VENCIMENTOS DOS SERVIDORES DA CÂMARA MUNICIPAL DE PALMEIRA</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>3904</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/724/724_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/724/724_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>3905</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/725/725_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/725/725_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE DESENVOLVIMENTO RURAL E DISPÕE SOBRE A CONCESSÃO DE INCENTIVOS PARA A IMPLANTAÇÃO, EXPANSÃO E/OU AMPLIAÇÃO DE PROPRIEDADES RURAIS E AGROINDUSTRIAIS NA ZONA RURAL DO MUNICÍPIO DE PALMEIRA, ESTADO DO PARANÁ, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>3906</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/726/726_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/726/726_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS À LEI Nº 2702 DE 04 DE ABRIL DE 2008, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>3907</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/727/727_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/727/727_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO, REPRESENTANDO O MUNICÍPIO DE PALMEIRA, A FIRMAR CONTRATO DE COMODATO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>3908</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/728/728_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/728/728_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER À EXECUÇÃO DE OBRAS DESTINADAS A DOTAR ÁREA INDUSTRIAL NO MUNICÍPIO DE PALMEIRA DE INFRAESTRUTURA, PELA CONTRATAÇÃO DE SERVIÇOS DE EXTENSÃO E REFORÇO DE REDE DE ENERGIA ELÉTRICA DE ALTA TENSÃO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>3909</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/729/729_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/729/729_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>3910</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/730/730_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/730/730_texto_integral.pdf</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>3911</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/731/731_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/731/731_texto_integral.pdf</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>3912</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/732/732_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/732/732_texto_integral.pdf</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>3913</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/733/733_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/733/733_texto_integral.pdf</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>3914</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/734/734_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/734/734_texto_integral.pdf</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>3915</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/735/735_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/735/735_texto_integral.pdf</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>3916</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/736/736_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/736/736_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE VAGAS NO SERVIÇO PÚBLICO MUNICIPAL PARA EMPREGO PÚBLICO NO CARGO DE AGENTE COMUNITÁRIO DE SAÚDE DE COMBATE A DENGUE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>3917</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/737/737_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/737/737_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA O ESTACIONAMENTO E O TRÂNSITO EM TRECHO DAS RUAS CONSELHEIRO JESUÍNO MARCONDES E CORONEL MACEDO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>3918</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/738/738_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/738/738_texto_integral.pdf</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>3919</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/739/739_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/739/739_texto_integral.pdf</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>3920</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/740/740_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/740/740_texto_integral.pdf</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>3921</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/741/741_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/741/741_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR A DOAÇÃO E COLOCAÇÃO DE PISO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>3922</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/742/742_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/742/742_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITOS DA LEI MUNICIPAL Nº 3618 DE 06 DE JANEIRO DE 2014, QUE DISPÕE SOBRE A CONTRATAÇÃO DE EXCEPCIONAL INTERESSE PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>3923</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/743/743_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/743/743_texto_integral.pdf</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>3924</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/744/744_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/744/744_texto_integral.pdf</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>3925</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/745/745_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/745/745_texto_integral.pdf</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>3926</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/746/746_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/746/746_texto_integral.pdf</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>3927</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/747/747_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/747/747_texto_integral.pdf</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>3928</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/748/748_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/748/748_texto_integral.pdf</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>3929</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/749/749_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/749/749_texto_integral.pdf</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>3930</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/750/750_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/750/750_texto_integral.pdf</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>3931</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/751/751_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/751/751_texto_integral.pdf</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>3932</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/752/752_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/752/752_texto_integral.pdf</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>3933</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/753/753_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/753/753_texto_integral.pdf</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>3934</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/754/754_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/754/754_texto_integral.pdf</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>3935</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/755/755_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/755/755_texto_integral.pdf</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>3936</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/756/756_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/756/756_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS AMIGOS DA SANTA CASA DE PALMEIRA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>3937</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/757/757_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/757/757_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO MUNICIPAL DE SANEAMENTO BÁSICO - PMSB, DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>3938</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/758/758_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/758/758_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE ASSISTÊNCIA SOCIAL - CMAS, E INSTITUI O FUNDO DE ASSISTÊNCIA SOCIAL - FMAS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>3939</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/759/759_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/759/759_texto_integral.pdf</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>3940</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/760/760_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/760/760_texto_integral.pdf</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>3941</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/761/761_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/761/761_texto_integral.pdf</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>3942</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/762/762_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/762/762_texto_integral.pdf</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>3943</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/763/763_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/763/763_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA E ALTERA REMUNERAÇÃO DE CARGOS DO QUADRO PERMANENTE DA CÂMARA MUNICIPAL DE PALMEIRA</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>3944</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/764/764_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/764/764_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE PALMEIRA PARA O EXERCÍCIO FINANCEIRO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>3945</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/765/765_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/765/765_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA LEIS MUNICIPAIS QUE AUTORIZAVEM O PODER EXECUTIVO DO MUNICÍPIO DE PALMEIRA A DOAR IMÓVEIS URBANOS À EMPRESA KURTEN INDÚSTRIA DE CASAS PRÉ-FABRICADAS IMPORTAÇÃO E EXPORTAÇÃO E A EMPRESA MERCOSUL ESPUMAS INDUSTRIAIS LTDA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>3946</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/766/766_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/766/766_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER AUXÍLIOS FINANCEIROS AOS MÉDICOS PARTICIPANTES DO PROJETO MAIS MÉDICOS PARA O BRASIL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>3947</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/767/767_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/767/767_texto_integral.pdf</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>3948</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/768/768_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/768/768_texto_integral.pdf</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>3949</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/769/769_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/769/769_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER À INCLUSÃO DE IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO DE PALMEIRA NO PROGRAMA MINHA CASA MINHA VIDA - ENTIDADES COM O INTUÍTO DE VIABILIZAR A CONSTRUÇÃO DE UNIDADES HABITACIONAIS E INTERESSE SOCIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>3950</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/770/770_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/770/770_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVERSÃO DOS LOTES 79 E 79, LOCALIZADOS NO DISTRITO INDUSTRIAL DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>3951</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/772/772_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/772/772_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER À CONCESSÃO DE DIREITO REAL DE USO RESOLÚVEL DE IMÓVEL URBANO À COOPERATIVA AGRÁRIA AGROINDUSTRIAL E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>3952</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2014/1810/projeto_de_lei_no_3.952_2014_-_protocolo_no_190_rbN6q2G.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2014/1810/projeto_de_lei_no_3.952_2014_-_protocolo_no_190_rbN6q2G.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO DE INCENTIVO EMPRESARIAL, VISANDO ESTIMULAR A GERAÇÃO DE EMPREGO E RENDA, SUPRIR OS SETORES DEFICIENTES DA CADEIA PRODUTIVA E DE SERVIÇOS NO ÂMBITO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>3953</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/774/774_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/774/774_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER À CONCESSÃO DE DIREITO REAL DE USO RESOLÚVEL DE IMÓVEL URBANO À EMPRESA CLÁUDIO DE ALMEIDA MACIEL &amp; CIA LTDA. E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>3954</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/775/775_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/775/775_texto_integral.pdf</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>3955</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/776/776_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/776/776_texto_integral.pdf</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>3956</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/777/777_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/777/777_texto_integral.pdf</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>3957</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/778/778_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/778/778_texto_integral.pdf</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>3958</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/779/779_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/779/779_texto_integral.pdf</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>3959</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/780/780_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/780/780_texto_integral.pdf</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>3960</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/781/781_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/781/781_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PREVENÇÃO E A PUNIÇÃO A ATOS DE PICHAÇÃO NO ÂMBITO DO MUNICÍPIO DE PALMEIRA E DÁ OURTAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>3961</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/782/782_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/782/782_texto_integral.pdf</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>3962</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/783/783_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/783/783_texto_integral.pdf</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>3963</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/784/784_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/784/784_texto_integral.pdf</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>3964</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/785/785_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/785/785_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESAFETA DE SUA DESTINAÇÃO ESPECÍFICA LOTES DE PROPRIEDADE DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>3965</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/786/786_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/786/786_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A ALIENAR TERRENOS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>3966</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/787/787_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/787/787_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DA PROPAGANDA SONORA NO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>3967</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/788/788_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/788/788_texto_integral.pdf</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>3968</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/789/789_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/789/789_texto_integral.pdf</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>3969</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/790/790_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/790/790_texto_integral.pdf</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>3970</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/791/791_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/791/791_texto_integral.pdf</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>3971</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/792/792_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/792/792_texto_integral.pdf</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>3972</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/793/793_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/793/793_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PERMUTAR IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO DE PALMEIRA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>3973</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/794/794_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/794/794_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A OUTORGAR AUTORIZAÇÃO DE USO DE BEM PÚBLICO MUNICIPAL À ASSOCIAÇÃO DOS AMIGOS DOS CÃES DE RUA DE PALMEIRA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>3974</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/795/795_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/795/795_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVALIDA AS DISPOSIÇÕES CONSTANTES DA LEI Nº 3626, DE 06/03/2014, QUE AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>3975</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/796/796_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/796/796_texto_integral.pdf</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>3976</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/797/797_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/797/797_texto_integral.pdf</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>3977</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/798/798_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/798/798_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DOS DIREITOS DO IDOSO - CMDI, E O FUNDO MUNICIPAL DOS DIREITOS DO IDOSO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>3978</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/799/799_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/799/799_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A COLETA DE LIXO ELETRÔNICO NO MUNICÍPIO DE PALMEIRA</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>3979</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/800/800_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/800/800_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA O VALOR DAS DIÁRIAS DESTINADAS A INDENIZAÇÃO DE DESPESAS DE VEREADORES, ASSESSORES E SERVIDORES DA CÂMARA MUNICIPAL DE PALMEIRA, NA FORMA E CONDIÇÕES ESPECÍFICAS</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>3980</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/801/801_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/801/801_texto_integral.pdf</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>3981</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/802/802_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/802/802_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O TRATAMENTO E ASSÉPSIA DA AREIA CONTIDA NAS ÁREAS DESTINADAS AO LAZER E RECREAÇÃO INFANTIL EXISTENTES NOS PARQUES E ESCOLAS MUNICIPAIS DE PALMEIRA</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>3983</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/804/804_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/804/804_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA CULTURAL NO MUNICÍPIO DE PALMEIRA</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>3984</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/805/805_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/805/805_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER À CONCESSÃO DE DIREITO REAL DE USO RESOLÚVEL DE IMÓVEL URBANO À EMPRESA FELIPE RIGONI &amp; CIA LTDA - ME, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>3985</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/806/806_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/806/806_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA BIBLIOTECARTE NO MUNICÍPIO DE PALMEIRA</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>3986</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/807/807_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/807/807_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI 2515, DE 21 DE DEZEMBRO DE 2006, QUE PASSAM A VIGORAR COM A SEGUINTE REDAÇÃO</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>3987</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/808/808_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/808/808_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE VAGAS NO SERVIÇO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>3988</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/809/809_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/809/809_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO A RUA DA CIDADE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>3989</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/810/810_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/810/810_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO À RUA DA CIDADE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>3990</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/811/811_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/811/811_texto_integral.pdf</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>3991</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/812/812_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/812/812_texto_integral.pdf</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>3992</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/813/813_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/813/813_texto_integral.pdf</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>3993</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/814/814_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/814/814_texto_integral.pdf</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>3994</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/815/815_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/815/815_texto_integral.pdf</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>3995</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/816/816_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/816/816_texto_integral.pdf</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>3996</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/817/817_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/817/817_texto_integral.pdf</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>3997</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/818/818_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/818/818_texto_integral.pdf</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>3998</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/819/819_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/819/819_texto_integral.pdf</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>3999</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/820/820_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/820/820_texto_integral.pdf</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>4000</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/821/821_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/821/821_texto_integral.pdf</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>4001</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/822/822_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/822/822_texto_integral.pdf</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>4002</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/823/823_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/823/823_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA PRAÇA DA CIDADE</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>4003</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/824/824_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/824/824_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA DA HISTÓRIA DE PALMEIRA NO MUNICÍPIO</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>4004</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/825/825_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/825/825_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA SAUDÁVEL NO MUNICÍPIO DE PALMEIRA</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>4005</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/826/826_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/826/826_texto_integral.pdf</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>4006</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/827/827_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/827/827_texto_integral.pdf</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>4007</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/828/828_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/828/828_texto_integral.pdf</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>4008</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/829/829_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/829/829_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA  PODER EXECUTIVO A PROCEDER A AMORTIZAÇÃO DO DÉBITO ATUARIAL JUNTO AO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - RPPS, MEDIANTE DAÇÃO EM PAGAMENTO DE BENS IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO DE PALMEIRA</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>4009</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/830/830_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/830/830_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER A CONCESSÃO DE DIREITO REAL DE USO RESOLÚVEL DE IMÓVEL URBANO À EMPRESA BORDINHÃO, KOVALSKI &amp; CIE LTDA - ME, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>4010</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/831/831_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/831/831_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PERMUTAR ÁREA DE TERRENO DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>4011</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/832/832_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/832/832_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O LOTE 20 DO ANEXO ÚNICO DA LEI 3543, DE 25 DE SETEMBRO DE 2013, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>4012</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/833/833_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/833/833_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 3572, DE 20 DE NOVEMBRO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>4013</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/834/834_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/834/834_texto_integral.pdf</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>4014</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/835/835_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/835/835_texto_integral.pdf</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>4015</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/836/836_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/836/836_texto_integral.pdf</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>4016</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/837/837_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/837/837_texto_integral.pdf</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>4017</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/838/838_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/838/838_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROMOVER LEILÃO PÚBLICO COM A FINALIDADE DE ALIENAR VEÍCULOS INSERVÍVEIS AO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>4018</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/839/839_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/839/839_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 3591, DE 13 DE DEZEMBRO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>4019</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/840/840_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/840/840_texto_integral.pdf</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>4020</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/841/841_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/841/841_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DE ADIANTAMENTO DE PARCELAS PREVISTAS PELO ARTIGO 3º DA LEI Nº 3676 DE 10/06/2014, QUE TRATA DA REVERSÃO DOS LOTES NÚMEROS 78 E 79, LOCALIZADOS NO DISTRITO INDUSTRIAL DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>4021</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/842/842_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/842/842_texto_integral.pdf</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>4022</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/843/843_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/843/843_texto_integral.pdf</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>4023</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/844/844_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/844/844_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O PRÊMIO CIDADE CLIMA DO BRASIL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>4024</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/845/845_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/845/845_texto_integral.pdf</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>4025</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/846/846_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/846/846_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER À CONCESSÃO DE DIREITO REAL DE USO RESOLÚVEL DE IMÓVEL URBANO À EMPRESA AGROPECUÁRIA IPÊ AMARELO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>4026</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/847/847_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/847/847_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DA JUVENTUDE - CMJ, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>4027</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/848/848_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/848/848_texto_integral.pdf</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>4028</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/849/849_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/849/849_texto_integral.pdf</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>4029</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/850/850_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/850/850_texto_integral.pdf</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>4030</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/851/851_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/851/851_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O § 1º DO ART. 2º, ACRESCENTA O INCISO IV AO § 2º DO ART. 4º E ALTERA O ART. 13 DA LEI Nº 3594, DE 18 DE DEZEMBRO DE 2013</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>4031</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/852/852_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/852/852_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DO PRÉDIO DA ANTIGA ESTAÇÃO FERROVIÁRIA DO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>4032</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/853/853_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/853/853_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI 3612, DE 30 DE DEZEMBRO DE 2013, QUE AUTORIZA O PODER EXECUTIVO A PROCEDER A AMORTIZAÇÃO DO DÉBITO ATUARIAL JUNTO AO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - RPPS, MEDIANTE DAÇÃO EM PAGAMENTO DE BENS IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>4033</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/854/854_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/854/854_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO OFICIAL DO MUNICÍPÍO A SEMANA DA PAZ E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>4034</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/855/855_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/855/855_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O SINDICATO DOS TRABALHADORES RURAIS DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>4035</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/856/856_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/856/856_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESAFETA DE SUA DESTINAÇÃO ESPECÍFICA LOTES DE PROPRIEDADE DO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>4036</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/857/857_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/857/857_texto_integral.pdf</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>4037</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/858/858_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/858/858_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA DESPESA DO MUNICÍPIO DE PALMEIRA PARA O EXERCÍCIO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>4038</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/859/859_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/859/859_texto_integral.pdf</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>4039</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/860/860_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/860/860_texto_integral.pdf</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>4040</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/861/861_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/861/861_texto_integral.pdf</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>4041</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/862/862_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/862/862_texto_integral.pdf</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>4042</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/863/863_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/863/863_texto_integral.pdf</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>4043</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/864/864_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/864/864_texto_integral.pdf</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>4044</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/865/865_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/865/865_texto_integral.pdf</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>4045</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/866/866_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/866/866_texto_integral.pdf</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>4046</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/867/867_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/867/867_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 36 DA LEI 3511, DE 01 DE AGOSTO DE 2013</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>4047</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/868/868_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/868/868_texto_integral.pdf</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>4048</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/869/869_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/869/869_texto_integral.pdf</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>4049</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/870/870_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/870/870_texto_integral.pdf</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>4050</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/871/871_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/871/871_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCECE O PRÊMIO CIDADE CLIMA DO BRASIL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>4051</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/872/872_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/872/872_texto_integral.pdf</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>4052</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/873/873_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/873/873_texto_integral.pdf</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>4053</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/874/874_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/874/874_texto_integral.pdf</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>4054</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/875/875_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/875/875_texto_integral.pdf</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>4055</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/876/876_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/876/876_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER À CONCESSÃO DE DIREITO REAL DE USO RESOLÚVEL DE IMÓVEL URBANO À EMPRESA YURI RAMOS BACH - ME, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>4056</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/877/877_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/877/877_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO III DA LEI Nº 3701/2014 - LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>4057</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/878/878_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/878/878_texto_integral.pdf</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>4058</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/879/879_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/879/879_texto_integral.pdf</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>4059</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/880/880_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/880/880_texto_integral.pdf</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>4060</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/881/881_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/881/881_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROÍBE A CIRCULAÇÃO, A OPERAÇÃO DE CARGA E DESCARGA E O ESTACIONAMENTO DE VEÍCULOS EM VIAS DO BAIRRO ELIAS FARAJALA BACILA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>4061</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/882/882_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/882/882_texto_integral.pdf</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>4062</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/883/883_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/883/883_texto_integral.pdf</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>4063</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/884/884_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/884/884_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O PRÊMIO CIDADE CLIMA DO BRASIL E DÁ OUTRA PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>4064</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/885/885_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/885/885_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O § 5º DO ART. 5º E INCISO VI DO ART. 6º E INSERE PARÁGRADO ÚNICO AO ART. 7º, TODOS DA LEI 3561 DE 23 DE OUTUBRO DE 2013, LEI QUE INSTITUIU O PROGRAMA PARLAMENTO JOVEM NO ÂMBITO DO MUNICÍPIO DE PALMEIRA, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>4065</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/886/886_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/886/886_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS À LEI Nº 3688 DE 26 DE JUNHO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>4066</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/887/887_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/887/887_texto_integral.pdf</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>4067</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/888/888_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/888/888_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÕES DE CRÉDITO COM A AGÊNCIA DE FOMENTO DO PARANÁ S/A E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>4068</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/889/889_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/889/889_texto_integral.pdf</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>4069</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/890/890_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/890/890_texto_integral.pdf</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>4070</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/891/891_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/891/891_texto_integral.pdf</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>4071</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/892/892_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/892/892_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ADQUIRIR POR MEIO DE DESAPROPRIAÇÃO UMA ÁREA E 842,80 M², SITUADA NA LOCALIDADE DE GUARAUNINHA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>4072</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/893/893_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/893/893_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ADQUIRIR POR MEIO DE DESAPROPRIAÇÃO UM TERRENO RURAL MATRICULADO SOB Nº 1598, NO CARTÓRIO DE REGISTRO DE IMÓVEIS DA COMARCA DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>4073</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/894/894_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/894/894_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE VAGAS DE ESTACIONAMENTO EXCLUSIVO PARA VEÍCULOS DO TRANSPORTE ESCOLAR, EM FRENTE AS CRECHES E ESCOLAS DE ENSINO FUNDAMENTAL E MÉDIO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>4074</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/895/895_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/895/895_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE COLETA DE RESÍDUOS SÓLIDOS DERIVADOS DE ÓLEO DE VEGETAL OU ANIMAL NO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>4075</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/896/896_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/896/896_texto_integral.pdf</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>4076</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/897/897_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/897/897_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA E DÁ NOVA REDAÇÃO AO PARÁGRADO ÚNICO DO ARTIGO 12 DA LEI MUNICIPAL Nº 2404/2005, QUE DISPÕE SOBRE O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>4077</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/898/898_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/898/898_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O MUNICÍPIO DE PALMEIRA A REAJUSTAR A CONTRIBUIÇÃO PARA CUSTEIO DO SERVIÇO DE ILUMINAÇÃO PÚBLICA PREVISTO PELA LEI 2247, DE 30 DE DEZEMBRO DE 2002, E DÁ OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>4078</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/899/899_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/899/899_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER OS BENEFÍCIOS DE ISENÇÃO E REMISSÃO DO IMPOSTO PREDIAL TERRITORIAL URBANO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>4079</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/900/900_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/900/900_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE PALMEIRA A REAJUSTAR A TAXA DE COLETA DE LIXO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>4080</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/901/901_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/901/901_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER DESCONTO NO RECOLHIMENTO DO ITBI, ISSQN E TAXAS DE CONSTRUÇÃO, COMO INCENTIVO A REGULARIZAÇÃO DE CADASTROS IMOBILIÁRIOS COM DADOS DIVERGENTES DAQUELES OBTIDOS POR GEOREFERENCIAMENTO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>4081</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/902/902_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/902/902_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DAS INSTITUIÇÕES E ORGANIZAÇÕES BANCÁRIAS INSTALAREM BIOMBOS, TAPUMES OU ESTRUTURAS SIMILARES NOS LOCAIS DE ATENDIMENTO AO PÚBLICO NO MUNICÍPIO DE PALMEIRA, COMO FORMA DE PRESERVAR A SEGURANÇA DOS CLIENTES</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>4082</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/903/903_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/903/903_texto_integral.pdf</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>4083</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/904/904_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/904/904_texto_integral.pdf</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>4084</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/905/905_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/905/905_texto_integral.pdf</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>4085</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/906/906_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/906/906_texto_integral.pdf</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>4086</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/907/907_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/907/907_texto_integral.pdf</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>4087</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/908/908_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/908/908_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI N 3951 DE 13 DE DEZEMBRO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>4088</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/909/909_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/909/909_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO DE PESSOAL POR TEMPO DETERMINADO PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO, NOS TERMOS DO INCISO IX, DO ARTIGO 37 DA CONSTITUIÇÃO FEDERAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>4089</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/910/910_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/910/910_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO CAPUT DO ART. 1º E ACRESCENTA O INCISO IX AO ART. 2º, AMBOS DA LEI 2281 DE 04 DE AGOSTO DE 2003</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>4090</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>4091</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/912/912_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/912/912_texto_integral.pdf</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>4092</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/913/913_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/913/913_texto_integral.pdf</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>4093</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/914/914_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/914/914_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A ESCOLA LEGISLATIVA NO ÂMBITO DO PODER LEGISLATIVO DO MUNICÍPIO DE PALMEIRA, ESTADO DO PARANÁ, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>4094</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/915/915_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/915/915_texto_integral.pdf</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>4095</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/916/916_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/916/916_texto_integral.pdf</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>4096</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/917/917_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/917/917_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CEDER, EM REGIME DE COMODATO, BEM IMÓVEL DE PROPRIEDADE DO MUNICÍPIO, À ASSOCIAÇÃO COMUNITÁRIA DE MORADORES PROPRIETÁRIOS DE WITMARSUM, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>4097</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/918/918_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/918/918_texto_integral.pdf</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>4098</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/919/919_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/919/919_texto_integral.pdf</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>4099</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/920/920_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/920/920_texto_integral.pdf</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>4100</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/921/921_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/921/921_texto_integral.pdf</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>4101</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/922/922_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/922/922_texto_integral.pdf</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>4102</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/923/923_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/923/923_texto_integral.pdf</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>4103</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/924/924_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/924/924_texto_integral.pdf</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>4104</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/925/925_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/925/925_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVALIDA AS DISPOSIÇÕES CONSTANTES DA LEI Nº 3784 DE 06/11/2014, QUE AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>4105</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/926/926_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/926/926_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE COLETA E DESCARTE DE LÂMAPADAS FLUORESCENTES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>4106</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/927/927_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/927/927_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIO RELATIVO AO REGIME ESPECIAL PARA O RECOLHIMENTO DO IMPOSTO SOBRE SERVIÇOS DE QUALQUER NATUREZA - ISSQN, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>4107</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/928/928_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/928/928_texto_integral.pdf</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>4108</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/929/929_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/929/929_texto_integral.pdf</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>4109</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/930/930_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/930/930_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA LEI MUNICIPAL QUE AUTORIZAVA O PODER EXECUTIVO DO MUNICÍPIO DE PALMEIRA A DOAR IMÓVEL URBANO À EMPRESA VILMAR GUBERT JUNIOR LTDA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>4110</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/931/931_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/931/931_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA LEI MUNICIPAL QUE AUTORIZAVA O PODER EXECUTIVO DO MUNICÍPIO DE PALMEIRA A CONCEDER IMÓVEL URBANO À EMPRESA SERRO COMÉRCIO DE PEÇAS PARA VEÍCULOS LTDA., E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>4111</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/932/932_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/932/932_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA LEI MUNICIPAL QUE AUTORIZAVA O PODER EXECUTIVO DO MUNICÍPIO DE PALMEIRA A CONCEDER IMÓVEL URBANO À EMPRESA FONTOURA COMÉRCIO DE IMPLEMENTOS RODOVIÁRIOS LTDA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>4112</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/933/933_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/933/933_texto_integral.pdf</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>4113</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/934/934_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/934/934_texto_integral.pdf</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>4114</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/935/935_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/935/935_texto_integral.pdf</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>4115</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/936/936_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/936/936_texto_integral.pdf</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>4116</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/937/937_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/937/937_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI 3600 DE 30 DE ABRIL DE 2014, QUE FIXOU E ALTEROU O VENCIMENTO DE CARGOS DO QUADRO PERMANENTE DA CÂMARA MUNICIPAL DE PALMEIRA</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>4117</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/938/938_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/938/938_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A FUNDAÇÃO DE DESENVOLVIMENTO EDUCACIONAL E CULTURAL DO SISTEMA DE CRÉDITO COOPERATIVO FUNDAÇÃO SICREDI E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>4118</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/939/939_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/939/939_texto_integral.pdf</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>4119</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/940/940_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/940/940_texto_integral.pdf</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>4120</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/941/941_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/941/941_texto_integral.pdf</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>4121</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/942/942_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/942/942_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O INGRESSO DO MUNICÍPIO DE PALMEIRA NO CONSÓRCIO INTERMUNICIPAL DE DESENVOLVIMENTO REGIONAL CAMINHOS DO TIBAGI, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>4122</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/943/943_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/943/943_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O REPARCELAMENTO DE DÉBITOS DO MUNICÍPÍO DE PALMEIRA DOS QUAIS É CREDOR O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - RPPS</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>4123</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/944/944_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/944/944_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A PROMOVER ALTERAÇÕES NO TERMO DE CONFISSÃO DE DÉBITOS E ACORDO DE PARCELAMENTO, FIRMADO EM 15 DE MARÇO DE 2007, ENTRE O MUNICÍPIO DE PALMEIRA E O INSTITUTO MUNICIPAL DE ASSISTÊNCIA À SAÚDE DE PALMEIRA - IMASP, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>4124</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/945/945_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/945/945_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ATUALIZAR A PLANTA GENÉRICA DE VALORES DOS IMÓVEIS SITUADOS NO QUADRO URBANO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>4125</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/946/946_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/946/946_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REAJUSTE SALARIAL AOS SERVIDORES PÚBLICOS EFETIVOS, ATIVOS E INATIVOS, DETENTORES DE EMPREGO PÚBLICO E COMISSIONADOS DO MUNICÍPIO DE PALMEIRA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>4126</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/947/947_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/947/947_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO Nº 01 DA LEI 1967 DE 19 DE MARÇO DE 1999, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>4127</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/948/948_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/948/948_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVALIDA AS DISPOSIÇÕES CONSTANTES DA LEI Nº 3783, DE 03/11/2014, QUE AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>4128</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/949/949_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/949/949_texto_integral.pdf</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>4129</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/950/950_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/950/950_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA LEI MUNICIPAL QUE AUTORIZAVA O PODER EXECUTIVO DO MUNICÍPIO DE PALMEIRA A CONCEDER IMÓVEL URBANO À EMPRESA RECICLADOS GRANDES LAGOS LTDA. E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>4130</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/951/951_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/951/951_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ESTACIONAMENTO TEMPORÁRIO E ROTATIVO DE VEÍCULOS AUTOMOTORES DEFRONTE AS FARMÁCIAS E DROGARIAS DO MUNICÍPIO DE PALMEIRA, PARANÁ</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>4131</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/952/952_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/952/952_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE INSTALAÇÃO DE BEBEDOUROS COM ÁGUA POTÁVEL OU MINERAL NAS CASAS LOTÉRICAS, AGÊNCIAS DE CORREIOS, CARTÓRIOS E OUTRAS REPARTIÇÕES PÚBLICAS SITUADAS NO MUNICÍPIO DE PALMEIRA</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>4952</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/773/773_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/773/773_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO DE INCENTIVO EMPRESARIAL, VISANDO ESTIMULAR A GERAÇÃO DE EMPREGO E RENDA, SUPRIR OS SETORES DEFICIENTES DA CADEIA PRODUTIVA E DE SERVIÇOS NO ÂMBITO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>4982</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/803/803_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/803/803_texto_integral.pdf</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/116/116_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/116/116_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APLICAÇÃO DA LEI Nº 3595, DE 18 DE DEZEMBRO DE 2013, AOS SERVIDORES PÚBLICOS DO PODER LEGISLATIVO, REFERENTE AO REAJUSTE SALARIAL.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/117/117_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/117/117_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ORGANIZAÇÃO, FUNCIONAMENTO, CRIAÇÃO, TRANSFORMAÇÃO, EXTINÇÃO E FIXAÇÃO DE REMUNERAÇÃO DOS CARGOS, EMPREGOS E FUNÇÕES DE SEUS SERVIDORES.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/118/118_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/118/118_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/119/119_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/119/119_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA NA ÍNTEGRA O ART. 2º E 3º DA RESOLUÇÃO Nº 82/2011, TENDO EM VISTA QUE O VALOR DEVERÁ SER FIXADO POR LEI.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/120/120_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/120/120_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL SUPLEMENTAR E A OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/121/121_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/121/121_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA A ALÍNEA B AO INCISO II E O § 10 AO ART. 2º, BEM COMO INSERE O QUADRO VII AO ANEXO I DA RESOLUÇÃO 97/2014</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/122/122_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/122/122_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSERE O PARÁGRAFO ÚNICO AO ART. 2º DA RESOLUÇÃO Nº 74/2009.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/123/123_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/123/123_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITOVS E O ANEXO I À RESOLUÇÃO Nº 97/2014.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/124/124_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/124/124_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A ESCOLA DO LEGISLATIVO NO ÂMBITO DO PODER LEGISLATIVO DO MUNICÍPIO DE PALMEIRA, ESTADO DO PARANÁ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/125/125_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/125/125_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVO DA CÂMARA MUNICIPAL DE PALMEIRA E SOBRE O PLANO DE CARGOS E SALÁRIOS DOS RESPECTIVOS SERVIDORES.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/126/126_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/126/126_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APLICAÇÃO DA LEI MUNICIPAL QUE TRATA DO REAJUSTE SALARIAL DOS SERVIDORES PÚBLICOS EFETIVOS, ATIVOS E INATIVOS, DETENTORES DE EMPREGO PÚBLICO E COMISSIONADOS DO MUNICÍPIO DE PALMEIRA, PARA O ANO DE 2015 E ATUALIZA O QUADRO I DO ANEXO II DA RESOLUÇÃO N] 104/2014.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/127/127_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/127/127_texto_integral.pdf</t>
   </si>
   <si>
     <t>DIPÕE SOBRE A APLICAÇÃO DA LEI MUNICIPAL AOS AGENTES POLÍTICOS DO PODER LEGISLATIVO, REFERENTE AO REAJUSTE SALARIAL.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3576,67 +3576,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/228/228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/230/230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/233/233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/726/726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/727/727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/728/728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/730/730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/734/734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/737/737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/738/738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/739/739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/742/742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/743/743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/746/746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/748/748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/749/749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/750/750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/751/751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/752/752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/754/754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/755/755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/759/759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/760/760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/761/761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/764/764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/765/765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/766/766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/767/767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/768/768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2014/1810/projeto_de_lei_no_3.952_2014_-_protocolo_no_190_rbN6q2G.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/774/774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/775/775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/776/776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/777/777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/778/778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/779/779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/780/780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/781/781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/782/782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/783/783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/784/784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/785/785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/786/786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/787/787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/788/788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/789/789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/790/790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/792/792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/793/793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/794/794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/795/795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/796/796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/797/797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/798/798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/801/801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/802/802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/804/804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/805/805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/806/806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/807/807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/808/808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/809/809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/810/810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/811/811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/813/813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/814/814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/815/815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/816/816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/817/817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/818/818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/819/819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/820/820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/821/821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/822/822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/823/823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/824/824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/825/825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/826/826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/827/827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/828/828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/829/829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/830/830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/831/831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/832/832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/833/833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/834/834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/835/835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/836/836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/837/837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/838/838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/842/842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/843/843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/844/844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/845/845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/846/846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/847/847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/848/848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/849/849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/850/850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/851/851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/852/852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/853/853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/854/854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/855/855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/856/856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/857/857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/858/858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/859/859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/860/860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/861/861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/862/862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/863/863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/864/864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/865/865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/866/866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/867/867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/868/868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/869/869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/870/870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/871/871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/872/872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/873/873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/874/874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/875/875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/876/876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/877/877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/878/878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/879/879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/880/880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/881/881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/882/882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/883/883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/884/884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/885/885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/886/886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/887/887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/888/888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/889/889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/891/891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/892/892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/893/893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/894/894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/895/895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/896/896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/897/897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/898/898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/899/899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/900/900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/901/901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/902/902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/903/903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/904/904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/905/905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/906/906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/907/907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/908/908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/909/909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/910/910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/912/912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/913/913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/914/914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/915/915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/916/916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/917/917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/918/918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/919/919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/920/920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/921/921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/922/922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/923/923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/924/924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/925/925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/926/926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/927/927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/928/928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/929/929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/930/930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/931/931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/932/932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/933/933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/934/934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/935/935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/936/936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/937/937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/938/938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/939/939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/940/940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/941/941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/942/942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/943/943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/944/944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/945/945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/946/946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/947/947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/948/948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/949/949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/950/950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/951/951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/952/952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/803/803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/127/127_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/228/228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/230/230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/233/233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/726/726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/727/727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/728/728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/730/730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/734/734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/737/737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/738/738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/739/739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/742/742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/743/743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/746/746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/748/748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/749/749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/750/750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/751/751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/752/752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/754/754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/755/755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/759/759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/760/760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/761/761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/764/764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/765/765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/766/766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/767/767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/768/768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2014/1810/projeto_de_lei_no_3.952_2014_-_protocolo_no_190_rbN6q2G.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/774/774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/775/775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/776/776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/777/777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/778/778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/779/779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/780/780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/781/781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/782/782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/783/783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/784/784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/785/785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/786/786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/787/787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/788/788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/789/789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/790/790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/792/792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/793/793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/794/794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/795/795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/796/796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/797/797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/798/798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/801/801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/802/802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/804/804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/805/805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/806/806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/807/807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/808/808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/809/809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/810/810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/811/811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/813/813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/814/814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/815/815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/816/816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/817/817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/818/818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/819/819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/820/820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/821/821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/822/822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/823/823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/824/824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/825/825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/826/826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/827/827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/828/828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/829/829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/830/830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/831/831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/832/832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/833/833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/834/834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/835/835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/836/836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/837/837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/838/838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/842/842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/843/843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/844/844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/845/845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/846/846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/847/847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/848/848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/849/849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/850/850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/851/851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/852/852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/853/853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/854/854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/855/855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/856/856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/857/857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/858/858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/859/859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/860/860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/861/861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/862/862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/863/863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/864/864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/865/865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/866/866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/867/867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/868/868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/869/869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/870/870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/871/871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/872/872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/873/873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/874/874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/875/875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/876/876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/877/877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/878/878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/879/879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/880/880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/881/881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/882/882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/883/883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/884/884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/885/885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/886/886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/887/887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/888/888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/889/889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/891/891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/892/892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/893/893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/894/894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/895/895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/896/896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/897/897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/898/898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/899/899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/900/900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/901/901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/902/902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/903/903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/904/904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/905/905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/906/906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/907/907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/908/908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/909/909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/910/910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/912/912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/913/913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/914/914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/915/915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/916/916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/917/917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/918/918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/919/919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/920/920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/921/921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/922/922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/923/923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/924/924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/925/925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/926/926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/927/927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/928/928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/929/929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/930/930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/931/931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/932/932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/933/933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/934/934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/935/935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/936/936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/937/937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/938/938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/939/939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/940/940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/941/941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/942/942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/943/943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/944/944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/945/945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/946/946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/947/947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/948/948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/949/949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/950/950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/951/951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/952/952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/803/803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2014/127/127_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H296"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="130.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="129.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>