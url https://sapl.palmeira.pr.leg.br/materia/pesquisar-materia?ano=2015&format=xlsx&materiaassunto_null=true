--- v0 (2026-01-29)
+++ v1 (2026-03-16)
@@ -51,2913 +51,2913 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/152/152_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/152/152_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 17/2015 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO MENONITA DE ASSISTÊNCIA SOCIAL - AMAS.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/153/153_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/153/153_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 18/2015 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO MENONITA DE ASSISTÊNCIA SOCIAL - AMAS.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/154/154_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/154/154_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 19/2015 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO MENONITA BENEFICENTE - AMB.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/155/155_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/155/155_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 20/2015 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO MENONITA BENEFICENTE - AMB.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/156/156_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/156/156_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 21/2015 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO MENONITA BENEFICENTE - AMB.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/157/157_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/157/157_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 22/2015 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E O LAR ACELINO.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/158/158_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/158/158_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 23/2015 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E LAR ACELINO.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/159/159_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/159/159_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 24/2015 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E O PROGRAMA VOLUNTARIADO PARANAENSE - PROVOPAR.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/169/169_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/169/169_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 25/2015 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO FAMÍLIA DE MARIA.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/170/170_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/170/170_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 26/2015 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO DE PAIS E AMIGOS DA EDUCAÇÃO ESPECIAL E REABILITAÇÃO DR. JORGE AMIN BACILA - APAER.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/171/171_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/171/171_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 25/2015 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE PALMEIRA.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/172/172_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/172/172_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 28/2015 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE PALMEIRA.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/173/173_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/173/173_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 29/2015 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO PROJETO RENASCER.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/174/174_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/174/174_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº30/2015 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A VILA VICENTINA FREDERICO OZANAM.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/175/175_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/175/175_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 31/2015 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E A FUNDAÇÃO SICREDI.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/176/176_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/176/176_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESAPROVA A PRESTAÇÃO DE CONTAS DO MUNICÍPIO DE PALMEIRA, RELATIVAS AO EXERCÍCIO DE 2007 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/177/177_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/177/177_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O CONVÊNIO SOB Nº 32/2015 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E O HOSPITAL DE CARIDADE DE PALMEIRA.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/178/178_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/178/178_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O CONVÊNIO SOB Nº 32/2015 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E A ASSOCIAÇÃO COMUNITÁRIA DOS MORADORES PROPRIETÁRIOS DE WITMARSUM.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/179/179_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/179/179_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O CONVÊNIO SOB Nº 32/2015 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E A ASSOCIAÇÃO CASA DA VIDEIRA.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/180/180_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/180/180_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESAPROVA A PRESTAÇÃO DE CONTAS DO MUNICÍPIO DE PALMEIRA, RELATIVAS AO EXERCÍCIO DE 2012, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/181/181_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/181/181_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O ADITIVO Nº 01 AO TERMO DE CONVÊNIO Nº 20/2015, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E A ASSOCIAÇÃO MENONITA BENEFICENTE - AMB.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/182/182_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/182/182_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O ADITIVO Nº 02 AO TERMO DE CONVÊNIO Nº 20/2015, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E A ASSOCIAÇÃO MENONITA BENEFICENTE - AMB.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/183/183_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/183/183_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O ADITIVO Nº 01 AO TERMO DE CONVÊNIO Nº 18/2015, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E A ASSOCIAÇÃO MENONITA DE ASSITÊNCIA SOCIAL - AMAS.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/184/184_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/184/184_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O ADITIVO Nº 02, AO TERMO DE PARCERIA Nº 31/2015, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E A FUNDÃÇÃO DE DESENVOLVIMENTO EDUCACIONAL E CULTURAL DO SISTEMA DE CRÉDITO COOPERATIVO - FUNDAÇÃO SICREDI.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/185/185_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/185/185_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O ADITIVO Nº 01 AO TERMO DE CONVÊNIO Nº 22/2015, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E O LAR ACELINO.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/186/186_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/186/186_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O ADITIVO Nº 01 AO TERMO DE CONVÊNIO Nº 23/2015, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E O LAR ACELINO.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/187/187_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/187/187_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O ADITIVO Nº 01 AO TERMO DE CONVÊNIO Nº 27/2015, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE PALMEIRA - APAE.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/188/188_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/188/188_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O ADITIVO Nº 01 AO TERMO DE CONVÊNIO Nº 28/2015, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPECIONAIS DE PALMEIRA - APAE.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/189/189_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/189/189_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O ADITIVO Nº 01 AO TERMO DE CONVÊNIO Nº 30/2015, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E A VILA VICENTINA FREDERICO OZARAM.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/190/190_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/190/190_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO Nº 36/2015, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE PALMEIRA - APAE.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/191/191_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/191/191_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROGRAMAÇÃO FINANCEIRA E O CRONOGRAMA MENSAL DE DESEMBOLSO PARA O EXERCÍCIO FINANCEIRO DE 2016 DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/192/192_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/192/192_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO Nº 38/2015, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO MENONITA DE ASSITÊNCIA SOCIAL.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/193/193_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/193/193_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO Nº 39/2015, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO PROJETO RENASCER.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/194/194_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/194/194_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO Nº 40/2015, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO MENONITA BENEFICENTE.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/195/195_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/195/195_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO Nº 41/2015, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO MENONITA BENEFICENTE.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/196/196_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/196/196_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE PARCERIA SOB Nº 42/2015 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E A FUNDAÇÃO SICREDI.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/197/197_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/197/197_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 43/2015 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E O HOSPITAL DE CARIDADE DE PALMEIRA.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/198/198_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/198/198_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 44/2015 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E O HOSPITAL DE CARIDADE DE PALMEIRA.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/251/251_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/251/251_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI ORGÂNICA DO MUNICÍPIO DE PALMEIRA.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/521/521_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/521/521_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>4132</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/487/487_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/487/487_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO CEDER SOB A FORMA DE COMODATO UMA PARTE DA ÁREA FÍSICA DO CENTRO DE EVENTOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>4133</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/488/488_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/488/488_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PERMUTAR IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>4134</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/489/489_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/489/489_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE POLÍTICAS SOBRE DROGAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>4135</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/490/490_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/490/490_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CEDER, SOB REGIME DE COMODATO, BEM IMÓVEL DE PROPRIEDADE DO MUNICÍPIO À ASSOCIAÇÃO COMUNITÁRIA DE MORADORES PROPRIETÁRIOS DE WITMARSUM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>4136</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/491/491_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/491/491_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER Á CONCESSÃO DE DIREITO REAL DE USO RESOLÚVEL DE IMÓVEL URBANO À EMPRESA SZEKUT &amp; SZEKUT LTDA. - ME E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>4137</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/492/492_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/492/492_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>4138</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/493/493_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/493/493_texto_integral.pdf</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>4139</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/494/494_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/494/494_texto_integral.pdf</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>4140</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/495/495_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/495/495_texto_integral.pdf</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>4141</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/496/496_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/496/496_texto_integral.pdf</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>4142</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/497/497_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/497/497_texto_integral.pdf</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>4143</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/498/498_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/498/498_texto_integral.pdf</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>4144</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/499/499_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/499/499_texto_integral.pdf</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>4145</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/500/500_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/500/500_texto_integral.pdf</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>4146</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/501/501_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/501/501_texto_integral.pdf</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>4147</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/502/502_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/502/502_texto_integral.pdf</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>4148</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/503/503_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/503/503_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA O HORÁRIO DE FUNCIONAMENTO E INSTITUI O SERVIÇO DE PLANTÃO DE ATENDIMENTO DAS FARMÁCIAS E DROGARIAS NO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>4149</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/504/504_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/504/504_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI 3591 DE 13 DE DEZEMBRO DE 2013, QUE DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE EDUCAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>4150</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/505/505_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/505/505_texto_integral.pdf</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>4151</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/506/506_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/506/506_texto_integral.pdf</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>4152</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/507/507_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/507/507_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER CESTAS BÁSICAS AO RECICLADORES DE RESÍDUOS SÓLIDOS DO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>4153</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/508/508_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/508/508_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE VAGAS NO SERVIÇO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>4154</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/509/509_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/509/509_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER A CONCESSÃO DE DIREITO REAL DE USO RESOLÚVEL DE IMÓVEL URBANO À EMPRESA PROTENDE ESTRUTURAS PRÉ-FABRICADAS LTDA. - EPP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>4155</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/510/510_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/510/510_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 3951, DE 13 DE DEZEMBRO DE 2013, QUE DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE EDUCAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>4156</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/511/511_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/511/511_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 3835 DE 31 DE DEZEMBRO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>4157</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/512/512_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/512/512_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 2516, DE 21 DE DEZEMBRO DE 2006, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>4158</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/513/513_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/513/513_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO PARÁGRAFO ÚNICO DO ARTIGO 2º E ACRESCENTA INCISO NO ARTIGO 4ª DA LEI Nº 3858 DE 02 DE MARÇO DE 2015.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>4159</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/514/514_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/514/514_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE RUA DA CIDADE.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>4160</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/515/515_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/515/515_texto_integral.pdf</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>4161</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/516/516_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/516/516_texto_integral.pdf</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>4162</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/517/517_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/517/517_texto_integral.pdf</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>4163</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/518/518_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/518/518_texto_integral.pdf</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>4164</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/519/519_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/519/519_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE PALMEIRA PARA O EXERCÍCIO FINANCEIRO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>4165</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/520/520_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/520/520_texto_integral.pdf</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>4167</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/522/522_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/522/522_texto_integral.pdf</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>4168</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/523/523_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/523/523_texto_integral.pdf</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>4169</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/524/524_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/524/524_texto_integral.pdf</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>4170</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/525/525_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/525/525_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DAS ESTRADAS RURAIS DO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>4171</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/526/526_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/526/526_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA RECICLANDO ENERGIA, PROGRAMA DE COLETA SELETIVA DE PILHAS E BATERIAS DE CELULARES NAS ESCOLAS DA REDE PÚBLIA MUNICIPAL</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>4172</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/527/527_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/527/527_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1º DA LEI 1098 DE 11 DE NOVEMBRO DE 1983, DENOMINAÇÃO DA RUA ANDRÉ GUMY</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>4173</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/528/528_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/528/528_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA OS COMPONENTES DO SISTEMA NACIONAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL - SISAN, NO MUNICÍPIO DE PALMEIRA</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>4174</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/529/529_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/529/529_texto_integral.pdf</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>4175</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/530/530_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/530/530_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>4176</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/531/531_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/531/531_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>4177</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/532/532_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/532/532_texto_integral.pdf</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>4178</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/533/533_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/533/533_texto_integral.pdf</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>4179</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/534/534_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/534/534_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA PARÁGRAFO 2º NO ARTIGO 9º DA LEI Nº 3682 DE 17 DE JUNHO DE 2014, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>4181</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/535/535_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/535/535_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO ARTIGO 8º DA LEI Nº 3288 DE 07 DE DEZEMBRO DE 2011 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>4182</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/536/536_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/536/536_texto_integral.pdf</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>4183</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/537/537_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/537/537_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A CMEI - CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>4184</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/538/538_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/538/538_texto_integral.pdf</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>4185</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/539/539_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/539/539_texto_integral.pdf</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>4186</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>4187</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/541/541_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/541/541_texto_integral.pdf</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>4188</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/542/542_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/542/542_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE VAGAS NO SERVIÇO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>4189</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/543/543_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/543/543_texto_integral.pdf</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>4190</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/544/544_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/544/544_texto_integral.pdf</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>4191</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/545/545_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/545/545_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER À CONCESSÃO DE DIREITO REAL DE USO RESOLÚVEL DE IMÓVEIS À EMPRESA REINALDO DELFRATE &amp; CIA LTDA - ME. E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>4192</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/546/546_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/546/546_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A SUB-ROGAÇÃO DA EMPRESA NUCLEOTEC DISTRIBUIDORA DE IMÓVEIS LTDA, NOS DIREITOS E OBRIGAÇÕES HAVIDOS PELA EMPRESA LATINA PRODUTOS HOSPITALARES LTDA - EPP, EM VIRTUDE DA LEI Nº 3581 DE 20 DE NOVEMBRO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>4193</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/547/547_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/547/547_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER A CONCESSÃO DE DIREITO RAL DE USO RESOLÚVEL DE IMÓVEL URBANO À EMPRESA MADEREIRA RIO D'AREIA LTDA - ME, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>4194</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/548/548_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/548/548_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROMOVER LEILÃO PÚBLICO COM A FINALIDADE DE ALIENAR VEÍCULOS INSERVÍVEIS AO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>4195</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/549/549_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/549/549_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS À LEI MUNICIPAL Nº 2404 DE 30 DE SETEMBRO DE 2005, QUE DISPÕE SOBRE A REORGANIZAÇÃO DO REGIME PRÓPRIO DE PREVIDÊNCIAS SOCIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>4196</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/550/550_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/550/550_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUAUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>4197</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/551/551_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/551/551_texto_integral.pdf</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>4198</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/552/552_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/552/552_texto_integral.pdf</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>4199</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/553/553_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/553/553_texto_integral.pdf</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>4200</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/554/554_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/554/554_texto_integral.pdf</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>4201</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/555/555_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/555/555_texto_integral.pdf</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>4202</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/556/556_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/556/556_texto_integral.pdf</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>4203</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/557/557_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/557/557_texto_integral.pdf</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>4204</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/558/558_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/558/558_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO MUNICIPAL DE EDUCAÇÃO DO MUNICÍPIO DE PALMEIRA - PME, PARA O DECÊNIO 2015/2025</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>4205</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/559/559_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/559/559_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS À LEI Nº 3511, DE 01 DE AGOSTO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>4206</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/560/560_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/560/560_texto_integral.pdf</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>4207</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/561/561_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/561/561_texto_integral.pdf</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>4208</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/562/562_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/562/562_texto_integral.pdf</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>4209</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/563/563_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/563/563_texto_integral.pdf</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>4210</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/564/564_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/564/564_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA A PRIMEIRA REVISÃO DO PLANO PLURIANUAL DE SANEAMENTO BÁSICO DE PALMEIRA - PMSB</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>4211</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/565/565_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/565/565_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCLUI NO ARTIGO 2º DA LEI MUNICIPAL Nº 3593/2013, DE 18 DE DEZEMBRO DE 2013 OS PARÁGRAFOS 4º, 5º E 6º</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>4212</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/566/566_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/566/566_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>4213</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/567/567_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/567/567_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER, MEDIANTE CONVÊNIO, O REPASSE DE RECURSOS FINANCEIROS À ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE PALMEIRA - APAE, COM SEDE NESTE MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>4214</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/568/568_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/568/568_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A FEIRA DE PROFISSÕES NO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>4215</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/569/569_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/569/569_texto_integral.pdf</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>4216</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/570/570_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/570/570_texto_integral.pdf</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>4217</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/571/571_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/571/571_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO E QUITAÇÃO DE DÉBITOS NÃO-TRIBUTÁVEIS PERANTE O MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>4218</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/572/572_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/572/572_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO À RUA DA CIDADE</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>4219</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/573/573_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/573/573_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>4220</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/574/574_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/574/574_texto_integral.pdf</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>4221</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/575/575_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/575/575_texto_integral.pdf</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>4222</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/576/576_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/576/576_texto_integral.pdf</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>4223</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/577/577_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/577/577_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER REPASSE DE RECURSOS FINANCEIROS À ASSOCIAÇÃO DE TURISMO PALMEIRA MAIS, COM SEDE NESTE MUNICÍPIO, E CELEBRAR CONVÊNIO PROMOVENDO PARA ISSO A ALTERAÇÃO ORÇAMENTÁRIA NECESSÁRIA AUTORIZANDO TAMBÉM A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>4224</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/578/578_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/578/578_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER INCENTIVO TRIBUTÁRIO A EMPRESA GARMATTER SILOS LTDA - ME E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>4225</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/579/579_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/579/579_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER INCENTIVO TRIBUTÁRIO A EMPRESA BONANZA PARTICIPALÕES LTDA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>4226</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/580/580_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/580/580_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO E DENOMINAÇÃO DO CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL - CRECHE E PRÉ-ESCOLA LOCALIZADO NO BAIRRO DA COLÔNIA FRANCESA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>4227</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/581/581_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/581/581_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE VAGAS NO SERVIÇO PÚBLICO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>4228</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/582/582_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/582/582_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DAS PESSOAS COM DEFICIÊNCIA</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>4229</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/583/583_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/583/583_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA DO PASTOR</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>4230</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/584/584_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/584/584_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROMOVER A CONCESSÃO PARA EXECUÇÃO DE OBRAS E SERVIÇOS PÚBLICOS DE SANEAMENTO BÁSICO, VISANDO A GESTÃO INTEGRADA NO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>4231</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2015/585/4231.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2015/585/4231.pdf</t>
   </si>
   <si>
     <t>ESTABELECE CRITÉRIOS ESPECIAIS PARA IMPLANTAÇÃO DE NOVOS PROJETOS DE LOTEAMENTOS HABITACIONAIS NO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>4232</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/586/586_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/586/586_texto_integral.pdf</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>4233</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/587/587_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/587/587_texto_integral.pdf</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>4234</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/588/588_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/588/588_texto_integral.pdf</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>4235</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/589/589_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/589/589_texto_integral.pdf</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>4236</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/590/590_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/590/590_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO A CMEI - CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>4237</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/591/591_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/591/591_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REESTRUTURAÇÃO ORGANIZACIONAL ADMINISTRATIVA DO PODER EXECUTIVO DO MUNICÍPIO DE PALMEIRA, CRIA CARGOS EM COMISSÃO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>4238</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/592/592_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/592/592_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE AFIXAÇÃO DE MATERIAIS DE DIVULGAÇÃO DO TRATAMENTO GRATUÍTO PARA DEPENDENTES DE TABACO, PELO SISTEMA ÚNICO DE SAÚDE (SUS), NOS ESTABELECIMENTOS QUE COMERCIALIZAM PRODUTOS FUMÍGENOS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>4239</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/593/593_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/593/593_texto_integral.pdf</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>4240</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/594/594_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/594/594_texto_integral.pdf</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>4241</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/595/595_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/595/595_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI 3797 DE 13 DE NOVEMBRO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>4242</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/596/596_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/596/596_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA O § 1º DA LEI Nº 3839 DE 16 DE JANEIRO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>4243</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/597/597_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/597/597_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 3658 DE 25 DE ABRIL DE 2014 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>4244</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/598/598_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/598/598_texto_integral.pdf</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>4245</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/599/599_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/599/599_texto_integral.pdf</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>4246</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/600/600_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/600/600_texto_integral.pdf</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>4247</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/601/601_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/601/601_texto_integral.pdf</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>4248</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/602/602_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/602/602_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER À CONCESSÃO DE DIREITO REAL DE USO RESOLÚVEL DE IMÓVEIS URBANOS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>4249</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/603/603_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/603/603_texto_integral.pdf</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>4250</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/604/604_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/604/604_texto_integral.pdf</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>4251</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/605/605_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/605/605_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DE CONSCIENTIZAÇÃO NO TRÂNSITO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>4252</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/606/606_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/606/606_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA DO CICLISMO NO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>4253</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/607/607_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/607/607_texto_integral.pdf</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>4254</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/608/608_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/608/608_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 6º, § 3º DA LEI Nº 1728/94 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>4255</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/609/609_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/609/609_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PALMEIRA PARA O EXERCÍCIO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>4256</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/610/610_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/610/610_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE FOMENTO AO ESPORTE E DISPÕE SOBRE A CONCESSÃO DE INCENTIVOS PARA O INCREMENTO DO ESPORTE E CULTURA NO MUNICÍPIO DE PALMEIRA, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>4257</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/611/611_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/611/611_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXTINGUE O FUNDO ESPECIAL DA CÂMARA MUNICIPAL DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>4258</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/612/612_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/612/612_texto_integral.pdf</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>4259</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/613/613_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/613/613_texto_integral.pdf</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>4260</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/614/614_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/614/614_texto_integral.pdf</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>4261</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/615/615_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/615/615_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIX OS SUBSÍDIOS DOS VEREADORES DE PALMEIRA PARA A LEGISLATURA 2017 A 2020 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>4262</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/616/616_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/616/616_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DO SUBSÍDIO DO PREFEITO, VICE-PREFEITO E DOS SECRETÁRIOS MUNICÍPAIS DE PALMEIRA, PARA A GESTÃO DE 2017 A 2020 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>4263</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/617/617_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/617/617_texto_integral.pdf</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>4264</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/618/618_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/618/618_texto_integral.pdf</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>4265</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/619/619_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/619/619_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESAFETAÇÃO DA RUA 05 DO LOTEAMENTO DENOMINADO DISTRITO INDUSTRIAL DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>4266</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/620/620_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/620/620_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA DA CONSCIÊNCIA NEGRA NO MUNICÍPIO DE PALMEIRA</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>4267</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/621/621_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/621/621_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O PRÊMIO CIDADE CLIMA DO BRASIL</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>4268</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/622/622_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/622/622_texto_integral.pdf</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>4269</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/623/623_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/623/623_texto_integral.pdf</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>4270</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/624/624_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/624/624_texto_integral.pdf</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>4271</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/625/625_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/625/625_texto_integral.pdf</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>4272</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/626/626_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/626/626_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCLUI O PARÁGRAFO ÚNICO AO ARTIGO 18 DA LEI 1987 DE 19/03/1999</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>4273</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/627/627_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/627/627_texto_integral.pdf</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>4274</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/628/628_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/628/628_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O PRÊMIO CIDADE CLIMA</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>4275</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/629/629_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/629/629_texto_integral.pdf</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>4276</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/630/630_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/630/630_texto_integral.pdf</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>4277</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/631/631_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/631/631_texto_integral.pdf</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>4278</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/632/632_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/632/632_texto_integral.pdf</t>
   </si>
   <si>
     <t>4279</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/633/633_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/633/633_texto_integral.pdf</t>
   </si>
   <si>
     <t>4280</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/634/634_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/634/634_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI Nº 3596 DE 20 DE DEZEMBRO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4281</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/635/635_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/635/635_texto_integral.pdf</t>
   </si>
   <si>
     <t>4282</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/636/636_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/636/636_texto_integral.pdf</t>
   </si>
   <si>
     <t>4283</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/637/637_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/637/637_texto_integral.pdf</t>
   </si>
   <si>
     <t>4284</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/638/638_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/638/638_texto_integral.pdf</t>
   </si>
   <si>
     <t>4285</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/639/639_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/639/639_texto_integral.pdf</t>
   </si>
   <si>
     <t>4286</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/640/640_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/640/640_texto_integral.pdf</t>
   </si>
   <si>
     <t>4287</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/641/641_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/641/641_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROMOVER A CONCESSÃO DA OPERACIONALIZAÇÃO DA USINA DE RECICLAGEM, SITUADA EM IMÓVEL DE PROPRIEDADE DO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4288</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/642/642_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/642/642_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PERMUTAR IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4289</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/643/643_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/643/643_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER A DOAÇÃO DE IMÓVEIS RURAIS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4290</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/644/644_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/644/644_texto_integral.pdf</t>
   </si>
   <si>
     <t>4291</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/645/645_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/645/645_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 2704 DE 04 DE ABRIL DE 2008 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4292</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/646/646_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/646/646_texto_integral.pdf</t>
   </si>
   <si>
     <t>4293</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/647/647_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/647/647_texto_integral.pdf</t>
   </si>
   <si>
     <t>4294</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/648/648_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/648/648_texto_integral.pdf</t>
   </si>
   <si>
     <t>4295</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/649/649_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/649/649_texto_integral.pdf</t>
   </si>
   <si>
     <t>4296</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/650/650_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/650/650_texto_integral.pdf</t>
   </si>
   <si>
     <t>4297</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/651/651_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/651/651_texto_integral.pdf</t>
   </si>
   <si>
     <t>4298</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/652/652_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/652/652_texto_integral.pdf</t>
   </si>
   <si>
     <t>4299</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/653/653_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/653/653_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PRAGRAMA DE RECUPERAÇÃO DE CRÉDITOS FISCAIS - REFIS/2015, NO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4300</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/654/654_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/654/654_texto_integral.pdf</t>
   </si>
   <si>
     <t>4301</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/655/655_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/655/655_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE RUA DA CIDADE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4302</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/656/656_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/656/656_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DAS RUAS DO LOTEAMENTO BOA VISTA</t>
   </si>
   <si>
     <t>4303</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/657/657_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/657/657_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA  A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4304</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/658/658_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/658/658_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DIRETOR DO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4305</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/659/659_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/659/659_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DEFINIÇÃO DO PERÍMETRO URBANO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4306</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/660/660_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/660/660_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DEFINIÇÃO DOS LIMITES DO PERÍMETRO URBANO DE PAPAGAIOS NOVOS, DISTRITO DO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4307</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/661/661_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/661/661_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DEFINIÇÃO DOS LIMITES DO PERÍMETRO URBANO DE WITMARSUM, MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4308</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/662/662_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/662/662_texto_integral.pdf</t>
   </si>
   <si>
     <t>4309</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/663/663_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/663/663_texto_integral.pdf</t>
   </si>
   <si>
     <t>4310</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/664/664_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/664/664_texto_integral.pdf</t>
   </si>
   <si>
     <t>4311</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/665/665_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/665/665_texto_integral.pdf</t>
   </si>
   <si>
     <t>RATIFICA O PROTOCOLO DE INTENÇÕES E AUTORIZA O INGRESSO DA CÂMARA MUNICIPAL DE DO MUNICÍPIO DE PALMEIRA NA ASSOCIAÇÃO CONSORCIAL DE CÂMARAS DO ESTADO DO PARANÁ - ACCAMPAR, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4312</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/666/666_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/666/666_texto_integral.pdf</t>
   </si>
   <si>
     <t>4313</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/667/667_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/667/667_texto_integral.pdf</t>
   </si>
   <si>
     <t>4314</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/668/668_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/668/668_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROMOVER LEILÃO COM A FINALIDADE DE ALIENAR VEÍCULOS INSERVÍVEIS AO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4315</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/669/669_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/669/669_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE INCENTIVO DE INFRAESTRUTURA À EMPRESA BASTON DO BRASIL PRODUTOS QUÍMICOS LTDA. E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4316</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/670/670_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/670/670_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PERMUTAR ÁREA DE TERRENO DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>4317</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/671/671_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/671/671_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 3636 DE 27 DE MARÇO DE 2014, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>4318</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/672/672_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/672/672_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA E REVOGA DISPOSITIVOS DA LEI Nº 3666 DE MAIO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>4319</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/673/673_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/673/673_texto_integral.pdf</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>4320</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/674/674_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/674/674_texto_integral.pdf</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>4321</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/675/675_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/675/675_texto_integral.pdf</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>4322</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/676/676_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/676/676_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REPARAR DANOS CAUSADOS EM DECORRÊNCIA DA EXECUÇÃO DE OBRA PÚBLICA, A JUVENTUDE ATLÉTICA PALMEIRENSE - JAP, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>4323</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/677/677_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/677/677_texto_integral.pdf</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>4324</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/678/678_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/678/678_texto_integral.pdf</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>4325</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/679/679_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/679/679_texto_integral.pdf</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>4326</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/680/680_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/680/680_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 2274 DE 10 DE JULHO DE 2003, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>4327</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/681/681_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/681/681_texto_integral.pdf</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>4328</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/682/682_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/682/682_texto_integral.pdf</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>4329</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/683/683_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/683/683_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTITUI O COMITÊ DE GESTÃO INTERSETORIAL DE DENGUE DO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>4340</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/684/684_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/684/684_texto_integral.pdf</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>4341</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/685/685_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/685/685_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A OBRIGATORIEDADE DA EXECUÇÃO DOS HINOS NACIONAL BRASILEIRO E MUNICIPAL DE PALMEIRA, NAS ESCOLAS PÚBLICAS E PARTICULARES DE ENSINO FUNDAMENTAL I E II E ENSINO MÉDIO NO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>4342</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/686/686_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/686/686_texto_integral.pdf</t>
   </si>
   <si>
     <t>TORNA OBRIGATÓRIO O PLANEJAMENTO PRÉVIO POR MEIO DO PLANO DE EVACUAÇÃO PARA SITUAÇÃO DE EMERGÊNCIAS E O EFETIVO TREINAMENTO PARA EVACUAÇÕES EMERGENCIAIS NA REDE DE ENSINO PÚBLICO E PARTICULAR DO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>4343</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/687/687_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/687/687_texto_integral.pdf</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>4344</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/688/688_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/688/688_texto_integral.pdf</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>4345</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/689/689_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/689/689_texto_integral.pdf</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>4346</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/690/690_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/690/690_texto_integral.pdf</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>4347</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/691/691_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/691/691_texto_integral.pdf</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>4348</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/692/692_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/692/692_texto_integral.pdf</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>4349</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/693/693_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/693/693_texto_integral.pdf</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>4350</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/694/694_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/694/694_texto_integral.pdf</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>4351</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/695/695_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/695/695_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÕES DE CRÉDITO COM A AGÊNCIA DE FOMENTO DO PARANÁ S.A.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>4352</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/696/696_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/696/696_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO DE CARGOS, CARREIRA E SALÁRIOS DOS SERVIRORES PÚBLICOS EFETIVOS DO QUADRO DE PESSOAL CIVIL ESTATUTÁRIO DA ADMINISTRAÇÃO DIRETA E INDIRETA DO PODER EXECUTIVO MUNICIPAL, FIXA SUAS DIRETRIZES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>4353</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/697/697_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/697/697_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO DE CARGOS, CARREIRA E SALÁRIOS DO QUADOR PRÓPRIO DO MAGISTÉRIO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>4354</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/698/698_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/698/698_texto_integral.pdf</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>4355</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/699/699_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/699/699_texto_integral.pdf</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>4356</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/700/700_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/700/700_texto_integral.pdf</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>4357</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/701/701_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/701/701_texto_integral.pdf</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>4358</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/702/702_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/702/702_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRIBUIR MENSALMENTE COM A ASSOCIAÇÃO DOS MUNICÍPIOS DO PARANÁ - AMP</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>4359</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/703/703_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/703/703_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PERMISSÃO DE USO, A TÍTULO PRECÁRIO E GRATUITO, DE IMÓVEIS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>4360</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/704/704_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/704/704_texto_integral.pdf</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>4361</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/705/705_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/705/705_texto_integral.pdf</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>4362</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/706/706_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/706/706_texto_integral.pdf</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>4363</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/707/707_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/707/707_texto_integral.pdf</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>4364</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/708/708_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/708/708_texto_integral.pdf</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>4365</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/709/709_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/709/709_texto_integral.pdf</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>4366</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/710/710_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/710/710_texto_integral.pdf</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>4367</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/711/711_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/711/711_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER A AMORTIZAÇÃO DO DÉBITO ATUARIAL DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - RPPS, MEDIANTE DAÇÃO EM PAGAMENTO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>4368</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/712/712_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/712/712_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVOS À LEI Nº 2404 DE 30 DE SETEMBRO DE 2005, QUE DISPÕE SOBRE A REORGANIZAÇÃO DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>4369</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/713/713_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/713/713_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LETRA G DAS OBSERVAÇÕES ATINENTES AO ANEXO II DA LEI MUNICÍPAL Nº 1201 DE 15 DE DEZEMBRO DE 1986 - LEI QUE DISPÕE SOBRE O ZONEAMENTO DE USO E OCUPAÇÃO DO SOLO DO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>4370</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/714/714_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/714/714_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE INCENTIVOS TRIBUTÁRIOS À EMPRESA DE PAULA HOTÉIS - LTDA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>4371</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/715/715_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/715/715_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA REDAÇÃO DO ARTIGO 3º DA LEI 4028 DE 04/12/2015 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>4372</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/716/716_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/716/716_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE SALARIAL DOS SERVIDORES PÚBLICOS EFETIVOS, ATIVOS E INATIVOS, DETENTORES DE EMPREGO PÚBLICO E COMISSIONADOS DO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>4373</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/717/717_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/717/717_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ATUALIZAR A PLANTA GENÉRICA DE VALORES DOS IMÓVEIS SITUADOS NO QUADRO URBANO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>4374</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/718/718_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/718/718_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APLICAÇÃO DA LEI MUNICIPAL QUE TRATA DO REAJUSTE SALARIAL DOS SERVIDORES PÚBLICOS EFETIVOS, ATIVOS E INATIVOS, DETENTORES DE EMPREGO PÚBLICO E COMISSIONADOS DO MUNICÍPIO DE PALMEIRA, PARA O ANO DE 2016</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>4375</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/719/719_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/719/719_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RAJUSTE DO SUBSÍDIO DOS AGENTES POLÍTICOS DO PODER EXECUTIVO E DO PODER LEGISLATIVO, EM RAZÃO DE RECOMPOSIÇÃO DA PERDA INFLACIONÁRIA BASEADA NO ÍNDICE INPC, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>4376</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/720/720_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/720/720_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ADOÇÃO DE MEDIDAS PREVENTIVAS NO MUNICÍPIO DE PALMEIRA, QUANTO Á PROLIFERALÃO DOS MOSQUITOS AEDES AEGYPTI E AEDES ALBOPICTUS, DO VÍRUS DA DENGUE, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>4377</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/721/721_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/721/721_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA DO LIVRO E DA BIBLIOTECA NO MUNICÍPIO DE PALMEIRA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/111/111_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/111/111_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA ATRAVÉS DE REGIMENTO INTERNO A ESCOLA LEGISLATIVA NO ÂMBITO DA CÂMARA MUNICIPAL DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/112/112_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/112/112_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O § 3º AO ART. 64 DA RESOLUÇÃO Nº 104 DE 17 DE DEZEMBRO DE 2014</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/113/113_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/113/113_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REGRAS PARA O USO DOS VEÍCULOS OFICIAIS DA CÂMARA MUNICIPAL DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/114/114_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/114/114_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE VAGA PARA AUXILIAR DE LICITAÇÃO E COMPRAS, ALTERANDO O INCISO VIII DO ARTIGO 51 DA RESOLUÇÃO Nº 104 DE 17 DE DEZEMBRO DE 2014, BEM COMO O QUADRO III DO ANEXO I DA MESMA.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/115/115_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/115/115_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NORMAS INTERNAS PARA O REGIME DE ADIANTAMENTO NA CÂMARA MUNICIPAL DE PALMEIRA COM BASE NA LEI MUNICIPAL Nº 3572/2013 E NOS TERMOS DOS ARTIGOS 65, 68 E 69 DA LEI FEDERAL Nº 4320/64.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3264,68 +3264,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/196/196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/487/487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/488/488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/489/489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/490/490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/491/491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/492/492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/493/493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/496/496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/497/497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/498/498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/499/499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/509/509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/510/510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/511/511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/514/514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/515/515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/518/518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/519/519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/529/529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/530/530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/531/531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/532/532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/533/533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/534/534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/535/535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/536/536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/543/543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/549/549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/550/550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/553/553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/558/558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/577/577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/580/580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/583/583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2015/585/4231.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/589/589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/597/597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/601/601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/602/602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/603/603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/605/605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/606/606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/607/607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/608/608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/622/622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/624/624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/630/630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/631/631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/632/632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/633/633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/637/637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/638/638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/639/639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/640/640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/641/641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/643/643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/644/644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/645/645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/646/646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/647/647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/648/648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/649/649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/652/652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/653/653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/655/655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/656/656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/659/659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/661/661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/664/664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/665/665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/666/666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/667/667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/668/668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/669/669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/670/670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/671/671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/672/672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/673/673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/674/674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/675/675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/677/677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/678/678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/679/679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/680/680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/681/681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/682/682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/683/683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/684/684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/685/685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/686/686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/687/687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/688/688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/689/689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/690/690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/691/691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/692/692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/693/693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/694/694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/695/695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/696/696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/697/697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/698/698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/699/699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/700/700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/701/701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/702/702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/703/703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/704/704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/707/707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/708/708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/709/709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/710/710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/711/711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/712/712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/713/713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/714/714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/715/715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/716/716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/717/717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/718/718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/721/721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/115/115_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/196/196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/487/487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/488/488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/489/489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/490/490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/491/491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/492/492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/493/493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/496/496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/497/497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/498/498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/499/499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/509/509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/510/510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/511/511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/514/514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/515/515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/518/518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/519/519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/529/529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/530/530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/531/531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/532/532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/533/533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/534/534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/535/535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/536/536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/543/543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/549/549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/550/550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/553/553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/558/558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/577/577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/580/580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/583/583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2015/585/4231.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/589/589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/597/597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/601/601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/602/602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/603/603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/605/605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/606/606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/607/607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/608/608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/622/622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/624/624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/630/630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/631/631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/632/632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/633/633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/637/637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/638/638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/639/639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/640/640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/641/641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/643/643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/644/644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/645/645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/646/646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/647/647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/648/648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/649/649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/652/652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/653/653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/655/655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/656/656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/659/659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/661/661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/664/664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/665/665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/666/666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/667/667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/668/668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/669/669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/670/670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/671/671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/672/672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/673/673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/674/674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/675/675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/677/677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/678/678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/679/679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/680/680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/681/681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/682/682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/683/683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/684/684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/685/685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/686/686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/687/687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/688/688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/689/689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/690/690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/691/691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/692/692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/693/693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/694/694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/695/695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/696/696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/697/697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/698/698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/699/699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/700/700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/701/701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/702/702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/703/703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/704/704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/707/707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/708/708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/709/709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/710/710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/711/711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/712/712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/713/713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/714/714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/715/715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/716/716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/717/717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/718/718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/721/721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2015/115/115_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H280"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="93" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="92.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>