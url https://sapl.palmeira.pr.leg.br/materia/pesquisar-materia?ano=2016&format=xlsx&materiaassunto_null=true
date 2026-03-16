--- v0 (2026-01-30)
+++ v1 (2026-03-16)
@@ -51,2775 +51,2775 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/129/129_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/129/129_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O CONTRATO DE REPASSE Nº 822382/2015, QUE ENTRE SI CELEBRAM A UNIÃO POR INTERMÉDIO DO MCIDADES, REPRESENTADO PELA CAIXA ECONÔMICA FEDERAL E O MUNICÍPIO DE PALMEIRA/PR, OBJETIVANDO A EXECUÇÃO DE AÇÕES RELATIVAS AO PROGRAMA PLANEJAMENTO URBANO.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/130/130_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/130/130_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 45/2016 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO MENONITA BENEFICENTE - AMB.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/131/131_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/131/131_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 46/2016 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E ASSOCIAÇÃO MENONITA BENEFICENTE.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/132/132_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/132/132_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 47/2016 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO DE PAIS E AMIGOS DA EDUCAÇÃO ESPECIAL E REABILITAÇÃO DR. JORGE AMIM BACILA.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/133/133_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/133/133_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 48/2016 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E O LAR ACELINO.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/134/134_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/134/134_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 49/2016 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMERIA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E O LAR ACELINO.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/135/135_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/135/135_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 50/2016 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E O PROGRAMA VOLUNTARIADO PARANAENSE - PROVOPAR.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/136/136_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/136/136_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 51/2016 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO PROJETO RENASCER.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/137/137_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/137/137_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 52/2016 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO FAMÍLIA DE MARIA.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/138/138_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/138/138_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 53/2016 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO MENONITA DE ASSITÊNCIA SOCIAL - AMAS</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 54/2016 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE PALMEIRA - APAE.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/140/140_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/140/140_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 55/2016 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA, POR INTERMÉDIO DA SECRETARIA DE ASSISTÊNCIA SOCIAL, CIDADANIA E DIREITOS HUMANOS E ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE PALMEIRA - APAE.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/141/141_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/141/141_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O CONTRATO DE REPASSE Nº 825406/2015 QUE ENTRE SI CELEBRAM A UNIÃO POR INTERMÉDIO DO MINISTÉRIO DA AGRICULTURA, REPRESENTADO PELA CAIXA ECONÔMICA FEDERAL, E O MUNICÍPIO DE PALMEIRA/PR, OBJETIVANDO A ADEQUAÇÃO DO MUSEU MUNICIPAL ASTROGILDO DE FREITAS.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/142/142_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/142/142_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O CONTRATO DE REPASE Nº 825525/2015, QUE ENTRE SI CELEBRAM A UNIÃO POR INTERMÉDIO DO MAPA, REPRESENTADO PELA CAIXA ECONÔMICA FEDERAL, E O MUNICÍPIO DE PALMEIRA/PR, OBJETIVANDO A PATRULHA AGRÍCOLA.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/143/143_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/143/143_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 56/2016 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E A ASSOCIAÇÃO COMUNITÁRIA DOS MORADORES PROPRIETÁRIOS DE WITMARSUM.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/144/144_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/144/144_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 57/2016 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E SISTEMA DE SERVIÇOS DE ASSISTÊNCIA A SAÚDE SUPLEMENTAR LTDA. ME.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/145/145_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/145/145_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 58/2016 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E A COOPERATIVA DE CRÉDITO E INVESTIMENTO DE LIVRE ADMISSÃO CAMPOS GERAIS - SICREDI CAMPOS GERAIS.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/146/146_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/146/146_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 59/2016 - QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E O SINDICATO DOS SERVIDORES PÚBLICOS MUNICIPAIS DE PALMEIRA - SISMUP.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/147/147_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/147/147_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA A PRESTAÇÃO DE CONTAS DO MUNCÍPIO DE PALMEIRA, RELATIVAS AO EXERCÍCIO DE 2009, E DÁ OUTRA PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/148/148_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/148/148_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA A PRESTÃÇÃO DE CONTAS DO MUNICÍPIO DE PALMEIRA, RELATIVAS AO EXERCÍCIO DE 2010, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/149/149_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/149/149_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA A PRESTAÇÃO DE CONTAS DO MUNICÍPIO DE PALMEIRA, RELATIVAS AO EXERCÍCIO DE 2011, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/150/150_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/150/150_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O CONVÊNIO SOB Nº 60/2016, DE COOPERAÇÃO TÉCNICA QUE ENTRE SI CELEBRAM A UNICESUMAR - CENTRO UNIVERSITÁRIO DE MARINGA (MANTIDA PELA CESUMAR - CENTRO DE ENSINO SUPERIOR DE MARINGA LTDA.) E O MUNICÍPIO DE PALMEIRA.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/151/151_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/151/151_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOB Nº 61/2016, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E O MUNICÍPIO DE PORTO AMAZONAS.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/252/252_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/252/252_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DISPOSITIVOS DOS ARTIGOS 1º, 6º, 7º, 8º, 11, 16, 18, 21, 22, 24, 25, 27, 28, 29, 31, 32, 33, 34, 35, 38, 40, 41, 42, 44, 47, 48, 50, 51, 54, 55, 56, 57, 58, 65, 69, 71, 72, 73, 74, 75, 76, 77, 81, 84, 85-A, 86, 87, 95, 101, 102, 103, 104, 106, 108, 109, 110, 112, 117, 119, 124, 126, 128, 129, 130, 135, 136, 141, 142, 145, 147, 148, 149, 151, 153, 157, 158, 160, 161, 163, 168, 178, 179, 180, 181, 184, 185, 188, 189, 191, 193, 194, 195, 197, 198, 199, 201, 203, 204, 205, 208, 210, 211 E 213 DA LEI ORGÂNICA DO MUNICÍPIO DE PALMEIRA, ACRESCENTA OS ART. 1ª-A, 1º-B, 1º-C, 1º-D, 1º-E, 72-A, 107-A, 134-A E 212-A, REVOGA OS INCISOS XIV, XXVIE E XXVII DO ART. 6º, ART. 21, INCISO XV DO ART. 31, § 2º DO ART. 40, § 1º, § 2º E § 3º ALÍNEA A, B E C DO ART. 42, INCISO VII DO ART. 51, ART. 57, INCISO III DO ART. 75, INCISO VII DO ART. 76, ART. 85-A, § 2º DO ART. 104, ALÍNEA C DO INCISO I DO ART. 119, ART. 129, § 6º DO ART. 136, PARÁGRAFO ÚNICO DO ART. 145, E § 1º E § 2º DO ART. 147, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>4378</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/253/253_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/253/253_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ACESSO À INFORMAÇÃO, PREVISTO NO INCISO XXXIII DO ART. 5º, NO INCISO II DO § 3º DO ART. 37 E NO  § 2º DO ART. 216 DA CONSTITUIÇÃO FEDERAL E NA LEI FEDERAL 12527, DE 18 DE NOVEMBRO DE 2011, CRIA O SERVIÇO DE INFORMAÇÕES AO CIDADÃO NO ÂMBITO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>4379</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/254/254_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/254/254_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA DE ORIENTAÇÃO E PREVENÇÃO DA GRAVIDEZ NA ADOLESCÊNCIA NO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>4380</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/255/255_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/255/255_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A COMPLEMENTAÇÃO DA POLÍTICA HABITACIONAL DE INTERESSE SOCIAL DO MUNICÍPIO, VOLTADA À POPULAÇÃO DE BAIXA RENDA EM VULNERABILIDADE SOCIAL.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>4381</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/256/256_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/256/256_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA ESCOLA DE GESTÃO PÚBLICA DE PALMEIRA, EM ATENDIMENTO A LEI ORGÂNICA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>4382</t>
   </si>
   <si>
     <t>ABRE VAGAS NO SERVIÇO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>4383</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/258/258_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/258/258_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>4384</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/259/259_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/259/259_texto_integral.pdf</t>
   </si>
   <si>
     <t>ADEQUA A REMUNERAÇÃO DE CARGOS AO SALÁRIO MÍNIMO NACIONAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>4385</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/260/260_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/260/260_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DA LEI Nº 1987, DE 19 DE MARÇO DE 1999, ALTERA O ART. 1ª DA LEI Nº 2704, DE 04 DE ABRIL DE 2008 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>4386</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/261/261_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/261/261_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS A LEI Nº 4064, DE 30 DE DEZEMBRO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>4387</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/262/262_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/262/262_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROMOVER A CONCESSÃO DE SERVIÇOS PÚBLICOS DE OPERAÇÃO, ADMINISTRAÇÃO, MANUTENÇÃO, CONSERVAÇÃO, REFORMA E EXPLORAÇÃO COMERCIAL DO TERMINAL RODOVIÁRIO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>4388</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/263/263_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/263/263_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER À CONCESSÃO DE DIREITO REAL DE USO RESOLÚVEL DE IMÓVEL URBANO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>4389</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/264/264_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/264/264_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DEFINIÇÃO DOS LIMITES DO PERÍMETRO URBANO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>4390</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/265/265_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/265/265_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DEFINIÇÃO DOS LIMITES DO PERÍMETRO URBANO ESPECÍFICO DO DISTRITO DE PAPAGAIOS NOVOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>4391</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/266/266_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/266/266_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DEFINIÇÃO DOS LIMITES DO PERÍMETRO URBANO ESPECÍFICO DA LOCALIDAED DE WITMARSUM, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>4392</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/267/267_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/267/267_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A COONCEDER AUXÍLIO-ALIMENTAÇÃO AOS SEUS SERVIDORES QUE FAZEM JUS AO BENEFÍCIO.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>4393</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/268/268_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/268/268_texto_integral.pdf</t>
   </si>
   <si>
     <t>HOMOLOGA OS TERMOS DE ACORDO FIRMADOS ENTRE O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - RPPS DE PALMEIRA E OS SERVIDORES PÚBLICOS MUNICIPAIS INATIVOS, PERTENCENTES AO QUADRO PRÓPRIO DO MAGISTÉRIO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>4394</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/269/269_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/269/269_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE INCENTIVOS TRIBUTÁRIOS À EMPRESA ABP ADMINISTRADORA DE BENS PRÓPRIOS LTDA. E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>4395</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/270/270_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/270/270_texto_integral.pdf</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>4396</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/271/271_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/271/271_texto_integral.pdf</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>4397</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/272/272_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/272/272_texto_integral.pdf</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>4398</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/273/273_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/273/273_texto_integral.pdf</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>4399</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/274/274_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/274/274_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>4400</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/275/275_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/275/275_texto_integral.pdf</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>4401</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/276/276_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/276/276_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>4402</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/277/277_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/277/277_texto_integral.pdf</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>4403</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/278/278_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/278/278_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO DE PESSOAL POR TEMPO DETERMINADO PARA ATENDER NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO, NA ÁREA DA SAÚDE, NOS TERMOS DO INCISO IX DO ART. 37 DA CONSTITUIÇÃO FEDERAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>4404</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/279/279_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/279/279_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO AO PRÉDIO DA PREFEITURA MUNICIPAL DE PALMEIRA.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>4405</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/280/280_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/280/280_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO A CONTRIBUIR COM A ANUIDADE DECORRENTE DO PROTOCOLO DE INTENÇÕES CELEBRADO ENTRE A CÂMARA MUNICIPAL DE PALMEIRA E A ASSOCIAÇÃO BRASILEIRA DAS ESCOLAS DO LEGISLATIVO E CONTAS - ABEL.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>4406</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/281/281_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/281/281_texto_integral.pdf</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>4407</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/282/282_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/282/282_texto_integral.pdf</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>4408</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/283/283_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/283/283_texto_integral.pdf</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>4409</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/284/284_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/284/284_texto_integral.pdf</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>4410</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/285/285_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/285/285_texto_integral.pdf</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>4411</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/286/286_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/286/286_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA UNIDADE DE SAÚDE DE QUEIMADAS.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>4412</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/287/287_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/287/287_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESAFETAÇÃO DE IMÓVEL PÚBLICO, SITUADO NO LOTEAMENTO GRALHA AZUL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>4413</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/288/288_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/288/288_texto_integral.pdf</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>4414</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/289/289_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/289/289_texto_integral.pdf</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>4415</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/290/290_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/290/290_texto_integral.pdf</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>4416</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/291/291_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/291/291_texto_integral.pdf</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>4417</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/292/292_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/292/292_texto_integral.pdf</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>4418</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/293/293_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/293/293_texto_integral.pdf</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>4419</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/294/294_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/294/294_texto_integral.pdf</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>4420</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/295/295_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/295/295_texto_integral.pdf</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>4421</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/296/296_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/296/296_texto_integral.pdf</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>4422</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/297/297_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/297/297_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA E REVOGA DISPOSITIVOS DA LEI Nº 3960, DE 11 DE SETEMBRO DE 2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>4423</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/298/298_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/298/298_texto_integral.pdf</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>4424</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/299/299_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/299/299_texto_integral.pdf</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>4425</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/300/300_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/300/300_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PERMUTAR BEM IMÓVEL DE PROPRIEDADE DO MUNICÍPIO DE PALMEIRA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>4426</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/301/301_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/301/301_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVALIDA OS TERMOS DO ACORDO FIRMADO ENTRE O MUNICÍPIO DE PALMEIRA E OS SERVIDORES PÚBLICOS MUNICIPAIS INATIVOS E EXONERADOS, PERTENCENTES AO QUADRO PRÓPRIO DO MAGISTÉRIO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>4427</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/302/302_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/302/302_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTRUÇÃO E INSTALAÇÃO DE POSTOS REVENDEDORES OU POSTOS DE ABASTECIMENTO DE COMBUSTÍVEIS E/OU SERVIÇOS NO MUNICÍPIO DE PALMEIRA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>4428</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/303/303_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/303/303_texto_integral.pdf</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>4429</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/304/304_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/304/304_texto_integral.pdf</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>4430</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/305/305_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/305/305_texto_integral.pdf</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>4431</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/306/306_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/306/306_texto_integral.pdf</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>4432</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/307/307_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/307/307_texto_integral.pdf</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>4433</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/308/308_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/308/308_texto_integral.pdf</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>4434</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/309/309_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/309/309_texto_integral.pdf</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>4435</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/310/310_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/310/310_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS AMIGOS DO CÃO DE RUA DE PALMEIRA - AACARUP.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>4436</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/311/311_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/311/311_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O PRÊMIO CIDADE CLIMA DO BRASIL.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>4437</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/312/312_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/312/312_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE ESTRADA RURAL DO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>4438</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/313/313_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/313/313_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA E ACRESCENTA DISPOSITIVOS A LEI Nº 1987, DE 19 DE MARÇO DE 1999, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>4439</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/314/314_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/314/314_texto_integral.pdf</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>4440</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/315/315_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/315/315_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE PALMEIRA PARA O EXERCÍCIO FINANCEIRO DE 2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>4441</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/316/316_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/316/316_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A PERÍCIA MÉDICA OFICIAL DO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>4442</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/317/317_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/317/317_texto_integral.pdf</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>4443</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/318/318_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/318/318_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCESSÃO DE GRATIFICAÇÃO DE FUNÇÃO AO PREGOEIRO E MEMBROS DA EQUIPE DE APOIO, NA CÂMARA MUNICIPAL DE PALMEIRA.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>4444</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/319/319_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/319/319_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS À LEI Nº 3944, DE 19 DE AGOSTO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>4445</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/320/320_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/320/320_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOTIVOS A LEI Nº 2702, DE 04 DE ABRIL DE 2008 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>4446</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/321/321_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/321/321_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA ARTIGO 3º DA LEI 3176 DE 12/05/2016, QUE AUTORIZA O PODER EXECUTIVO A DOAR ÁREA DO MUNICÍPIO PARA CONSTRUÇÃO DE FÓRUM ELEITORAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>4447</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/322/322_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/322/322_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SISTEMA ÚNICO DE ASSITÊNCIA SOCIAL DO MUNICÍPIO DE PALMEIRA - SUAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>4448</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/323/323_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/323/323_texto_integral.pdf</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>4449</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/324/324_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/324/324_texto_integral.pdf</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>4450</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/325/325_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/325/325_texto_integral.pdf</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>4451</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/326/326_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/326/326_texto_integral.pdf</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>4452</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/327/327_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/327/327_texto_integral.pdf</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>4453</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/328/328_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/328/328_texto_integral.pdf</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>4454</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/329/329_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/329/329_texto_integral.pdf</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>4455</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/330/330_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/330/330_texto_integral.pdf</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>4456</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/331/331_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/331/331_texto_integral.pdf</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>4457</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/332/332_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/332/332_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE RUA DA CIDADE.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>4458</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/333/333_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/333/333_texto_integral.pdf</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>4459</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/334/334_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/334/334_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PAGAMENTO DOS HONORÁRIOS DE SUCUMBÊNCIA AOS PROCURADORES MUNICIPAIS, FIXA CRITÉRIOS PARA O RATEIO DESSES VALORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>4460</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/335/335_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/335/335_texto_integral.pdf</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>4461</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/336/336_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/336/336_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE INCENTIVO TRIBUTÁRIO À EMPRESA BASTON DO BRASIL PRODUTOS QUÍMICOS LTDA. E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>4462</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/337/337_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/337/337_texto_integral.pdf</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>4463</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/338/338_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/338/338_texto_integral.pdf</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>4464</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/339/339_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/339/339_texto_integral.pdf</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>4465</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/340/340_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/340/340_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESAFETAÇÃO DE IMÓVEIS PÚBLICOS, SITUADOS NO LOTEAMENTO JARDIM RESIDENCIAL SANTA HELENA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>4466</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/341/341_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/341/341_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER À CONCESSÃO DE DIREITO REAL DE USO RESOLÚVEL DE IMÓVEIS URBANOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>4467</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/342/342_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/342/342_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 3944, DE 19 DE AGOSTO DE 2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>4468</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/343/343_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/343/343_texto_integral.pdf</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>4469</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/344/344_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/344/344_texto_integral.pdf</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>4470</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/345/345_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/345/345_texto_integral.pdf</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>4471</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/346/346_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/346/346_texto_integral.pdf</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>4472</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/347/347_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/347/347_texto_integral.pdf</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>4473</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/348/348_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/348/348_texto_integral.pdf</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>4474</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/349/349_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/349/349_texto_integral.pdf</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>4475</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/350/350_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/350/350_texto_integral.pdf</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>4476</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/351/351_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/351/351_texto_integral.pdf</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>4477</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/352/352_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/352/352_texto_integral.pdf</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>4478</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/353/353_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/353/353_texto_integral.pdf</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>4479</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/354/354_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/354/354_texto_integral.pdf</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>4480</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/355/355_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/355/355_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DA VENDA DE GÁS DE BUZINA DE PRESSÃO ENVASADO EM TUBO DE AEROSOL PARA MENORES DE 18 ANOS NOS LOCAIS DE DETERMINADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>4481</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/356/356_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/356/356_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA DA CONSCIENTIZAÇÃO DO AUTISMO NO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>4482</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/357/357_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/357/357_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAPROVEITAMENTO DO MATERIAL ORGÂNICO PROVENIENTE DA COLETA DO LIXO ORGÂNICO DE FEIRAS LIVRES E DA PODA DE ÁRVORES, NO ÂMBITO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>4483</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/358/358_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/358/358_texto_integral.pdf</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>4484</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/359/359_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/359/359_texto_integral.pdf</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>4485</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/360/360_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/360/360_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA DA CIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>4486</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/361/361_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/361/361_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DE ATENDIMENTOS DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>4487</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/362/362_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/362/362_texto_integral.pdf</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>4488</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/363/363_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/363/363_texto_integral.pdf</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>4489</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/364/364_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/364/364_texto_integral.pdf</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>4490</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/365/365_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/365/365_texto_integral.pdf</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>4491</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/366/366_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/366/366_texto_integral.pdf</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>4492</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/367/367_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/367/367_texto_integral.pdf</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>4493</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/368/368_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/368/368_texto_integral.pdf</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>4494</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/369/369_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/369/369_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 3598, DE 26 DE DEZEMBRO DE 2013, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>4495</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/370/370_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/370/370_texto_integral.pdf</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>4496</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/371/371_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/371/371_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>4497</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/372/372_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/372/372_texto_integral.pdf</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>4498</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/373/373_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/373/373_texto_integral.pdf</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>4499</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/374/374_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/374/374_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>4500</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/375/375_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/375/375_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER À CONCESSÃO DE DIREITO REAL DE USO RESOLÚVEL DE IMÓVEL URBANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>4501</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/376/376_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/376/376_texto_integral.pdf</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>4502</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/377/377_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/377/377_texto_integral.pdf</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>4503</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/378/378_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/378/378_texto_integral.pdf</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>4504</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/379/379_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/379/379_texto_integral.pdf</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>4505</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/380/380_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/380/380_texto_integral.pdf</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>4506</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/381/381_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/381/381_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>4507</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/382/382_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/382/382_texto_integral.pdf</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>4508</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/383/383_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/383/383_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ADQUIRIR BEM IMÓVEL, MEDIANTE DOAÇAO COM ENCARGOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>4509</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/384/384_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/384/384_texto_integral.pdf</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>4510</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/385/385_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/385/385_texto_integral.pdf</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>4511</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/386/386_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/386/386_texto_integral.pdf</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>4512</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/387/387_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/387/387_texto_integral.pdf</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>4513</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/388/388_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/388/388_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA E CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>4514</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/389/389_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/389/389_texto_integral.pdf</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>4515</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/390/390_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/390/390_texto_integral.pdf</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>4516</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/391/391_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/391/391_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PALMEIRA PARA O EXERCÍCIO DE 2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>4518</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/393/393_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/393/393_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA E ALTERA DISPOSITIVOS DA LEI Nº 3268 DE 26 DE OUTUBRO DE 2011 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>4519</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/394/394_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/394/394_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER MEDIANTE CONVÊNIO, O REPASSE DE RECURSOS FINANCEIROS À ASSOCIAÇÃO MENONITA BENEFICENTE - AMB, COM SEDE NESTE MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>4520</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/395/395_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/395/395_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER MEDIANTE CONVÊNIO, O REPASS DE RECURSOS FINANCEIROS À ASSOCIAÇÃO PROJETO RENASCER, COM SEDE NESTE MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>4521</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/396/396_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/396/396_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER MEDIANTE CONVÊNIO, O REPASSE DE RECURSOS FINANCEIROS À ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE PALMEIRA - APAE, COM SEDE NESTE MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>4522</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/397/397_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/397/397_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER MEDIANTE CONVÊNIO, O REPASSE DE RECURSOS FINANCEIROS À ASSOCIAÇÃO MENONITA DE ASSISTÊNCIA SOCIAL, COM SEDE NESTE MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>4523</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/398/398_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/398/398_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULARIZAÇÃO DE ÁREAS DESTINADAS A PRAÇA E VIA PÚBLICA SITUADA NO LOTEAMENTO ELIAS FARAJALA BACILA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>4524</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/399/399_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/399/399_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ADQUIRIR BEM IMÓVEL, MEDIANTE DOÃÇÃO COM ENGARGOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>4525</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/400/400_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/400/400_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS À LEI Nº 3738, DE 14 DE SETEMBRO DE 2014, QUE DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DA JUVENTUDE - CMJ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>4526</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/401/401_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/401/401_texto_integral.pdf</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>4527</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/402/402_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/402/402_texto_integral.pdf</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>4528</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/403/403_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/403/403_texto_integral.pdf</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>4529</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/404/404_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/404/404_texto_integral.pdf</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>4530</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/405/405_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/405/405_texto_integral.pdf</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>4531</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/406/406_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/406/406_texto_integral.pdf</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>4532</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/407/407_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/407/407_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 2344 DE 15 DE DEZEMBRO DE 2004 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>4533</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/408/408_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/408/408_texto_integral.pdf</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>4534</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/409/409_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/409/409_texto_integral.pdf</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>4535</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/410/410_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/410/410_texto_integral.pdf</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>4536</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/411/411_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/411/411_texto_integral.pdf</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>4537</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/412/412_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/412/412_texto_integral.pdf</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>4538</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/413/413_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/413/413_texto_integral.pdf</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>4539</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/414/414_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/414/414_texto_integral.pdf</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>4540</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/415/415_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/415/415_texto_integral.pdf</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>4541</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/416/416_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/416/416_texto_integral.pdf</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>4542</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/417/417_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/417/417_texto_integral.pdf</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>4543</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/418/418_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/418/418_texto_integral.pdf</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>4544</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/419/419_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/419/419_texto_integral.pdf</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>4545</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/420/420_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/420/420_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DE PALMEIRA AO DEPUTADO FEDERAL HIDEKAZU TAKAYAMA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>4546</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/421/421_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/421/421_texto_integral.pdf</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>4547</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/422/422_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/422/422_texto_integral.pdf</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>4548</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/423/423_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/423/423_texto_integral.pdf</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>4549</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/424/424_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/424/424_texto_integral.pdf</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>4550</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/425/425_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/425/425_texto_integral.pdf</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>4551</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/426/426_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/426/426_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A RUAS DO LOTEAMENTO JARDIM DAS PALMEIRAS.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>4552</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/427/427_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/427/427_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PERMISSÃO DE USO, A TÍTULO PRECÁRIO E GRATUÍTO, DE BENS PÚBLICOS ÀS ENTIDADES SEM FINS LUCRATIVOS, NA FORMA QUE ESPECIFÍCA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>4553</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/428/428_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/428/428_texto_integral.pdf</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>4554</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/429/429_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/429/429_texto_integral.pdf</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>4555</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/430/430_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/430/430_texto_integral.pdf</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>4556</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/431/431_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/431/431_texto_integral.pdf</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>4557</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/432/432_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/432/432_texto_integral.pdf</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>4558</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/433/433_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/433/433_texto_integral.pdf</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>4559</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/434/434_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/434/434_texto_integral.pdf</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>4560</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/435/435_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/435/435_texto_integral.pdf</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>4561</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/436/436_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/436/436_texto_integral.pdf</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>4562</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/437/437_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/437/437_texto_integral.pdf</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>4563</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/438/438_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/438/438_texto_integral.pdf</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>4564</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/439/439_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/439/439_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>4565</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/440/440_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/440/440_texto_integral.pdf</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>4566</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/442/442_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/442/442_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER A AMORTIZAÇÃO DO DÉBITO ATUARIAL JUNTO AO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - RPPS, MEDIANTE DAÇÃO EM PAGAMENTO DE BEM IMÓVEL DE PROPRIEDADE DO MUNICÍPIO DE PALMEIRA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>4567</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/443/443_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/443/443_texto_integral.pdf</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>4568</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/444/444_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/444/444_texto_integral.pdf</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>4569</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/445/445_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/445/445_texto_integral.pdf</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>4570</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/446/446_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/446/446_texto_integral.pdf</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>4571</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/447/447_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/447/447_texto_integral.pdf</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>4572</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/448/448_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/448/448_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DO IDOSO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>4573</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/449/449_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/449/449_texto_integral.pdf</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>4574</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/450/450_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/450/450_texto_integral.pdf</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>4575</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/451/451_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/451/451_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI MUNICIPAL Nº 3572/2013 EM SEUS ARTIGOS Nº 6º, 7º, 9º, 24, 26, 28, 29 E 30, QUE VERSAM SOBRE O REGIME DE ADIANTAMENTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>4576</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/452/452_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/452/452_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROCEDIMENTOS A SEREM TOMADOS PARA A ADOÇÃO DE MEDIDAS DE VIGILÂNCIA SANITÁRIA, MEIO AMBIENTE E PROGRAMA MUNICIPAL DE CONTROLE DA DENGUE SEMPRE QUE VERIFICAR SITUAÇÃO DE IMINENTE PERIGO À SAÚDE PÚBLICA PELA PRESENÇA DO MOSQUITO TRANSMISSOR DA DENGUE, FEBRE CHUKUNGUNYA E ZIKA VÍRUS, BEM COMO OUTROS VETORES E OUTRAS DOENÇAS.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>4577</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/453/453_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/453/453_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA ORGANIZACIONAL ADMINISTRATIVA DO PODER EXECUTIVO DO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>4578</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/454/454_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/454/454_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI MUNICIPAL Nº 4135/2016 EM SEU ARTIGO 1º, QUE VERSA SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>4579</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/455/455_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/455/455_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI MUNICIPAL Nº 4232/2016 EM SEU ARTIGO 1º, QUE VERSA SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>4580</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/456/456_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/456/456_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI MUNICIPAL Nº 4244/2016 EM SEU ARTIGO 1º, QUE VERSA SOBRE A ABERTURA DE CRÉDITO ADIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>4581</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/457/457_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/457/457_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI MUNICIPAL Nº 4245/2016 EM SEU ARTIGO 1º, QUE VERSA SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>4582</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/458/458_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/458/458_texto_integral.pdf</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>4583</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/459/459_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/459/459_texto_integral.pdf</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>4584</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/460/460_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/460/460_texto_integral.pdf</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>4585</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/461/461_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/461/461_texto_integral.pdf</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>4586</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/462/462_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/462/462_texto_integral.pdf</t>
   </si>
   <si>
     <t>RATIFICA O CONTEÚDO DOS ARTIGOS 55 A 64 DA RESOLUÇÃO Nº 104/2014, BEM COMO O CONTEÚDO DA RESOLUÇÃO Nº 81/2011, QUE TRATAM DO PLANO DE CARGOS E SALÁRIOS DOS SERVIDORES DO PODER LEGISLATIVO DO MUNICÍPIO DE PALMEIRA.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>4587</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/463/463_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/463/463_texto_integral.pdf</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>4588</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/464/464_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/464/464_texto_integral.pdf</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>4589</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/465/465_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/465/465_texto_integral.pdf</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>4590</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/466/466_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/466/466_texto_integral.pdf</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>4591</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/467/467_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/467/467_texto_integral.pdf</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>4592</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/468/468_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/468/468_texto_integral.pdf</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>4593</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/469/469_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/469/469_texto_integral.pdf</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>4594</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/470/470_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/470/470_texto_integral.pdf</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>4595</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/471/471_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/471/471_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1201, DE 15 DE DEZEMBRO DE 1986, QUE DISPÕE SOBRE O ZONEAMENTO DE USO E OCUPAÇÃO DO SOLO DO PERÍMETRO URBANO DA SEDE DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>4596</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/472/472_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/472/472_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE INCENTIVO TRIBUTÁRIO À EMPRESA FELIPE RIGONI E CIA LTDA. E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>4597</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/473/473_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/473/473_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE INCENTIVO TRIBUTÁRIO À EMPRESA ELISEU RIGONI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>4598</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/474/474_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/474/474_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE INCENTIVO TRIBUTÁRIO À EMPRESA CHAMALOG CARGA E DESCARGA LTDA. - ME E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>4599</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/475/475_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/475/475_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS À LEI Nº 3960 DE 11 DE SETEMBRO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>4600</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/476/476_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/476/476_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER, MEDIANTE CONVÊNIO, O REPASSE DE RECURSOS FINANCEIROS A ASSOCIAÇÃO COMUNITÁRIA DOS MORADORES PROPRIETÁRIOS DE WITMARSUM, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>4601</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/477/477_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/477/477_texto_integral.pdf</t>
   </si>
   <si>
     <t>CANCELA AÇÕES PREVISTAS NA LEI MUNICIPAL Nº 3584/2013, PLANO PLURIANUAL 2014 - 2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>4602</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/478/478_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/478/478_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DO COMBATE À VIOLÊNCIA CONTRA A MULHER E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>4603</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/479/479_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/479/479_texto_integral.pdf</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>4604</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/480/480_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/480/480_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A PERÍCIA MÉDICA OFICIAL DA PREFEITURA MUNICIPAL DE PALMEIRA.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>4605</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/481/481_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/481/481_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROCEDER COM O REPASSE DE RECURSOS FINANCEIROS À HOSPITAL DE CARIDADE DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>4606</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/482/482_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/482/482_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNIPAL A PROCEDER COM O REPASSE DE RECURSOS FINANCEIROS À HOSPITAL DE CARIDADE DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>4607</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/483/483_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/483/483_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROCEDER COM O REPASSE DE RECURSOS FINANCEIROS AO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DOS CAMPOS GERAIS - CIMSAÚDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>4608</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/484/484_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/484/484_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 158 E INCLUI NOVO INCISO AO ARTIGO 148, AMBOS DA LEI Nº 1700/1994, QUE VERSA SOBRE O REGIME JURÍDICO ÚNICO DOS SERVIDORES MUNICIPAIS.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>4609</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/485/485_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/485/485_texto_integral.pdf</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>4610</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/486/486_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/486/486_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVALIDA AS DISPOSIÇÕES CONSTANTES DA LEI Nº 4280 DE 21 DE DEZEMBRO DE 2016, QUE AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/106/106_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/106/106_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REGULAMENTA NO ÂMBITO DA CÂMARA MUNICIPAL DE PALMEIRA, A UTILIZAÇÃO DA MODALIDADE DE LICITAÇÃO DENOMINADA PREGÃO PRESENCIAL, NOS MOLDES DO DECRETO MUNICIPAL Nº 4865 DE 29/06/2005, E LEI NACIONAL Nº 10520 DE 17/07/2002 </t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/107/107_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/107/107_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REGIMENTO INTERNO DO PROGRAMA PARLAMENTO JOVEM DA CÂMARA MUNICIPAL DE PALMEIRA, COM BASE NA LEI MUNICIPAL Nº 3561, DE 23 DE OUTUBRO DE 2013, QUE REGULAMENTA O PROGRAMA PARLAMENTO JOVEM</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/108/108_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/108/108_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE VAGA PARA CONTADOR, ALTERANDO O INCISO VII DO ART. 51 DA RESOLUÇÃO Nº 104 DE 17 DE DEZEMBRO DE 2014, BEM COMO O QUADRO III DO ANEXO I DA MESMA</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/109/109_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/109/109_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSOLIDA O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PALMEIRA/PR, E REVOGA A RESOLUÇÃO Nº 061/2003 E SUAS RESPECTIVAS ALTERAÇÕES</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/110/110_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/110/110_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE INSTRUMENTO DE CONVÊNIO ENTRE A CÂMARA MUNICIPAL DE PALMEIRA E O SINDICATO DOS SERVIDORES PÚBLICOS MUNICIPAIS DE PALMEIRA</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>Consolida o Regimento Interno da Câmara Municipal de Palmeira/PR e revoga a resolução 61/2003, com suas respectivas alterações.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -3132,67 +3132,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/287/287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/306/306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/315/315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/328/328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/330/330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/331/331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/336/336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/339/339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/345/345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/346/346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/347/347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/348/348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/349/349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/350/350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/353/353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/355/355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/356/356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/357/357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/358/358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/359/359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/360/360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/361/361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/362/362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/365/365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/366/366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/367/367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/368/368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/369/369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/370/370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/371/371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/372/372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/373/373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/374/374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/377/377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/382/382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/383/383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/384/384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/385/385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/386/386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/387/387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/388/388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/389/389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/390/390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/391/391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/396/396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/397/397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/401/401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/402/402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/403/403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/405/405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/406/406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/407/407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/408/408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/409/409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/410/410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/411/411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/412/412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/413/413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/414/414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/415/415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/416/416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/417/417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/418/418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/419/419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/420/420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/421/421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/422/422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/423/423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/424/424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/425/425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/426/426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/427/427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/429/429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/430/430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/431/431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/432/432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/433/433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/434/434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/435/435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/436/436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/437/437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/438/438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/439/439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/440/440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/442/442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/443/443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/444/444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/445/445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/446/446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/447/447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/448/448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/449/449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/450/450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/451/451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/452/452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/453/453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/454/454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/455/455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/456/456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/457/457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/458/458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/459/459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/469/469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/474/474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/475/475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/287/287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/306/306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/315/315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/328/328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/330/330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/331/331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/336/336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/339/339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/345/345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/346/346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/347/347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/348/348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/349/349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/350/350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/353/353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/355/355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/356/356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/357/357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/358/358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/359/359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/360/360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/361/361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/362/362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/365/365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/366/366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/367/367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/368/368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/369/369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/370/370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/371/371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/372/372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/373/373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/374/374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/377/377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/382/382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/383/383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/384/384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/385/385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/386/386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/387/387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/388/388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/389/389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/390/390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/391/391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/396/396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/397/397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/401/401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/402/402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/403/403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/405/405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/406/406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/407/407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/408/408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/409/409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/410/410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/411/411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/412/412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/413/413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/414/414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/415/415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/416/416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/417/417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/418/418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/419/419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/420/420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/421/421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/422/422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/423/423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/424/424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/425/425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/426/426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/427/427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/429/429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/430/430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/431/431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/432/432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/433/433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/434/434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/435/435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/436/436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/437/437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/438/438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/439/439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/440/440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/442/442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/443/443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/444/444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/445/445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/446/446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/447/447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/448/448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/449/449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/450/450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/451/451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/452/452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/453/453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/454/454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/455/455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/456/456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/457/457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/458/458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/459/459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/469/469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/474/474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/475/475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2016/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H263"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="93" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="92.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>