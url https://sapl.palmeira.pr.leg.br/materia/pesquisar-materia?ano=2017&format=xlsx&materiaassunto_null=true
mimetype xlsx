--- v0 (2026-01-29)
+++ v1 (2026-03-19)
@@ -51,6285 +51,6285 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/94/94_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/94/94_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVOS NA LEI Nº 2223, DE 26 DE NOVEMBRO DE 2002, INSTITUÍNDO O PARCELAMENTO DO ITBI - IMPOSTO SOBRE A TRASMISSÃO DE BENS IMÓVEIS INTER-VIVOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Denis Sanson</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/977/977_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/977/977_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO EM FAZER A CONCESSÃO DE KIT DE HIGIENE BUCAL NAS ESCOLAS PÚBLICAS MUNICIPAIS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Marcos Ribas</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1107/1107_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1107/1107_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LARGURA DAS ESTRADAS MUNICIPAIS E RESPECTIVAS FAIXAS DE DOMÍNIO, FIXA LIMITAÇÕES DE USO, AUTORIZA O RECEBIMENTO DE ÁREAS EM DOAÇÃO, CONCEDE ISENÇÃO DA CONTRIBUIÇÃO  DE MELHORIA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Pastor Anselmo</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE VEJA A POSSIBILIDADE DE PATROLAR E FAZER A ABERTURA DE VALETAS PARA ESCOAMENTO DAS ÁGUAS DAS CHUVAS DE PUGAS ATÉ A PONTE DOS MIKA, NA DIVISA COM O MUNICÍPIO DE PORTO AMAZONAS.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE VEJA A POSSIBILIDADE DE FAZER O MANILHAMENTO DAS ÁGUAS DAS CHUVAS EM FRENTE AO LAR LEVI, EM PUGAS DE CIMA</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA, A SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADO PATROLAMENTO DA ESTRADA DO CORREDOR, QUE INICIA NA IGREJA DA VILINHA, ATÉ A PR - 151, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADO PATROLAMENTO DA ESTRADA QUE INICIA NA BR - 277, PASSANDO PELA COLÔNIA PAPAGAIOS, ATÉ A IGREJA DA VILINHA, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO DEPARTAMENTO DE TRÂNSITO, QUE VEJA DA POSSIBILIDADE DE INSTALAR REDUTOR DE VELOCIDADE TIPO LOMBADA NA RUA ANTÔNIO VICTÓRIO VIANNA, NAS PROXIMIDADES DO Nº 246, NO LOTEAMENTO MUNICIPAL.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE URBANISMO, QUE SEJA EFETIVADO UM PROJETO DE PAVIMENTAÇÃO ASFÁLTICA E TODA A INFRAESTRUTURA NECESSÁRIA, DA RUA ROSA MILDEMBERG MAYER, NA VILA MAYER, LIGANDO À RUA XV DE NOVEMBRO.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Gilmar Costa</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO EXMO. SENHOR PREFETO MUNICIPAL, QUE VEJA DA POSSIBILIDADE DE DETERMINAR AO SETOR COMPETENTE, A INSTALAÇÃO DE ILUMINIÇÃO DO CAMPO DE FUTEBOL SUIÇO DA LOCALIDADE DE RINCÃO DO COXO.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE REALIZE O PATROLAMENTO NOS TRECHOS QUE SE FIZEREM NECESSÁRIOS, NA ESTRADA QUE INICIA NA BR - 277, PASSANDO POR CORREIAS, ATÉ A LOCALIDADE DE BOA VISTA.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE REALIZE O PATROLAMENTO E CASCALHAMENTO NOS TRECHOS QUE SE FIZEREM NECESSÁRIOS, NA ESTRADA QUE INICIA NA LOCALIDADE DE PINHEIRAL DE BAIXO, PASSANDO POR PINHEIRAL DO MALUCELLI, ATÉ A LOCALIDADE DE RANCHINHO.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, A SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE REALIZE O PATROLAMENTO E CASCALHAMENTO NOS TRECHOS QUE SE FIZEREM NECESSÁRIO, NA ESTRADA QUE INICIA NA PR - 151, PASSANDO PELA PROPRIEDADE DE SIDNEI MOL, ATÉ A LOCALIDADE DE PASSO DO TIO PAULO.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE REALIZE O PATROLAMENTO ONDE SE FIZER NECESSÁRIO, NA ESTRADA QU INICIA NA PR - 151, PASSANDO POR PINHEIRAL DE BAIXO, EM COLÔNIA MACIEL</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Arildo Zaleski</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE VEJA DA POSSIBILIDADE DE RECUPERAR A PAVIMENTAÇÃO ASFÁLTICA NO LAR DE IDOSOS ACELINO.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADA A READEQUAÇÃO DA ESTRADA RURAL DENOMINADA FAXINA, LIGANDO A LOCALIDADE DE GUARAUNINHA A VOLTA GRANDE, PASSANDO PELA PROPRIEDADE DO SR. LUIZ BORGES.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REFEITO O TRECHO DA RUA JOÃO KLIMIONT, BAIRRO ROCIO I, DANIFICADO COM AS CHUVAS DOS ÚLTIMOS DIAS.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADO REPARO NA RUA OSCAR TEIXEIRA DE OLIVEIRA - VILA RURAL.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO EXMO. SR. PREFEITO MUNICIPAL, PARA QUE VEJA DA POSSIBILIDADE DE DETERMINAR AO SETOR COMPETENTE A CONSTRUÇÃO DE BANHEIRO PÚBLICO, VESTIÁRIO E COLOCAÇÃO DE BEBEDOUROS NO COMPLEXO ESPORTIVO GEOVANI AMÂNCIO DOS SANTOS (QUADRA DE FUTEBOL SOCIETY), LOCALIZADA NA PRAÇA MANOEL RIBAS.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADA OPERAÇÃO TAPA BURACOS, NA RUA HEITOR STOCLER DE FRANÇA, ROCIO I.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Everaldo Kuhn</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE MEIO AMBIENTE, QUE SEJAM REALIZADAS ROÇADAS PERIÓDICAS EM TODA A EXTENSÃO DA AV. DAS PALMEIRAS, BEM COMO SEJAM INSTALADAS LIXEIRAS EM FRENTE AO CMEI RUBENS BORCOSKI E EM OUTROS LOCAIS ESTRATÉGICOS NAS RUAS QUE DÃO ACESSO A REFERIDA AVENIDA.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>João Savi</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA MUNICIPAL DE MEIO AMBIENTE QUE VEJA A POSSIBILIDADE DE EFETUAR A REVITALIZAÇÃO DO CRUZEIRO, NUMERÁRIO E CAPELA MORTUÁRIA DO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA, A CONSTRUÇÃO DE ABRIGOS NOS PONTOS DE ÔNIBUS NA EXTENSÃO DA AV. DAS PALMEIRAS, SENDO ELES NAS PROXIMIDADES COM AS ESQUINAS DAS RUAS ARTUR BARÃO (ENTRADA PARA A VILA VICENTINA), INÁCIO BARÃO E VALDOMIRO RIGONI.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, SEJA REALIZADO REPARO EM BURACO EXISTENTE NA RUA BARÃO DO RIO BRANCO, EM FRENTE AO NÚMERO 40.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA, AO EXMO. PREFEITO MUNICIPAL, QUE VEJA DA POSSIBILIDADE DE FAZER A DOAÇÃO OU CESSÃO DE USO DE PLAINA NIVELADORA PARA A LOCALIDADE DE PINHEIRAL DE BAIXO. </t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO DEPARTAMENTO DE TRÂNSITO, QUE VEJA DA POSSIBIDADE DE INSTALAR DOIS REDUTORES DE VELOCIDADE TIPO LOMBADA NA AVENIDA DAS PALMEIRAS, NAS PROXIMIDADES DA EMPRESA BASTON, NA COLÔNIA FRANCESA.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE VEJA DA POSSILBIDADE DE SUBSTITUIR AS LÃMPADAS QUEIMADAS DA ILUMINAÇÃO PÚBLICA, EM FRENTE ÀS RESIDÊNCIAS DA SENHORA DETE COSTA E DO SENHOR TÔNICO COSTA, EM PINHEIRAL DE BAIXO.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO DEPARTAMENTO DE TRÂNSITO, QUE VEJA DA POSSIBILIDADE DE INSTALAR REDUTOR DE VELOCIDADE TIPO LOMBADA NA RUA CONCEIÇÃO, EM FRENTE DA EMPRESA MAGPARANÁ.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA, AO EXMO. SR PREFEITO MUNICIPAL, QUE VEJA A POSSIBILDADE DE DETERMINAR AO SETOR COMPETENTE A RECUPERAÇÃO DA COBERTURA DA QUADRA DE ESPORTES DA ESCOLA MUNICIPAL DE VIEIRAS. </t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO DEPARTAMENTO DE TRÂNSITO, QUE VEJA A POSSIBILDIADE DE INSTALAR REDUTOR DE VELOCIDADE DO TIPO LOMBADA NA RUA CONCEIÇÃO, NAS PROXIMIDADES DA ESQUINA ONDE SITUA-SE A EMPRESA DOURAA VEÍCULOS.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE VEJA DA POSSIBILIDADE DE REALIZAR A RECUPERAÇÃO DA ILUMINAÇÃO PÚBLICA EM TODA AS GLEBAS (01, 02, 03, 04, 05 E CENTRO) DA COLÔNIA WITMARSUM.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE VEJA A POSSIBILIDADE DE REALIZAR O PATROLAMENTO E CASCALHAMENTO NA ESTRADA DA COMUNIDADE DE VIEIRAS.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE VEJA A POSSIBILDIADE DE REALIZAR OPERAÇÃO TAPA BURACOS NA VIA PRINCIPAL DA COMUNIDADE DE VIEIRAS.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO DEPARTAMENTO DE TRÂNSITO, QUE VEJA DA POSSIBILIDADE DE INSTALAR EM OUTRO LOCAL A LOMBADA DA RUA VICENTE MACHADO, EM FRENTE AO Nº 800.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>Denis Sanson, Everaldo Kuhn</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAM, AO DEPARTAMENTO DE SEGURANÇA E TRÂNSITO, QUE VEJA DA POSSIBILIDADE DE INSTALAR TRAVESSIAS ELEVADAS ONDE SE FIZER NECESSÁRIO, EM TODA A EXTENSÃO DA AVENIDA DAS PALMEIRAS, NA COLÔNIA FRANCESA.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, A COLOCAÇÃO DE BOCA DE LOBO PARA ESCOAÇÃO DE ÁGUAS PLUVIAIS EM FRENTE AO CMEI VEREADOR SEBASTIÃO SANSON, LOCALIZADO NA RUA THEÓFILO LIAN TRABULSE, Nº 190.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, PROVIDÊNCIA PARA MELHORAR AS CONDIÇÕES DA RUA ANTÔNIO BACH FILHO, NO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>Rogério Czelusniak</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, PARA A SECRETARIA DE OBRAS E INFRAESTRUTURA, A REALIZAÇÃO DE DRENAGEM COM A CONSTRUÇÃO DE GALERIA PARA ESCOAMENTO DAS ÁGUAS DAS CHUVAS NAS IMEDIAÇÕES DA RUA AMIM BACILA, NO NÚCLEO TIBAGI, E SE POSSÍVEL TAMBÉM O ALARGAMENTO DA REFERIDA RUA, CONFORME ABAIXO ASSINADO EM ANEXO DOS MORADORES.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/954/954_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/954/954_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO DEPARTAMENTO DE SEGURANÇA E TRÂNSITO, QUE VEJA DA POSSIBILIDADE DE INSTITUIR MÃO ÚNICA NA RUA JUVENAL ZANARDINE</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/955/955_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/955/955_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE MEIO AMBIENTE, QUE SEJA REALIZADO A COLETA DE LIXO ORGÂNICO E DO MATERIAL RECICLÁVEL, SEMANALMENTE, NA COMUNIDADE DE SANTA BÁRBARA</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/956/956_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/956/956_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADA A RECUPERAÇÃO ASFÁLTICA, COLOCAÇÃO DE MEIO FIO E REDUTOR DE VELOCIDADE, NA RUA AFONSO SCHAMNE</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/957/957_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/957/957_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO DEPARTAMENTO DE TRÂNSITO, QUE VEJA DA POSSIBILIDADE DE INSTITUIR SENTIDO ÚNICO NA RUA AFONSO SCHAMNE, INICIANDO NA RUA SANTOS DUMONT</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/958/958_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/958/958_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, O CASCALHAMENTO NA ESTRADA QUE INICIA NA LOCALIDADE DE ÁGUA CLARA ATÉ A PROPRIEDADE DO SR. VALTER SOUZA MACEDO</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/959/959_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/959/959_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADA OPERAÇÃO TAPA BURACOS NA AVENIDA SETE DE ABRIL</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/960/960_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/960/960_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE ESPORTE E CULTURA, A INSTALAÇÃO DE ACADEMIA AO AR LIVRE, AO LADO DA ESF - ESTRATÉGA DE SAÚDE DA FAMÍLIA, DA COMUNIDADE DE FAXINAL DOS QUARTINS</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/966/966_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/966/966_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO EXMO. SR. PREFEITO MUNICIPAL, QUE REALIZE A REVISÃO DO CÓDIGO TRIBUTÁRIO MUNICIPAL (LEI Nº 2223 DE 26/11/2002), BEM COMO INCLUA A PROPOSTA DE ANTEPROJETO Nº 001/17 QUE SE REFERE AO PARCELAMENTO DO IMPOSTO SOBRE TRANSMISSÃO DE BENS IMÓVEIS - ITBI, COMO TAMBÉM VEJA DA POSSIBILIDADE DE APLICAÇÃO DO IPTU PROGRESSIVO NO TEMPO E SEJA INCLUSO AS ALTERAÇÕES DA LEI COMPLEMENTAR 157/2016 DO IMPOSTO SOBRE SERVIÇO</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/978/978_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/978/978_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA À SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA, A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NA RUA MANOEL RIBAS, NO NÚCLEO ARCO IRIS.  </t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/979/979_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/979/979_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. PREFEITO MUNICIPAL, QUE SEJA REALIZADO ESTUDO PARA IMPLANTAÇÃO DE SISTEMA DE TRANSPORTE COLETIVO PARA ATENDER A DEMANDA DA CIDADE E INTERIOR.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/981/981_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/981/981_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADA A RECUPERAÇÃO ASFÁUTICA DA RUA PEDRO SAWATZKI.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/982/982_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/982/982_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA MUNICIPAL DE MEIO AMBIENTE, QUE VEJA DA POSSIBILIDADE DE DISPONIBILIZAR UM LOCAL APROPRIADO PARA DESCARTE DE TVS, BEM COMO O AGENDAMENTO PARA RECOLHIMENTO DAS MESMAS.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/983/983_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/983/983_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A SECRETARIA MUNICIPAL DE MEIO AMBIENTE, QUE VEJA DA POSSIBILIDADE DE FAZER UMA PARCERIA COM O GRUPO DE DESBRAVADORES, DISPONIBILIZANDO UM ESPAÇO PÚBLICO (PRAÇA, CANTEIRO DE RUA, ETC), PARA SER ZELADO PELO REFERIDO GRUPO.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/984/984_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/984/984_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA À SECRETARIA DE OBRAS E INFRESTRUTURA, QUE VEJA DA POSSIBILIDADE DE DISPONIBILIZAR 10 MANILHAS DE 30 OU 40 CM PARA CONSERTO DE BUEIRO LOCALIZADO EM FRENTE DA IGREJA LUTERANA DA COMUNIDADE DE PAPAGAIOS NOVOS. </t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/985/985_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/985/985_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO DEPARTAMENTO DE SEGURANÇA E TRÂNSITO, QUE VEJA DAD POSSIBILIDADE DE INSTALAR TRAVESSIA ELEVADA NA RUA VICENTE MACHADO, EM FRENTE AO MERCADO MUNICIPAL.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/986/986_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/986/986_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA DE SAÚDE, QUE VEJA DA POSSIBILIDADE DE REALIZAR A DISTRIBUIÇÃO DE MEDICAMENTOS DE USO CONTÍNUO PARA DIABETES E HIPERTENSÃO EM TODAS AS UNIDADES DE SAÚDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/991/991_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/991/991_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE REALIZE O PATROLAMENTO  CASCALHAMENTO NOS TRECHOS QUE SE FIZEREM NECESSÁRIO, NA ESTRADA QUE LIGA PASSO DO TIO PAULO E RANCHINHO</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/992/992_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/992/992_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA DE MUNICIPAL DE ESPORTE E LAZER, A INSTALAÇÃO DE ACADEMIA AO AR LIVRE, NA LOCALIDADE DE CORREIAS</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/993/993_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/993/993_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA DE OBRAS E INFRAESTRUTURA QUE SEJA REALIZADO O PATROLAMENTO E CASCALHAMENTO DA ESTRADA RURAL QUE INICIA EM CAMPESTRE DE VIEIRAS (PRÓXIMO A EMPRESA CARGILL)PASSANDO PELA PROPRIEDADE DO SENHOR ZENO DOMBROSKI, ATÉ FAXINAL DOS MINEIROS</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/994/994_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/994/994_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA QUE SEJA REALIZADO O PATROLAMENTO E CASCALHAMENTO DA ESTRADA DE SANTA BARBARA, PASSANDO POR RIO DAS PEDRAS, ATÉ A LOCALIDADE DE FAXINAL DOS QUARTINS</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/995/995_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/995/995_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA DE SAÚDE QUE SEJA REALIZADA A COLOCAÇÃO DA PORTA DO BANHEIRO E TOMADA NA SALA DE ESPERA, PARA FUNCIONAMENTO DA TV, NA UNIDADE DE SAÚDE DA COLÔNIA FRANCESA</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/996/996_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/996/996_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA DE SAÚDE PARA QUE VEJA DA POSSIBILIDADE DE CEDER UMA COPIADORA PARA USO NA UNIDADE DE SAÚDE DA LOCALIDADE DE VIEIRAS</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/997/997_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/997/997_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA DE SAÚDE PARA QUE VEJA DA POSSIBILIDADE DE REATIVAR O ATENDIMENTO ODONTOLÓGICO NA LOCALIDADE DE GUARAUNINHA</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/998/998_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/998/998_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA DE SAÚDE PARA QUE VEJA DA POSSIBILIDADE DE REATIVAR O ATENDIMENTO ODONTOLÓGICO NA LOCALIDADE DE VIEIRAS</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/999/999_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/999/999_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA DE SAÚDE PARA QUE VEJA DA POSSIBILIDADE DE DISPONIBILIZAR AGENTE COMUNITÁRIO DE SAÚDE PARA LOCALIDADE DA VILINHA</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1014/1014_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1014/1014_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA MUNICIPAL DE EDUCAÇÃO, QUE VEJA DA POSSIBILIDADE DE REALIZAR A REFORMA DA COBERTURA DA QUADRA POLIESPORTIVA DA ESCOLA MUNICIPAL NOSSA SENHORA DO ROSÁRIO, NA LOCALIDADE DE VIEIRAS</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1015/1015_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1015/1015_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADO PATROLAMENTO E CASCALHAMENTO, E INSTALAÇÃO DE BUEIROS NA ESTRADA QUE INICIA NA PR - 151 E SE ESTENDE ATÉ AO POSTO DE SAÚDE NA LOCALIDADE DE POÇO GRANDE</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1016/1016_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1016/1016_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE MEIO AMBIENTE, QUE VEJA DA POSSIBILIDADE DE DISPONIBILIZAR UM LOCAL APROPRIADO PARA DESCARTE DE LIXO ORGÂNICO E RECICLÁVEL, E O DEVIDO RECOLHIMENTO NA LOCALIDADE DE POÇO GRANDE</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1017/1017_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1017/1017_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, A SECRETÁRIA DE URBANISMO, QUE SEJA ELABORADO PROJETO DE PAVIMENTAÇÃO ASFÁLTICA, COM RECURSOS FEDERAIS PARA A RUA JOHANES JANZEN, NA LOCALIDADE DE WITMARSUM</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1018/1018_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1018/1018_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADO REPAROS NAS GRADES DE PROTEÇÃO DA PONTE SOBRE O RIO MONJOLO, BEM COMO A SUBSTITUIÇÃO DAS LAMPADAS DO POSTE DE ILUMINAÇÃO PÚBLICA DO REFERIDO LOCAL QUE DÁ ACESSO AO BAIRRO VILA ROSA</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>João Alberto Gaiola</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1019/1019_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1019/1019_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA MUNICIPAL DE ESPORTE E LAZER, QUE VEJA DA POSSIBILIDADE DE INSTALAR PLACAR ELETRÔNICO E A SUBSTITUIÇÃO DAS TRAVES E TABELAS DA QUADRA POLIESPORTIVA DO GINÁSIO SEBASTIÃO AMÂNCIO DOS SANTOS, LOCALIZADO AO LADO DAS SECRETARIAS DE AGRICULTURA E PECUÁRIA, E DE MEIO AMBIENTE</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1020/1020_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1020/1020_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADA OPERAÇÃO TAPA BURACOS NAS RUAS SETE DE SETEMBRO E AFONSO SCHAMNE, BAIRRO CENTRO</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1021/1021_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1021/1021_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO DEPARTAMENTO DE SEGURANÇA E TRÂNSITO, QUE VEJA DA POSSIBILIDADE DE ALTERAR O ESTACIONAMENTO DAS RUAS ZEQUINHA DE ABREU, QUERUBINA MARCONDES DE SÁ E FRANCISCO CHEROBIM, NA VILA MARIA, PERMITINDO O ESTACIONAMENTO EM AMBOS OS LADOS, CONFORME ABAIXO ASSINADO EM ANEXO</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1022/1022_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1022/1022_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO EXMO. SR. PREFEITO MUNICIPAL, QUE VEJA A POSSIBILIDADE DE DETERMINAR AO SETOR COMPETENTE A CONSTRUÇÃO DE POÇO ARTESIANO, NA LOCALIDADE DE MANDAÇAIA</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1033/1033_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1033/1033_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE EDUCAÇÃO, QUE VEJA DA POSSIBILIDADE DE REALIZAR A INSTALAÇÃO DE INTERNET NA ESCOLA MUNICIPAL LEONOR SANTOS, DA LOCALIDADE DE FAXINAL DOS QUARTINS</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1034/1034_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1034/1034_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE MEIO AMBIENTE, QUE SEJAM TOMADAS AS DEVIDAS PROVIDÊNCIAS EM RELAÇÃO AO PINHEIRO NA ROTATÓRIA DA AVENIDA DAS PALMEIRAS, E A RECOMPOSIÇÃO DA GRAMA</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1035/1035_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1035/1035_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA MUNICIPAL DE SAÚDE, QUE VEJA DA POSSIBILIDADE DE CONSERTAR OU ADQUIRIR UM COMPRESSOR E INSTRUMENTOS ODONTOLÓGICOS PARA O CONSULTÓRIO DA LOCALIDADE DE QUERO-QUERO</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1036/1036_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1036/1036_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO EXMO. SR. PREFEITO MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE A COLOCAÇÃO DE ILUMINAÇÃO PÚBLICA NO TREVO QUE DÁ ACESSO A LOCALIDADE DE QUERO-QUERO</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1056/1056_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1056/1056_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, A SECRETARIA MUNICIPAL DE EDUCAÇÃO, QUE VEJA DA POSSIBILIDADE DE CONSTRUIR ÁREA DE COBERTURA MEDINDO 10 X 10 NO PÁRIO DA ESCOLA MUNICIPAL DO CAMPO PEDRO GROSS FILHO</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1037/1037_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1037/1037_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE VEJA DA POSSIBILIDADE DE INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA, NA MARGINAL DA BR - 277, NO BAIRRO DO ROCIO II</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1059/1059_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1059/1059_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, A AMPLIAÇÃO DE REDE DE ILUMINAÇÃO PÚBLICA E COLOCAÇÃO DE LUMINÁRIAS NA RUA MANOEL CRISTIANO DOS SANTOS, NA VILA MILITAR</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1060/1060_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1060/1060_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA MUNICIPAL DE ESPORTES E LAZER, A INSTALAÇÃO DE ACADEMIA AO AR LIVRE, NA LOCALIDADE DE VIEIRAS</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1061/1061_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1061/1061_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE URBANISMO, QUE SEJA ELABORADO PROJETO DE PAVIMENTAÇÃO ASFÁLTICA E DE REDE PLUVIAL NA RUA TENENTE ANTÔNIO JOAQUIM DE CAMARGO, VILA MILITAR</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1062/1062_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1062/1062_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO DEPARTAMENTO DE TRÂNSITO QUE VEJA DA POSSIBILIDADE DA INSTALAÇÃO DE REDUTOR DE VELOCIDADE TIPO LOMBADA, NA RUA JESUÍNO MARCONDES, NAS PROXIMIDADES DA ESQUINA COM A RUA ARALDO MANOEL ERIKSEN</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1063/1063_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1063/1063_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REPARADO BURACO EXISTENTE NA ESTRADA DA VILINHA, EM FRENTE A PROPRIEDADE DA FAMÍLIA STAFIN</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1064/1064_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1064/1064_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO EXMO. SR. PREFEITO MUNICIPAL, QUE VEJA A POSSIBILIDADE DE DETERMINAR AO SETOR COMPETENTE A INSTALAÇÃO DE BANHEIROS (MASCULINO E FEMININO), PONTO DE ENERGIA ELÉTRICA E PONTO DE ÁGUA NA PISTA CEDIDA AO MOTO CLUBE DE PALMEIRA</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1074/1074_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1074/1074_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA MUNICIPAL DE MEIO AMBIENTE, QUE SEJA REALIZADO A COLETA PERIÓDICA DE LIXO NOS CEMITÉRIOS DO INTERIOR DO MUNICÍPIO</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1075/1075_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1075/1075_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADO OPERAÇÃO TAPA BURACOS NA RUA ANDRÉ GUMY, LOCALIZADA NO BAIRRO ROCIO II</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1079/1079_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1079/1079_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA MUNICIPAL DE MEIO AMBIENTE, QUE VEJA DA POSSIBILIDADE DE REALIZAR A LIMPEZA DO RIO MONJOLO, A RETIRADA DE ÁRVORES EXÓTICAS E AINDA A PLANTAÇÃO DE ÁRVORES NATIVAS ÀS MARGENS DO MESMO</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1080/1080_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1080/1080_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE VEJA DA POSSIBILIDADE DE REFAZER O TRECHO FINAL DA RUA HEITOR STOKLER DE FRANÇA, BEM COMO INSTALAR ILUMINAÇÃO PÚBLICA NO REFERIDO TRECHO</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1081/1081_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1081/1081_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE MEIO AMBIENTE, QUE SEJA PROVIDENCIADO A LIMPEZA DO TERRENO LOCALIZADO NA RUA ALBERTO KLÁS, EM FRENTE A EMPRESA LOUIS DREYFUS, NO DISTRITO INDUSTRIAL</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1093/1093_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1093/1093_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE ESPORTE E LAZER, QUE VEJA DA POSSIBILIDADE DE SUBSTITUIR AS LÂMPADAS QUEIMADAS DO GINÁSIO DE ESPORTES, LOCALIZADO AO LADO DO GINÁSIO DE ESPORTES SEBASTIÃO AMÂNCIO DOS SANTOS</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1094/1094_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1094/1094_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADO O PATROLAMENTO E CASCALHAMENTO NA ESTRADA QUE LIGA A LOCALIDADE DE ARROIO GRANDE A ESTRA PRINCIPAL SEBASTIÃO SANSON NA LOCALIDADE DE VIEIRAS</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1095/1095_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1095/1095_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA QUE VEJA A POSSIBILIDADE DE REALIZAR DRENAGEM OU CONSTRUIR BARREIRA DE CONTENÇÃO NA ESTRADA DA LOCALIDADE DE VIEIRAS, EM FRENTE A PROPRIEDADE DE FRANCISCO KASIOROWKI</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1096/1096_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1096/1096_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE VEJA A POSSIBILIDADE DE EFETUAR A COLOCAÇÃO DE PEDRAS NO TRECHO FINAL DA RUA CONSELHEIRO JESUÍNO MARCONDES</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1097/1097_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1097/1097_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADO PATROLAMENTO E CASCALHAMENTO NA ESTRADA DA BOA VISTA, NAS PROXIMIDADES DA PROPRIEDADE DE IVONEL PRZYBYCIEN</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1098/1098_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1098/1098_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADA OPERAÇÃO TAPA BURACOS NAS RUAS LUÍS CAPRARO E MANOEL CRISTINO DOS SANTOS, BAIRRO VILA MILITAR</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1099/1099_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1099/1099_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO DEPARTAMENTO DE SEGURANÇA E TRÂNSITO, QUE VEJA DA POSSIBILIDADE DE INSTALAR TRAVESSIA ELEVADA NA RUA BASÍLIO MACHADO, S/N, VILA ROSA, EM FRENTE AO CEMEI - RECANTO DOS PEQUENINOS</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/</t>
   </si>
   <si>
     <t>INDICAÇÃO N° 94/2017</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1122/1122_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1122/1122_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO DEPARTAMENTO DE SEGURANÇA E TRÂNSITO, QUE VEJA DA POSSIBILIDADE DE INSTITUIR SENTIDO ÚNICO NA RUA BASÍLIO MACHADO</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1123/1123_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1123/1123_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO EXMO. SR. PREFEITO MUNICIPAL, QUE SEJA REALIZADA A AMPLIAÇÃO DA REDE DE ILUMINAÇÃO PÚBLICA E COLOCAÇÃO DE LUMINÁRIAS ATÉ A PROPRIEDADE DO SENHOR NÉRI GROSS COSTA, EM PINHEIRAL DE BAIXO</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1124/1124_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1124/1124_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADO O PATROLAMENTO E CASCALHAMENTO NA ESTRADA QUE LIGA PINHEIRAL SERRARIA ATÉ A ESTRADA QUE PASSA PELA PROPRIEDADE DO SENHOR ADÃO JORGE GROSS, TAMBÉM PASSANDO PELA PROPRIEDADE DE JEAN CARLOS COSTA</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1125/1125_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1125/1125_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADO O PATROLAMENTO E CASCALHAMENTO DA ESTRADA QUE LIGA PINHEIRAL DE BAIXO À COLÔNIA MACIEL</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1126/1126_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1126/1126_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA MUNICIPAL DE MEIO AMBIENTE, QUE SEJA REALIZADA A INSTALAÇÃO DE LIXEIRA NAS PROXIMIDADES DA PROPRIEDADE DO SENHOR PAULO VISBISKI, EM SANTA QUITÉRA</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE VEJA A POSSIBILIDADE DE EFETUAR OBRAS PARA O ESCOAMENTO DAS CHUVAS, ENTRE AS RUAS EMÍLIO MALUCELLI E EMÍLIA FARIA ERICSEN, NO NÚCLEO TIBAGI</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1128/1128_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1128/1128_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO DEPARTAMENTO DE SEGURANÇA E TRÂNSITO, QUE VEJA DA POSSIBILIDADE DE INSTALAR REDUTORES DE VELOCIDADE, TIPO LOMBADA, NOS DOIS LADOS DA TRINCHEIRA DA BR 277, QUE DÁ ACESSO AO BAIRRO ROCIO II</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1129/1129_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1129/1129_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE VEJA DA POSSIBILIDADE DE REATIVAÇÃO DOS BANHEIROS DA PRAÇA MANOEL RIBAS</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1130/1130_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1130/1130_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, A LIMPEZA DA CABECEIRA DA PONTE DO RIO DO SALTO, PRÓXIMO A EMPRESA HUHTAMAKI</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1131/1131_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1131/1131_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADO PATROLAMENTO E CASCALHAMENTO NA RUA JOÃO HONÓRIO DOS SANTOS, LOCALIZADA NO BAIRRO ROCIO I</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1132/1132_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1132/1132_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO CHEFE DO PODER EXECUTIVO, QUE DETERMINE À SECRETARIA DE OBRAS E INFRAESTRUTURA O MANILHAMENTO DE UM PEQUENO ESPAÇO DA VIA PÚBLICA, LOCALIZADA EM FRENTE A IGREJA EVANGÉLICA ASSEMBLEIA DE DEUS, NA VILA MONJOLO, NESTA CIDADE</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1158/1158_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1158/1158_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO DEPARTAMENTO DE TRÂNSITO, QUE VEJA A POSSIBILIDADE DE REALIZAR A COLOCAÇÃO DE PLACAS INDICATIVAS DAS DENOMINAÇÕES DE RUAS, NO BAIRRO DO ROCIO II</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1164/1164_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1164/1164_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO DEPARTAMENTO DE TRÂNSITO, QUE DETERMINE A CONSTRUÇÃO DE PASSAGEM ELEVADA, NA RUA VICENTE MACHADO, EM FRENTE A ESCOLA REALEZA</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1165/1165_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1165/1165_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E URBANISMO, A CONSTRUÇÃO DE CALÇADA, NO CANTEIRO CENTRAL DA ROTATÓRIA DO VIADUTO SOBRE A BR - 277, NA COLÔNIA FRANCESA</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1166/1166_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1166/1166_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO CHEFE DO PODER EXECUTIVO, QUE DETERMINE AO SETOR DE OBRAS E/OU MEIO AMBIENTE DA PREFEITURA, A SUBSTITUIÇÃO OU MODERNIZAÇÃO DA CERCA VIVA QUE DETERMINA OS LIMITES DO CEMITÉRIO MUNICIPAL LOCALIZADO À RUA SANTOS DUMONT, NESTA CIDADE</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1167/1167_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1167/1167_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO CHEFE DO PODER EXECUTIVO, QUE DETERMINE AO SETOR DE OBRAS E INFRAESTRUTURA, A INSTALAÇÃO DE MEIO FIO, NA RUA BOLES BORCOSKI, CENTRO, NESTA CIDADE</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1184/1184_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1184/1184_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA MUNICIPAL DE FINANÇAS, QUE VEJA DA POSSIBILIDADE DE PERMITIR O PARCELAMENTO DO PAGAMENTO DAS DÍVIDAS TRIBUTÁRIAS, ATRAVÉS DO REFIS</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1185/1185_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1185/1185_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO DEPARTAMENTO DE SEGURANÇA E TRÂNSITO, QUE VEJA DA POSSIBILIDADE DE INSTALAR TRAVESSIA ELEVADA NA AVENIDA 7 DE ABRIL EM AMBOS OS LADOS, NAS PROXIMIDADES DO Nº 462</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1208/1208_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1208/1208_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJAM REALIZADAS MELHORIAS NA RUA TAMANDUÁ, NO BAIRRO DO ROCIO II</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1220/1220_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1220/1220_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO DEPARTAMENTO DE TRÂNSITO, QUE VEJA A POSSIBILIDADE DA INSTALAÇÃO DE SEMÁFORO NA ESQUINA DAS RUAS CONCEIÇÃO E DOM ALBERTO GONÇALVES</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1221/1221_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1221/1221_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE MEIO AMBIENTE, QUE VEJA A POSSIBILIDADE DE REALIZAR SEMANALMENTE OU MENSALMENTE A COLETA DE LIXO RECICLÁVEL NA LOCALIDADE DE QUEIMADAS, EM DATAS E LOCAIS FIXADOS PARA A COLETA</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1222/1222_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1222/1222_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO DEPARTAMENTO DE TRÂNSITO, QUE VEJA DA POSSIBILIDADE DE INSTALAR TRAVESSIA NA RUA HENRIQUE KUHN, NO BAIRRO ROCIO II</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1223/1223_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1223/1223_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, A POSSIBILIDADE DE REALIZAR LIMPEZA NA GALERIA PLUVIAL, NA RUA HENRIQUE KUHN, NO BAIRRO ROCIO II</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1224/1224_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1224/1224_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO DEPARTAMENTO DE TRÂNSITO, QUE VEJA A POSSIBILIDADE DE INSTALAÇÃO DE SEMÁFORO NA ESQUINA DA RUA XV DE NOVEMBRO COM A AVENIDA SETE DE ABRIL</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1225/1225_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1225/1225_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA QUE SEJA REALIZADO PATROLAMENTO E CASCALHAMENTO NA ESTRADA DE CANTA GALO, QUE INICIA NO ARMAZÉM DO MEZZADRI, PASSANDO PELA PROPRIEDADE DE IVONEI KOVALSKI, ATÉ A PONTE DA DIVISA COM O MUNICÍPIO DE SÃO JOÃO DO TRIUNFO</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1226/1226_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1226/1226_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA QUE SEJA REALIZADO PATROLAMENTO E CASCALHAMENTO NA ESTRADA QUE PINHEIRAL A COLÔNIA MACIEL</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1234/1234_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1234/1234_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA MUNICIPAL DE EDUCAÇÃO, QUE VEJA A POSSIBILIDADE DE INCLUIR NO ROTEIRO ESCOLAR A ESTRADA DA COMUNIDADE DE PASSO DO TIO PAULO, QUE PASSA PELA PROPRIEDADE DE CESAR SIMON</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1235/1235_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1235/1235_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE REALIZE O PATROLAMENTO E CASCALHAMENTO NOS TRECHOS QUE SE FIZEREM NECESSÁRIO, NA ESTRADA DA COMUNIDADE DE PASSO DO TIO PAULO, QUE PASSA PELA PROPRIEDADE DE CESAR SIMON</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1252/1252_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1252/1252_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJAM REALIZADAS OBRAS PARA MELHORAR AS CONDIÇÕES PARA TRÁFEGO NO FINAL DA RUA HEITOR STOCKLER DE FRANÇA, NO ROCIO I</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1253/1253_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1253/1253_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJAM REALIZADOS OS REPAROS NECESSA&amp;#180;RIOS NA ESTRADA QUE LIGA VIEIRAS A VOLTA GRANDE, PASSANDO NAS PROXIMIDADES DA PROPRIEDADE DE ROBERTO PRZYBECK (ROBERTO XEBETA)</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1275/1275_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1275/1275_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO DEPARTAMENTO DE TRÂNSITO, QUE VEJA DA POSSIBILIDADE DE INSTALAÇÃO DE PASSAGEM ELEVADA NA RUA NASCIN BACILA, ESQUINA COM A RUA FRITZ KLIEWER, BAIRRO VILA ROSA</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1276/1276_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1276/1276_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO EXMO. SR. PREFEITO MUNICIPAL, A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NA COMUNIDADE DE PAPAGAIOS NOVOS</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1277/1277_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1277/1277_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, A SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADO O PATROLAMENTO E CASCALHAMENTO, BEM COMO O CONSERTO DA PONTE NA RUA DA VILA MONJOLO</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1278/1278_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1278/1278_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, A SECRETARIA DE OBRAS E INFRAESTRUTURA, O PATROLAMENTO E CASCALHAMENTO NA ESTRADA POPULARMENTE CONHECIDA COMO "ESTRADA DO MEIO", NA COMUNIDADE DE GUARAUNA DOS BORGES, PASSANDO EM FRENTE A PROPRIEDADE DO SR. RICARDO GARRET</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1291/1291_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1291/1291_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE MEIO AMBIENTE, QUE SEJA REALIZADA A LIMPEZA NA RUA JOÃO HONÓRIO DOS SANTOS, NAS PROXIMIDADES DO CAMPO DE FUTEBOL DO ROCIO FUTEBOL CLUBE</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1292/1292_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1292/1292_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADA A SUBSTITUIÇÃO DE LÂMPADAS DANIFICADAS NO ACESSO À CAPELA NOSSA SENHORA APARECIDA, NO BAIRRO DA COLÔNIA FRANCESA</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1293/1293_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1293/1293_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADO O PATROLAMENTO E CASCALHAMENTO NA ESTRADA QUE DÁ ACESSO AO SANTUÁRIO BOM JESUS DO MONTE, NA LOCALIDADE DE VIEIRAS</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1294/1294_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1294/1294_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADO O CONSERTO DA BOCA DE LOBO EXISTENTE EM FRENTE AO Nº 109 DA RUA ASAD K. DI KARDUSH, NO LOTEAMENTO WOLLA BRUDZINSKA</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1305/1305_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1305/1305_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO EXMO. SR. PREFEITO MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE, A ABERTURA DE ACESSO LATERAL AOS FUNDOS DA CANCHA DE ESPORTES DO BAIRRO DO ROCIO II, E AINDA A POSSIBILIDADE DE CEDER CARGAS DE AREIA FINA</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1306/1306_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1306/1306_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO EXMO. SR. PREFEITO MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE O FECHAMENTO DO ACESSO À ESCOLA ESTADUAL AMADEU MÁRIO MARGRAF, PELO PROLONGAMENTO DA RUA JÚLIO KOSLOSKI</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1307/1307_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1307/1307_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO EXMO. SR. PREFEITO MUNICIPAL, QUE SEJA REALIZADO ESTUDO PARA A MUNICIPALIZAÇÃO DO TRÂNSITO NO MUNICÍPIO DE PALMEIRA</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1308/1308_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1308/1308_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUE A PREFEITURA MUNICIPAL VEJA DA POSSIBILIDADE DE EFETIVAÇÃO DE PARCEIRA COM O CENTRO DE TREINAMENTO E REABILITAÇÃO DE EQUINOS CENTRAL DE REPRODUÇÃO, QUE PRESTA O SERVIÇO DE FORMA EXCLUSIVA NESSA CIDADE E CUJOS DADOS SEGUEM ABAIXO, A FIM DE DAR EFETIVIDADE À LEI Nº 4.453/2017, QUE CRIOU O PROGRAMA  MUNICIPAL DE EQUOTERAPIA PARA CRIANÇAS E ADULTOS COM DEFICIÊNCIA E PARA AS VITIMAS DE ACIDENTES E PREVIU NO ART. 5º A POSSIBILIDADE DE EFETIVAR PARCERIAS COM A INICIATIVA PRIVADA</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1314/1314_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1314/1314_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, PARA A SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA, O PATROLAMENTO E CASCALHAMENTO DA ESTRADA DE QUEIMADAS, CONHECIDA COMO ESTRADA DO JOÃO MAYER, QUE LIGA ATÉ A ESTRADA DA ENCRUZILHADA</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1315/1315_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1315/1315_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO DEPARTAMENTO DE TRÂNSITO, QUE VEJA DA POSSIBILIDADE DE INSTALAR TRAVESSIA ELEVADA ONDE SE FIZER NECESSÁRIO NA AVENIDA DANIEL MANSANI</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1316/1316_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1316/1316_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA MUNICIPAL DE EDUCAÇÃO, QUE VEJA DA POSSIBILIDADE DE REALIZAR REFORMAS NA QUADRA DA ESCOLA MUNICIPAL LEONOR SANTOS, NA LOCALIDADE DE FAXINAL DOS QUARTINS</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1330/1330_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1330/1330_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA MUNICIPAL DE EDUCAÇÃO QUE VEJA A POSSIBILIDADE DA INSTALAÇÃO DE PARQUE INFANTIL E COLOCAÇÃO DE AREIA PARA AS CRIANÇAS BRINCAREM, NA ESCOLA MUNICIPAL DE EDUCAÇÃO INFANTIL E ENSINO FUNDAMENTAL DE QUEIMADAS</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1344/1344_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1344/1344_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO EXMO. SR. PREFEITO MUNICIPAL, QUE VEJA DA POSSIBILIDADE DE REALIZAR MANUTENÇÃO NA PONTA DA COMUNIDADE DE SÃO PEDRO, QUE DÁ ACESSO À FAMÍLIA TUREK</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1345/1345_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1345/1345_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA MUNICIPAL DE EDUCAÇÃO, QUE VEJA DA POSSIBILIDADE DA INSTALAÇÃO DE TRAVES ESPORTIVAS NA QUADRA POLIESPORTIVA, COMPARTILHADA ENTRE ESCOLA MUNICIPAL NOSSA SENHORA DO ROSÁRIO E ESCOLA ESTADUAL BOM JESUS DO MONTE, DA LOCALIDADE DE VIEIRAS</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1346/1346_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1346/1346_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA MUNICIPAL DE URBANISMO, QUE SEJA ELABORADO PROJETO DE PAVIMENTAÇÃO ASFÁLTICA E REDE PLUVIAL NA RUAS ARI VIDA, DAVINA VIDA E JOÃO MARIA MULLER, BAIRRO SÃO JOSÉ</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1347/1347_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1347/1347_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADA A REFORMA DA PONTE DE MADEIRA SOBRE O RIO MONJOLO, NAS DEPENDÊNCIAS DO PARQUE DO MUSEU</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1348/1348_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1348/1348_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADO PATROLAMENTO E CASCALHAMENTO NA ESTRADA DA FAXINAL GRANDE</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1349/1349_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1349/1349_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO DEPARTAMENTO DE TRÂNSITO, QUE SEJA REALIZADA A PINTURA ASFÁLTICA HORIZONTAL NA ROTATÓRIA PRÓXIMA A EMPRESA BASTON, LOCALIZADA NO BAIRRO COLÔNIA FRANCESA</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1372/1372_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1372/1372_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO EXMO. SR. PREFEITO MUNICIPAL, QUE VEJA A POSSIBILIDADE DA COLOCAÇÃO DE PONTO DE ENERGIA ELÉTRICA NO CEMITÉRIO DA LOCALIDADE DE CORREIAS</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1373/1373_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1373/1373_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO DEPARTAMENTO DE TRÂNSITO, QUE VEJA DA POSSIBILIDADE DE EFETUAR REPAROS NECESSÁRIOS NA LOMBADA LOCALIZADA NA RUA CORONEL ALÍPIO DO NASCIMENTO, NAS PROXIMIDADES COM A ESQUINA DA RUA ARALDO MANUEL ERICHSEN</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1374/1374_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1374/1374_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, A SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADA A REFORMA COM A SUBSTITUIÇÃO DE MANILHAS COM MAIOR DIÂMETRO, NO BUEIRO LOCALIZADO NAS PROXIMIDADES DO MERCADO DO SR. EDSON COSTA E DO CRUZAMENTO COM A ESTRADA QUE DÁ ACESSO À PROPRIEDADE DA FAMÍLIA DO SENHOR JOSÉ CZELUSNIAK, EM PINHEIRAL DE BAIXO</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1404/1404_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1404/1404_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO EXMO. SR. PREFEITO MUNICIPAL E AO EXMO. SR. SECRETÁRIO DE ESPORTES, QUE VEJAM DA POSSIBILIDADE DE INSTALAR ACADEMIA AO AR LIVRE NO BAIRRO DO PAPIRUS, NESTA CIDADE</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1415/1415_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1415/1415_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO EXMO. SR. PREFEITO MUNICIPAL, QUE VEJA A POSSIBILIDADE DE DETERMINAR AO SETOR COMPETENTE A INSTALAÇÃO DE UM PARQUINHO (PLAYGROUND) NA SEDE DA ASSOCIAÇÃO DE MORADORES DA VILA MARIA</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1416/1416_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1416/1416_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO DEPARTAMENTO DE TRÂNSITO, QUE VEJA A POSSIBILIDADE DE EFETIVAR PROJETO DE PARA COLOCAÇÃO DE PLACAS INDICATIVAS DAS LOCALIDADES NAS ESTRADA DO INTERIOR DO MUNICÍPIO</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1417/1417_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1417/1417_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO EXMO. SR. PREFEITO MUNICIPAL, QUE VEJA DA POSSIBILIDADE DE A SECRETARIA DE OBRAS REALIZAR SERVIÇO DE MANUTENÇÃO EM PEQUENO TRECHO DE ESTRADA NA COMUNIDADE DE PINHEIRAL DE CIMA, QUE DÁ ACESSO À PROPRIEDADE DE GEOVANI RIGONI</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1441/1441_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1441/1441_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE VEJA DA A POSSIBILIDADE DE EFETUAR A COLOCAÇÃO DE PEDRAS EM LOTEAMENTO LOCALIZADO NA RUA ANTÔNIO VICTÓRIO VIANNA, NOS FUNDOS DO Nº 305</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1449/1449_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1449/1449_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO EXMO. SR. PREFEITO MUNICIPAL, QUE VEJA A POSSIBILIDADE DE DETERMINAR AO SETOR COMPETENTE, A INSTALAÇÃO DE UM PARQUINHO (PLAYGROUND) EM TODAS AS ESCOLAS DO MUNICÍPIO</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1450/1450_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1450/1450_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE REALIZE PATROLAMENTO, CASCALHAMENTO E A LIMPEZA NA RUA PEDRO MOSCALESKI, NO JARDIM BELA VISTA</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1451/1451_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1451/1451_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADO PATROLAMENTO E CASCALHAMENTO NA ESTRADA MUNICIPAL SEBASTIÃO SANSON, NA LOCALIDADE DE CAMPESTRE DE VIEIRAS, DESDE A PROPRIEDADE DO SR. CARLITO DE GOES, ATÉ A PROPRIEDADE DE JOSNEI SERRATO</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1452/1452_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1452/1452_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADO PATROLAMENTO E CASCALHAMENTO NA RUA PEDRO CALAÇA, BAIRRO COLÔNIA FRANCESA E RUA OLÍVIO BELICHE, BAIRRO ROCIO I</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1453/1453_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1453/1453_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA MUNICIPAL DE URBANISMO, QUE SEJA ELABORADO PROJETO DE PAVIMENTAÇÃO ASFÁLTICA E DE REDE PLUVIAL NAS RUAS ARI VIDA, DAVINA VIDA E JOÃO MARIA MULLER, BAIRRO SÃO JOSÉ</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1475/1475_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1475/1475_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADA A SUBSTITUIÇÃO DE LÂMPADAS NA RUA ALAHI SCHEROEDER DE JESUS, BAIRRO DO ROCIO II</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1476/1476_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1476/1476_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADA OPERAÇÃO TAPA-BURACOS NA RUA JOSÉ ADRIANO DE FREITAS, BAIRRO DO ROCIO I</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1481/1481_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1481/1481_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO EXMO. SR. PREFEITO MUNICIPAL, QUE VEJA DA POSSIBILIDADE DE INSTALAR UM SISTEMA DE ÁGUA POTÁVEL NA COMUNIDADE DE LIMEIRA, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1482/1482_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1482/1482_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO EXMO. SR. PREFEITO MUNICIPAL, QUE VEJA DA POSSIBILIDADE DE REALIZAR SERVIÇOS EMERGENCIAIS DE MANUTENÇÃO NO MEMORIAL COLÔNIA CECÍLIA, LOCALIZADO NA COMUNIDADE DE SANTA BÁRBARA, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS, AO SR. DEIVID HASS, PELA DOAÇÃO E INSTALAÇÃO DE SISTEMA DE MONITORAMENTO POR CÂMERAS NO CMEI VEREADOR SEBSATIÃO SANSON</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/961/961_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/961/961_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO, À EMPRESA PRINCESA DOS CAMPOS, PARA QUE SEJA MANTIDO O HORÁRIO DE 7:00 HORAS DA LINHA DE PALMEIRA PARA CURITIBA</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>Pastor Anselmo, Arildo Zaleski, Denis Sanson, Everaldo Kuhn, Gilmar Costa, João Alberto Gaiola, João Savi, Marcos Ribas, Rogério Czelusniak</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1038/1038_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1038/1038_texto_integral.pdf</t>
   </si>
   <si>
     <t>APLAUDINDO O COLÉGIO ESTADUAL DOM ALBERTO GONÇALVES, PELA PASSAGEM DOS 70 (SETENTA) ANOS DE SUA FUNDAÇÃO E RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE ESTUDANTIL DE PALMEIRA</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1100/1100_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1100/1100_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO JOVEM BRENO PASSONI E AO SEU TREINADOR, ERNANI BITTENCOURT, PELO SEGUNDO LUGAR CONQUISTADO NA CATEGORIA DE PARAENDURO EM BRASÍLIA/DF, NO CAMPEONATO BRASILEIRO DE ENDURO EQUESTRE A PARAEQUESTRE</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>Marcos Ribas, Arildo Zaleski, Denis Sanson, Everaldo Kuhn, Gilmar Costa, João Alberto Gaiola, João Savi, Pastor Anselmo, Rogério Czelusniak</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1295/1295_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1295/1295_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">APRESENTAMOS A ESTA CASA LEGISLATIVA, DE INICIATIVA DO VEREADOR MARCO RIBAS, MOÇÃO DE APLAUSOS AO SR. AGOSTINHO COSTA, PELOS BONS SERVIÇOS PRESTADOS AO MUNICÍPIO, COMO FORMA DE RECONHECIMENTO PELO TRABALHO DESENVOLVIDO COMO SERVIDOR PÚBLICO DA PREFEITURA MUNICIPAL DE PALMEIRA, NO CARGO DE OPERADOR DE MÁQUINAS, PELA DEDICAÇÃO E EXEMPLO DEIXADO COMO SERVIDOR EM RAZÃO DE SUA APOSENTADORIA POR TEMPO DE SERVIÇO </t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1359/1359_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1359/1359_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO, AO EXMO. SR. PREFEITO MUNICIPAL, PARA QUE RETOME AS CONVERSAS COM A EMPRESA SANEPAR E AVANCEM NUM ACORDO ENTRE AS PARTES PARA QUE DE UMA VEZ POR TODAS SEJA RESOLVIDA A CONCESSÃO DOS SERVIÇOS DE ABASTECIMENTO DE ÁGUA, COLETA E TRATAMENTO DE ESGOTO DO MUNICÍPIO DE PALMEIRA</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1360/1360_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1360/1360_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS, AO ATLETA PALMEIRENSE JOÃO CARLOS CHEROBIM, PELO EXCELENTE DESEMPENHO QUE VEM DEMONSTRADO NA MODALIDADE ESPORTIVA DA NATAÇÃO, SENDO RECENTEMENTE CONVOCADO PARA A SELEÇÃO BRASILEIRA QUE PARTICIPARÁ DOS JOGOS ESCOLARES SUL-AMERICANOS, NO MÊS DE DEZEMBRO VINDOURO, NA CIDADE DE COCHABAMBA, NA BOLÍVIA</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1454/1454_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1454/1454_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS, ÀS PROFESSORAS TABITA VANUZA RUPPEL, MARISA DE SANTA CLARA E REGINA DE FREITAS BARAUCE, PELA CONQUISTA DOS PRIMEIROS LUGARES NAS MELHORES PRÁTICAS PEDAGÓGICAS DO PRÊMIO AGRINHO MUNICIPAL, E AS PROFESSORAS CRISLAINE CAMARGO TITSKI E LENISE DO ROCIO TURRA, QUE FORAM ORIENTADORAS DE ALUNOS VENCEDORES DA PREMIAÇÃO AGRINHO 2017, FASE REGIONAL E ESTADUAL</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1455/1455_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1455/1455_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS, AO EMPRESÁRIO HERALDO GILLUNG, PROPRIETÁRIO DA EMPRESA NATBIER, PELO EXCELENTE DESEMPENHO NA PRODUÇÃO DE CERVEJA PURO MALTE, COM DESTAQUE ESPECIAL A CERVEJA TRIPEL MONASTERIUM, ESCOLHIDA PELA EDITORA ABRIL - REVISTA VEJA, COMO UMA DAS MELHORES CERVEJAS DO BRASIL NO ANO DE 2017</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/89/89_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/89/89_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROGRAMAÇÃO FINANCEIRA E O CRONOGRAMA DE DESEMBOLSO PARA O EXERCÍCIO FINANCEIRO DE 2017 DO PODER LEGISLATIVO DO MUNICÍPIO DE PALMEIRA.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/90/90_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/90/90_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO SOBRE Nº 70/2017, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E A ASSOCIAÇÃO MENONITA DE ASSITÊNCIA SOCIAL - AMAS.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>CEOFF - Comissão de Economia, Orçamento, Finanças e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/990/990_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/990/990_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA A PRESTAÇÃO DE CONTAS DO MUNICÍPIO DA PALMEIRA, RELATIVAS AO EXERCÍCIOS DE 2008, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1065/1065_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1065/1065_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE PALMEIRA - APAE</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1203/1203_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1203/1203_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE CONVÊNIO Nº 71/2017, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E O SINDICATO DOS TRABALHADORES RURAIS DE PALMEIRA</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1442/1442_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1442/1442_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROGRAMAÇÃO FINANCEIRA E CRONOGRAMA MENSAL DE DESEMBOLSO PARA O EXERCÍCIO FINANCEIRO DE 2018 DO PODER LEGISLATIVO MUNICIPAL</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/93/93_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/93/93_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO CAPUT DO ART. 11 DA LEI ORGÂNICA DO MUNICÍPIO DE PALMEIRA.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
     <t>CCLJR - Comissão de Constituição, Legislação, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1302/1302_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1302/1302_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DE ARTIGOS DA LEI ORGÂNICA DO MUNICÍPIO DE PALMEIRA: INCISO I DO PARÁGRAFO ÚNICO DO ART. 6º; PARÁGRAFO ÚNICO DO ART. 48; INCISO III DO ART. 50; § 2º DO ART. 54, § 8ª DO ART. 65; INCISO V DO ART. 70; ART. 80; ART. 83; § 1º DO ART. 129; CAPUT DO ART. 121; ALÍNEA 'E' DO INCISO VI DO ART. 129; INCISO VII DO ART. 135, § 8º DO ART. 136; ART. 137; ART. 143; INCISO III DO ART. 146; § 2º DO ART. 155; INCISO VI DO ART. 157; CAPUT DO ART. 165; CAPUT DO ART. 170; INCISO V DO ART. 185; CAPUT DO ART. 204; CAPUT DO ART. 210 E ART. 2014</t>
   </si>
   <si>
     <t>4611</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/56/56_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/56/56_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A COMPLEMENTAÇÃO DA POLÍTICA HABITACIONAL DE INTERESSE SOCIAL DO MUNICÍPIO, VOLTADA À POPULAÇÃO DE BAIXA RENDA EM VULNERABILIDADE SOCIAL.</t>
   </si>
   <si>
     <t>4612</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/57/57_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/57/57_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVALIDA AS DISPOSIÇÕES CONSTANTES DA LEI Nº 4280 DE 21 DE DEZEMBRO DE 2016, QUE AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4613</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE SALARIAL DOS SERVIDORES PÚBLICOS EFETIVOS, ATIVOS E INATIVOS, DETENTORES DE EMPREGO PÚBLICO E COMISSIONADOS DO MUNICÍPIO DE PALMEIRA E SÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4614</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/59/59_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/59/59_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE VAGAS NO SERVIÇO PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4615</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI Nº 2688 DE 28 DE  MARÇO DE 2008 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4616</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA DA CIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4617</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI Nº 3174, DE 05 DE MAIO DE 2011, RECONHECE A UNIÃO DE CÂMARAS, VEREADORES E GESTORES PÚBLICOS DO PARANÁ - UVEPAR (ANTES DENOMINADA ACAMPAR), COMO REPRESENTANTE DA CÂMARA MUNICIPAL DE PALMEIRA E AUTORIZA A CONTRIBUIÇÃO MENSAL EM FAVOR DO REFERIDO ÓRGÃO.</t>
   </si>
   <si>
     <t>4618</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PRECEDER A CONCESSÃO ONEROSA DE DIREITO REAL DE USO DE ESPAÇO PÚBLICO PARA A EXPLORAÇÃO DE EVENTOS, DA FORMA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4619</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/64/64_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/64/64_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ADQUIRIR, POR MEIO DE DESAPROPRIAÇÃO AS ÁREAS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4620</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/65/65_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/65/65_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APLICAÇÃO DA LEI MUNICIPAL QUE TRATA DOS REAJUSTE SALARIAL DOS SERVIDORES PÚBLICOS EFETIVOS, ATIVOS E INATIVOS, DETENTORES DE EMPREGO PÚBLICO E COMISSIONADOS DO MUNICÍPIO DE PALMEIRA, PARA OS SERVIDORES DA CÂMARA MUNICIPAL DE PALMEIRA NO ANO DE 2017.</t>
   </si>
   <si>
     <t>4621</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/66/66_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/66/66_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA E ALTERA DISPOSITIVOS DA LEI Nº 3268, DE 26 DE OUTUBRO DE 2011 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4622</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/67/67_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/67/67_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDIT ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4623</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/68/68_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/68/68_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4624</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/69/69_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/69/69_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4625</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/70/70_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/70/70_texto_integral.pdf</t>
   </si>
   <si>
     <t>4626</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/71/71_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/71/71_texto_integral.pdf</t>
   </si>
   <si>
     <t>4627</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/72/72_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/72/72_texto_integral.pdf</t>
   </si>
   <si>
     <t>4628</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/73/73_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/73/73_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PERMISSÃO DE USO, A TÍTULO PRECÁRIO E GRATUÍTO, DE BEM PÚBLICO Á ENTIDADE SEM FINS LUCRATIVOS, NA FORMA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4629</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/74/74_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/74/74_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROCEDER À CONTRIBUIÇÃO MENSAL EM FAVOR DA CONFEDERAÇÃO NACIONAL DOS MUNICÍPIOS - CNM, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4630</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/75/75_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/75/75_texto_integral.pdf</t>
   </si>
   <si>
     <t>4631</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/76/76_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/76/76_texto_integral.pdf</t>
   </si>
   <si>
     <t>4632</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/77/77_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/77/77_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE SALARIAL AOS SERVIDORES PERTENCENTES AO QUADRO PRÓPRIO DO MAGISTÉRIO MUNICIPAL, PARA O FIM ESPECÍFICO DE ADEUQUAÇÃO AO PISO SALARIAL PROFISSIONAL NACIONAL PARA OS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DA EDUCAÇÃO BÁSICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4633</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/78/78_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/78/78_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO § 1º DO ART. 17 DA LEI MUNICIPAL Nº 4133, DE 17 DE MAIO DE 2016, QUE INSTITUIU O PLANO DE CARGOS, CARREIRA E SALÁRIOS DO QUADRO PRÓPRIO DO MAGISTÉRIO PÚBLICO MUNICIPAL.</t>
   </si>
   <si>
     <t>4634</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/79/79_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/79/79_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4635</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/80/80_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/80/80_texto_integral.pdf</t>
   </si>
   <si>
     <t>4636</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/81/81_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/81/81_texto_integral.pdf</t>
   </si>
   <si>
     <t>4637</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/82/82_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/82/82_texto_integral.pdf</t>
   </si>
   <si>
     <t>4638</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/83/83_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/83/83_texto_integral.pdf</t>
   </si>
   <si>
     <t>4639</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/84/84_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/84/84_texto_integral.pdf</t>
   </si>
   <si>
     <t>4640</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/85/85_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/85/85_texto_integral.pdf</t>
   </si>
   <si>
     <t>4641</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/86/86_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/86/86_texto_integral.pdf</t>
   </si>
   <si>
     <t>4642</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/87/87_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/87/87_texto_integral.pdf</t>
   </si>
   <si>
     <t>4643</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/99/99_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/99/99_texto_integral.pdf</t>
   </si>
   <si>
     <t>4644</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/88/88_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/88/88_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO À LEI MUNICIPAL Nº 4272/2016, EM SEUS ARTIGOS Nº 9º, 11, 17, 21, 33 E ANEXO I, QUE DISPÕE SOBRE A ESTRUTURA ORGANIZACIONAL ADMINISTRATIVA DO PODER EXECUTIVO DO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4645</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/100/100_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/100/100_texto_integral.pdf</t>
   </si>
   <si>
     <t>4646</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/101/101_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/101/101_texto_integral.pdf</t>
   </si>
   <si>
     <t>4647</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/102/102_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/102/102_texto_integral.pdf</t>
   </si>
   <si>
     <t>4648</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/103/103_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/103/103_texto_integral.pdf</t>
   </si>
   <si>
     <t>4649</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/105/105_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/105/105_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO DISTRITO EMPRESARIAL ÀS MARGENS DA RODOVIA BR - 277, COM DENOMINAÇÃO "PARQUE ENERGÉTICO CIDADE CLIMA" E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4650</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/128/128_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/128/128_texto_integral.pdf</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>4651</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/441/441_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/441/441_texto_integral.pdf</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>4652</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/970/970_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/970/970_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CREDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
     <t>4653</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/971/971_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/971/971_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>4654</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/972/972_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/972/972_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>4655</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/973/973_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/973/973_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>4656</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/974/974_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/974/974_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROCEDER À COMTRIBUIÇÃO ANUAL EM FAVOR DO COLEGIADO DE GESTORES MUNICIPAIS DE ASSISTÊNCIA SOCIAL DO ESTADO DO PARANÁ - COGEMAS - PR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>4657</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/975/975_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/975/975_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO A LEI MUNICIPAL N°2.274/2003, EM SEU ARTIGO N°147 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>4658</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/976/976_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/976/976_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A OUTORGAR A ESCRITURA PÚBLICA DE DOAÇÃO À EMPRESA S.M MADEIRAS LTDA, DE IMÓVEL PÚBLICO QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>4659</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/987/987_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/987/987_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NORMAS PARA REGULARIZAÇÃO DAS OBRAS CONSTRUÍDAS EM DESACORDO COM A LEI DE USO E OCUPAÇÃO DO SOLO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>4660</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/988/988_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/988/988_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA ABERTURA DE CREDITO ADICIONAL ESPECIAL E DÁ OUTRAS POVIDÊNCIAS. </t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>4661</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/989/989_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/989/989_texto_integral.pdf</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>4662</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1002/1002_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1002/1002_texto_integral.pdf</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>4663</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1007/1007_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1007/1007_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO PLURIANUAL PARA O QUADRIÊNIO COMPREENDIDO DE 2018 A 2021</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>4664</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1008/1008_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1008/1008_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE PALMEIRA PARA O EXERCÍCIO FINANCEIRO DE 2018 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>4665</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1009/1009_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1009/1009_texto_integral.pdf</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>4666</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1010/1010_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1010/1010_texto_integral.pdf</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>4667</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1023/1023_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1023/1023_texto_integral.pdf</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>4668</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1024/1024_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1024/1024_texto_integral.pdf</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>4669</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1025/1025_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1025/1025_texto_integral.pdf</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>4670</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1026/1026_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1026/1026_texto_integral.pdf</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>4671</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1027/1027_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1027/1027_texto_integral.pdf</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>4672</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1028/1028_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1028/1028_texto_integral.pdf</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>4673</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1029/1029_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1029/1029_texto_integral.pdf</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>4674</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1030/1030_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1030/1030_texto_integral.pdf</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>4675</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1031/1031_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1031/1031_texto_integral.pdf</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>4676</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1032/1032_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1032/1032_texto_integral.pdf</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>4677</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1039/1039_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1039/1039_texto_integral.pdf</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>4678</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1040/1040_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1040/1040_texto_integral.pdf</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>4679</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1041/1041_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1041/1041_texto_integral.pdf</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>4680</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1042/1042_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1042/1042_texto_integral.pdf</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
     <t>4681</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1043/1043_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1043/1043_texto_integral.pdf</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>4682</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1044/1044_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1044/1044_texto_integral.pdf</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>4683</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1045/1045_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1045/1045_texto_integral.pdf</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>4684</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1046/1046_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1046/1046_texto_integral.pdf</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>4685</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1047/1047_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1047/1047_texto_integral.pdf</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
     <t>4686</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1048/1048_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1048/1048_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CRIAÇÃO, PROPRIEDADE, POSSE, GUARDA, USO E TRANSPORTE DE ANIMAIS DOMÉSTICOS NO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>4687</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1049/1049_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1049/1049_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA LEI MUNICIPAL Nº 2750, DE 09 DE JULHO DE 2008, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>4688</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1050/1050_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1050/1050_texto_integral.pdf</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>4689</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1051/1051_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1051/1051_texto_integral.pdf</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>4690</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1052/1052_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1052/1052_texto_integral.pdf</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>4691</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1053/1053_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1053/1053_texto_integral.pdf</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>4692</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1054/1054_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1054/1054_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ADQUIRIR BEM IMÓVEL, MEDIANTE DOAÇÃO COM ENCARGOS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>4693</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1055/1055_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1055/1055_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 4093/2016, QUE DISPÕE SOBRE A CONTRATAÇÃO DE PESSOAL POR TEMPO DETERMINADO PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO, NA ÁREA DA SAÚDE, NOS TERMOS DO INCISO IX DO ART. 37 DA CONSTITUIÇÃO FEDERAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>4694</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1066/1066_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1066/1066_texto_integral.pdf</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>4695</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1067/1067_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1067/1067_texto_integral.pdf</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>4696</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1068/1068_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1068/1068_texto_integral.pdf</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>4697</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1069/1069_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1069/1069_texto_integral.pdf</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>4698</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1070/1070_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1070/1070_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROCEDER À CONTRIBUIÇÃO ANUAL EM FAVOR DA UNIÃO DOS DIRIGENTES MUNICIPAIS DE EDUCAÇÃO DO PARANÁ - UNDIME/PR, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>4699</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1078/1078_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1078/1078_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DE ARBORIZAÇÃO URBANA NO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>4700</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1085/1085_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1085/1085_texto_integral.pdf</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
     <t>4701</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1086/1086_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1086/1086_texto_integral.pdf</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>4702</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1087/1087_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1087/1087_texto_integral.pdf</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>4703</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1088/1088_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1088/1088_texto_integral.pdf</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>4704</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1089/1089_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1089/1089_texto_integral.pdf</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>4705</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1090/1090_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1090/1090_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ADQUIRIR BEM IMÓVEIS, MEDIANTE DOAÇÃO COM ENCARGOS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>4706</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1101/1101_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1101/1101_texto_integral.pdf</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>4707</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1102/1102_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1102/1102_texto_integral.pdf</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>4708</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1103/1103_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1103/1103_texto_integral.pdf</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>4709</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1104/1104_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1104/1104_texto_integral.pdf</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>4710</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1108/1108_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1108/1108_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA AS LEIS Nº 1961/1998 E 1960/1998</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>4711</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1109/1109_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1109/1109_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO § 1º E DO § 2º DO ART. 4º DA LEI MUNICIPAL Nº 4145, DE 09 DE JUNHO DE 2016, QUE TRATA DA CONCESSÃO DE GRATIFICAÇÃO DE FUNÇÃO AO PREGOEIRO E MEMBROS DA EQUIPE DE APOIO NA CÂMARA MUNICIPAL DE PALMEIRA</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>4712</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1110/1110_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1110/1110_texto_integral.pdf</t>
   </si>
   <si>
     <t>RATIFICA O CONTEÚDO DA RESOLUÇÃO Nº 81, DE 23 DE AGOSTO DE 2011, QUE ALTEROU A CARGA HORÁRIA DE PROCURADOR DO PODER LEGISLATIVO</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>4713</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1111/1111_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1111/1111_texto_integral.pdf</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>4714</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1112/1112_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1112/1112_texto_integral.pdf</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>4715</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1113/1113_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1113/1113_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 4132/2016 QUE DISPÕE SOBRE O PLANO DE CARGOS, CARREIRA E SALÁRIOS DOS SERVIDORES PÚBLICOS EFETIVOS DO QUADRO DE PESSOAL CIVIL ESTATUTÁRIO DA ADMINISTRAÇÃO DIRETA E INDIRETA DO PODER EXECUTIVO MUNICIPAL</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>4716</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1114/1114_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1114/1114_texto_integral.pdf</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>4717</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1115/1115_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1115/1115_texto_integral.pdf</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>4718</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1116/1116_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1116/1116_texto_integral.pdf</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>4719</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1117/1117_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1117/1117_texto_integral.pdf</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
     <t>4720</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1118/1118_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1118/1118_texto_integral.pdf</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>4721</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1119/1119_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1119/1119_texto_integral.pdf</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>4722</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1120/1120_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1120/1120_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 4133/2016, QUE DISPÕE SOBRE O PLANO DE CARGOS, CARREIRA E SALÁRIOS DOS SERVIDORES MUNICIPAIS DO MAGISTÉRIO DO MUNICÍPIO DE PALMEIRA</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>4723</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1133/1133_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1133/1133_texto_integral.pdf</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>4724</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1134/1134_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1134/1134_texto_integral.pdf</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
     <t>4725</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1135/1135_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1135/1135_texto_integral.pdf</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
     <t>4726</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1136/1136_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1136/1136_texto_integral.pdf</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
     <t>4727</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1137/1137_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1137/1137_texto_integral.pdf</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>4728</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1138/1138_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1138/1138_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER, MEDIANTE TERMO DE FOMENTO, O REPASSE DE RECURSOS FINANCEIROS À ASSOCIAÇÃO MENONITA DE ASSISTÊNCIA SOCIAL, COM SEDE NESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>4729</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1139/1139_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1139/1139_texto_integral.pdf</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>4730</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1146/1146_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1146/1146_texto_integral.pdf</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>4731</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1147/1147_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1147/1147_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIÁRIAS PARA OS AGENTES PÚBLICOS A SERVIÇO, EM CAPACITAÇÃO OU EM REPRESENTAÇÃO DO PODER EXECUTIVO DA ADMINISTRAÇÃO PÚBLICA DIRETA E INDIRETA DO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>4732</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1148/1148_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1148/1148_texto_integral.pdf</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>4733</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1149/1149_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1149/1149_texto_integral.pdf</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>4734</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1150/1150_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1150/1150_texto_integral.pdf</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>4735</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1151/1151_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1151/1151_texto_integral.pdf</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
     <t>4736</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1152/1152_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1152/1152_texto_integral.pdf</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>4737</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1153/1153_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1153/1153_texto_integral.pdf</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>4738</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1154/1154_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1154/1154_texto_integral.pdf</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>4739</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1155/1155_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1155/1155_texto_integral.pdf</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>4740</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1156/1156_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1156/1156_texto_integral.pdf</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>4741</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1159/1159_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1159/1159_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO § 3º DO ART. 1º DA LEI Nº 4329, DE  31 DE MARÇO DE 2017, QUE DISPÕE SOBRE A COMPLEMENTAÇÃO DA POLÍTICA HABITACIONAL DE INTERESSE SOCIAL DO MUNICÍPIO, VOLTADA À POPULAÇÃO DE BAIXA RENDA EM VULNERABILIDADE SOCIAL</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>4742</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1160/1160_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1160/1160_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA MUNICIPAL DE EQUOTERAPIA, VOLTADO PARA CRIANÇAS E ADULTOS PORTADORES DE DEFICIÊNCIA FÍSICA E/OU MENTAL OU DE DISTÚRBIO COMPORTAMENTAL E ÀS VÍTIMAS DE ACIDENTES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>4743</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1168/1168_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1168/1168_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO DE CARGOS, CARREIRA E SALÁRIOS DOS SERVIDORES PÚBLICOS EFETIVOS DO QUADRO DE PESSOAL CIVIL ESTATUTÁRIO DA CÂMARA MUNICIPAL DE PALMEIRA, FIXA SUAS DIRETRIZES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>4744</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1169/1169_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1169/1169_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVALIDA AS DISPOSIÇÕES CONSTANTES NA LEI Nº 4388, DE 27 DE JUNHO DE 2017, QUE AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>4745</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1170/1170_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1170/1170_texto_integral.pdf</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>4746</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1171/1171_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1171/1171_texto_integral.pdf</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>4747</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1172/1172_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1172/1172_texto_integral.pdf</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>4748</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1173/1173_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1173/1173_texto_integral.pdf</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>4749</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1174/1174_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1174/1174_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVALIDA AS DISPOSIÇÕES CONSTANTES DA LEI Nº 4.395, DE 28 DE JUNHO DE  2017, QUE AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>4750</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1175/1175_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1175/1175_texto_integral.pdf</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>4751</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1176/1176_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1176/1176_texto_integral.pdf</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
     <t>4752</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1177/1177_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1177/1177_texto_integral.pdf</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>4753</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1178/1178_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1178/1178_texto_integral.pdf</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>4754</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1179/1179_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1179/1179_texto_integral.pdf</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>4755</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1180/1180_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1180/1180_texto_integral.pdf</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>4756</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1181/1181_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1181/1181_texto_integral.pdf</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>4757</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1186/1186_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1186/1186_texto_integral.pdf</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>4758</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1187/1187_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1187/1187_texto_integral.pdf</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>4759</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1188/1188_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1188/1188_texto_integral.pdf</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>4760</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1189/1189_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1189/1189_texto_integral.pdf</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>4761</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1190/1190_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1190/1190_texto_integral.pdf</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>4762</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1191/1191_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1191/1191_texto_integral.pdf</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>4763</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1192/1192_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1192/1192_texto_integral.pdf</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>4764</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1193/1193_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1193/1193_texto_integral.pdf</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>4765</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1194/1194_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1194/1194_texto_integral.pdf</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>4766</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1195/1195_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1195/1195_texto_integral.pdf</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>4767</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1196/1196_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1196/1196_texto_integral.pdf</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>4768</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1197/1197_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1197/1197_texto_integral.pdf</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>4769</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1198/1198_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1198/1198_texto_integral.pdf</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>4770</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1199/1199_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1199/1199_texto_integral.pdf</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>4771</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1200/1200_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1200/1200_texto_integral.pdf</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>4772</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1201/1201_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1201/1201_texto_integral.pdf</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>4773</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2017/1202/4773_e_substitutivo.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2017/1202/4773_e_substitutivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instituir o programa IPTU Verde</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>4774</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1204/1204_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1204/1204_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A DENOMINAÇÃO DA COMISSÃO MUNICIPAL DE DEFESA CIVIL - COMDEC - DO MUNICÍPIO DE PALMEIRA, CRIADA PELA LEI Nº 1885, DE 13 DE NOVEMBRO DE 1997</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>4775</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1209/1209_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1209/1209_texto_integral.pdf</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>4776</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1210/1210_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1210/1210_texto_integral.pdf</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>4777</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1211/1211_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1211/1211_texto_integral.pdf</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>4778</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1212/1212_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1212/1212_texto_integral.pdf</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
     <t>4779</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1213/1213_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1213/1213_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REVOGA AS LEIS MUNICIPAIS Nº 3.468, DE 11 DE ABRIL DE 2013 E Nº 3.581, DE 20 DE NOVEMBRO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
     <t>4780</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1215/1215_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1215/1215_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DE CONSCIENTIZAÇÃO SOBRE A DEPRESSÃO INFANTIL E NA ADOLESCÊNCIA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>4781</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1216/1216_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1216/1216_texto_integral.pdf</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
     <t>4782</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1217/1217_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1217/1217_texto_integral.pdf</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>4783</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1218/1218_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1218/1218_texto_integral.pdf</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>4784</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1219/1219_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1219/1219_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIOS COM EMPRESAS DO MUNICÍPIO VISANDO A COLOCAÇÃO DE PLACAS DE NOMENCLATURAS DE RUAS E PRAÇAS, BEM COMO A MANUTENÇÃO E CONSERVAÇÃO DE PRAÇAS, CANTEIROS CENTRAIS, ROTATÓRIAS, ÁREAS DE GINÁSTICA, LAZER E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>4785</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1227/1227_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1227/1227_texto_integral.pdf</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>4786</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1228/1228_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1228/1228_texto_integral.pdf</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>4787</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1229/1229_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1229/1229_texto_integral.pdf</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>4788</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1230/1230_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1230/1230_texto_integral.pdf</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>4789</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1231/1231_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1231/1231_texto_integral.pdf</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>4790</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1232/1232_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1232/1232_texto_integral.pdf</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
     <t>4791</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1238/1238_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1238/1238_texto_integral.pdf</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
     <t>4792</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1239/1239_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1239/1239_texto_integral.pdf</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>4793</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1240/1240_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1240/1240_texto_integral.pdf</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>4794</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1241/1241_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1241/1241_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA O VALOR DE GRATIFICAÇÃO DE FUNÇÃO E ATUALIZA A TABELA DE REMUNERAÇÃO DOS CARGOS COMISSIONADOS DO QUADRO PERMANENTE DA CÂMARA MUNICIPAL DE PALMEIRA</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
     <t>4795</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1242/1242_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1242/1242_texto_integral.pdf</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
     <t>4796</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1243/1243_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1243/1243_texto_integral.pdf</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
     <t>4797</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1244/1244_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1244/1244_texto_integral.pdf</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
     <t>4798</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1245/1245_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1245/1245_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A POLÍTICA DE MOBILIDADE URBANA, INSTITUI O PLANO DE MOBILIDADE URBANA NO MUNICÍPIO DE PALMEIRA (PR) - (PMUMP) E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>4799</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1246/1246_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1246/1246_texto_integral.pdf</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>4800</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1247/1247_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1247/1247_texto_integral.pdf</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>4801</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1248/1248_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1248/1248_texto_integral.pdf</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>4802</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1249/1249_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1249/1249_texto_integral.pdf</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>4803</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1250/1250_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1250/1250_texto_integral.pdf</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
     <t>4804</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1251/1251_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1251/1251_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE VAGA NO SERVIÇO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>4805</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1254/1254_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1254/1254_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PALMEIRA PARA O EXERCÍCIO DE 2018 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>4806</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1259/1259_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1259/1259_texto_integral.pdf</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>4807</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1260/1260_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1260/1260_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1º DA LEI Nº 3176, DE 12 DE MAIO DE 2011, QUE AUTORIZA AO PODER EXECUTIVO A DOAR ÁREA DO MUNICÍPIO PARA A CONSTRUÇÃO DO FÓRUM ELEITORAL, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>4808</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1261/1261_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1261/1261_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA AS FUNÇÕES DE PREGOEIRO, DOS MEMBROS DA EQUIPE DE APOIO E COMISSÃO PERMANENTE DE LICITAÇÃO DO MUNICÍPIO DE PALMEIRA E DISPÕE SOBRE A CONCESSÃO DAS RESPECTIVAS GRATIFICAÇÕES DE FUNÇÃO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>4809</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1262/1262_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1262/1262_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 1º DA LEI Nº 2437, DE 26 DE DEZEMBRO DE 2005 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
     <t>4810</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1263/1263_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1263/1263_texto_integral.pdf</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
     <t>4811</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1264/1264_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1264/1264_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVALIDA O TERMO DE COOPERAÇÃO FIRMADO ENTRE O MUNICÍPIO DE PALMEIRA E O INSTITUTO PARANAENSE DE ASSISTÊNCIA TÉCNICA E EXTENSÃO RURAL - EMATER, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>4812</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1265/1265_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1265/1265_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A COMPANHIA MUNICIPAL DE TEATRO DE PALMEIRA - MESTRE MANEQUINHO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
     <t>4813</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1266/1266_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1266/1266_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA DE RECUPERAÇÃO DE CRÉDITOS FISCAIS - REFIS, NO MUNICÍPIO DE PALMEIRA, PARANÁ, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
     <t>4814</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1267/1267_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1267/1267_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O PRÊMIO CIDADE CLIMA DO BRASIL</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
     <t>4815</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1268/1268_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1268/1268_texto_integral.pdf</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>4816</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1269/1269_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1269/1269_texto_integral.pdf</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
     <t>4817</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1270/1270_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1270/1270_texto_integral.pdf</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>4818</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1271/1271_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1271/1271_texto_integral.pdf</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>4819</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1272/1272_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1272/1272_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÕES DE CRÉDITO COM A AGÊNCIA DE FOMENTO DO PARANÁ S.A. E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>4820</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1279/1279_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1279/1279_texto_integral.pdf</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
     <t>4821</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1280/1280_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1280/1280_texto_integral.pdf</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>4822</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1281/1281_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1281/1281_texto_integral.pdf</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
     <t>4823</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1282/1282_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1282/1282_texto_integral.pdf</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>4824</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1283/1283_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1283/1283_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DA LEI Nº 4272, DE 15 DE DEZEMBRO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>4825</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1284/1284_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1284/1284_texto_integral.pdf</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
     <t>4826</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1285/1285_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1285/1285_texto_integral.pdf</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>4827</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1296/1296_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1296/1296_texto_integral.pdf</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>4828</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1297/1297_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1297/1297_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS ARTIGOS 19, 20 E 178, TODOS DA LEI 1700/1994, QUE VERSA SOBRE O ESTATUTO DOS SERVIDORES MUNICIPAIS</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>4829</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1298/1298_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1298/1298_texto_integral.pdf</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>4830</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1299/1299_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1299/1299_texto_integral.pdf</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>4831</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1300/1300_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1300/1300_texto_integral.pdf</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
     <t>4832</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1301/1301_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1301/1301_texto_integral.pdf</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>4833</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1310/1310_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1310/1310_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER A REGULARIZAÇÃO FUNDIÁRIA URBANA DE LOTES PÚBLICOS</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>4834</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1311/1311_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1311/1311_texto_integral.pdf</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>4835</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1317/1317_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1317/1317_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO IV DA LEI Nº 4132, DE 17 DE MAIO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>4836</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1318/1318_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1318/1318_texto_integral.pdf</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
     <t>4837</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1319/1319_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1319/1319_texto_integral.pdf</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>4838</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1320/1320_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1320/1320_texto_integral.pdf</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>4839</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1321/1321_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1321/1321_texto_integral.pdf</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
     <t>4840</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1322/1322_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1322/1322_texto_integral.pdf</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>4841</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1323/1323_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1323/1323_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA DE INCENTIVO "PRIMEIRO IPTU"</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>4842</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1324/1324_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1324/1324_texto_integral.pdf</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>4843</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1325/1325_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1325/1325_texto_integral.pdf</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>4844</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1326/1326_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1326/1326_texto_integral.pdf</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
     <t>4845</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1327/1327_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1327/1327_texto_integral.pdf</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
     <t>4846</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1328/1328_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1328/1328_texto_integral.pdf</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
     <t>4847</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1329/1329_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1329/1329_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE AVENIDA DA CIDADE</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
     <t>4848</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1335/1335_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1335/1335_texto_integral.pdf</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
     <t>4849</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1336/1336_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1336/1336_texto_integral.pdf</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
     <t>4850</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1337/1337_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1337/1337_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PERMISSÃO DE USO, A TÍTULO PRECÁRIO E GRATUITO, DE IMÓVEL QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
     <t>4851</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1338/1338_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1338/1338_texto_integral.pdf</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
     <t>4852</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1339/1339_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1339/1339_texto_integral.pdf</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
     <t>4853</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1340/1340_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1340/1340_texto_integral.pdf</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>4854</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1341/1341_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1341/1341_texto_integral.pdf</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
     <t>4855</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1342/1342_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1342/1342_texto_integral.pdf</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
     <t>4856</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1350/1350_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1350/1350_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A QUADRA POLIESPORTIVA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
     <t>4857</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1351/1351_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1351/1351_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A INCLUIR IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO DE PALMEIRA DESTINADOS A HABITAÇÃO E QUE VISEM PROCEDER A REGULARIZAÇÃO FUNDIÁRIA URBANA DE LOTES PÚBLICOS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
     <t>4858</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1352/1352_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1352/1352_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA AS LEIS Nº 4292, DE 29 DE DEZEMBRO DE 2016 E Nº 4293, DE 29 DE DEZEMBRO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
     <t>4859</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1353/1353_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1353/1353_texto_integral.pdf</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>4860</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1354/1354_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1354/1354_texto_integral.pdf</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>4861</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1355/1355_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1355/1355_texto_integral.pdf</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
     <t>4862</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1356/1356_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1356/1356_texto_integral.pdf</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
     <t>4863</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1357/1357_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1357/1357_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE RUAS DO LOTEAMENTO SANTA FELICIDADE, SITUADO NESTA CIDADE DE PALMEIRA</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
     <t>4864</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1362/1362_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1362/1362_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO I DO ART. 8º DA LEI MUNICIPAL Nº 4499 DE 29 DE SETEMBRO DE 2017 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
     <t>4865</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1361/1361_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1361/1361_texto_integral.pdf</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
     <t>4866</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1363/1363_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1363/1363_texto_integral.pdf</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>4867</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1364/1364_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1364/1364_texto_integral.pdf</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>4868</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1365/1365_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1365/1365_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PERMUTAR BEM IMÓVEL DE PROPRIEDADE DO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
     <t>4869</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1366/1366_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1366/1366_texto_integral.pdf</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>4870</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1367/1367_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1367/1367_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIASS</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>4871</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1368/1368_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1368/1368_texto_integral.pdf</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>4872</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1369/1369_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1369/1369_texto_integral.pdf</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
     <t>4873</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1375/1375_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1375/1375_texto_integral.pdf</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
     <t>4874</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1376/1376_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1376/1376_texto_integral.pdf</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
     <t>4875</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1377/1377_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1377/1377_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVDÊNCIAS</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>4876</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1378/1378_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1378/1378_texto_integral.pdf</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>4877</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1379/1379_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1379/1379_texto_integral.pdf</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
     <t>4878</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1380/1380_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1380/1380_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA MUNICIPAL DE AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS DA AGRICULTURA FAMILIAR E DO EMPREENDEDOR RURAL, PELO PODER EXECUTIVO E POR TODAS AS REPARTIÇÕES MUNICIPAIS DE PALMEIRA</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
     <t>4879</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1381/1381_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1381/1381_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER A AMORTIZAÇÃO DE DÉBITO ATUARIAL JUNTO AO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - RPPS, MEDIANTE DAÇÃO EM PAGAMENTO DE BEM IMÓVEL DE PROPRIEDADE DO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>4880</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1382/1382_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1382/1382_texto_integral.pdf</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
     <t>4881</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1387/1387_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1387/1387_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER O PAGAMENTO DE PRECATÓRIO ORIUNDO DE DECISÃO JUDICIAL, MEDIANTE DAÇÃO EM PAGAMENTO DE BEM IMÓVEL DE PROPRIEDADE DO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
     <t>4882</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1392/1392_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1392/1392_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESAFETAÇÃO DE IMÓVEL PÚBLICO, SITUADO NO LOTEAMENTO VILA RURAL REAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
     <t>4883</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1393/1393_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1393/1393_texto_integral.pdf</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
     <t>4884</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1394/1394_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1394/1394_texto_integral.pdf</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>4885</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1395/1395_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1395/1395_texto_integral.pdf</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>4886</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1396/1396_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1396/1396_texto_integral.pdf</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>4887</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1397/1397_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1397/1397_texto_integral.pdf</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>4888</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1398/1398_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1398/1398_texto_integral.pdf</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>4889</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1399/1399_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1399/1399_texto_integral.pdf</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>4890</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1400/1400_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1400/1400_texto_integral.pdf</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>4891</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1406/1406_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1406/1406_texto_integral.pdf</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>4892</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1407/1407_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1407/1407_texto_integral.pdf</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>4893</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1408/1408_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1408/1408_texto_integral.pdf</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>4894</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1410/1410_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1410/1410_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSERE O ART. 78-B, NA SEÇÃO X - DA APOSENTADORIA ESPECIAL, NA LEI Nº 2404, DE 30 DE SETEMBRO DE 2005, QUE REORGANIZOU O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - RPPS, DO MUNICÍPIO DE PALMEIRA</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>4895</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1418/1418_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1418/1418_texto_integral.pdf</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
     <t>4896</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1419/1419_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1419/1419_texto_integral.pdf</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
     <t>4897</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1420/1420_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1420/1420_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO VI DO ART. 1º DA LEI Nº 1827, DE 12 DE DEZEMBRO DE 1996, QUE DISPÕE SOBRE A DENOMINAÇÃO DAS VIAS PÚBLICAS LOCALIZADAS NA COLÔNIA WITMARSUM, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
     <t>4898</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1421/1421_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1421/1421_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER INCENTIVOS, CONSUBSTANCIADOS EM OBRAS DE INFRAESTRUTURA, EM PROPRIEDADE RURAL, DA FORMA QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
     <t>4899</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1422/1422_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1422/1422_texto_integral.pdf</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>4900</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1423/1423_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1423/1423_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE VAGAS NO SERVIÇO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
     <t>4901</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1424/1424_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1424/1424_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESTINA 50% (CINQUENTA POR CENTO) DE CADA PARCELA DO ICMS ECOLÓGICO PARA USO EXCLUSIVO EM ATENDIMENTO À ZONA RURAL</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
     <t>4902</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1425/1425_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1425/1425_texto_integral.pdf</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>4903</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1426/1426_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1426/1426_texto_integral.pdf</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>4904</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1427/1427_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1427/1427_texto_integral.pdf</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>4905</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1428/1428_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1428/1428_texto_integral.pdf</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>4906</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1429/1429_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1429/1429_texto_integral.pdf</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>4907</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1430/1430_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1430/1430_texto_integral.pdf</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
     <t>4908</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1431/1431_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1431/1431_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ADQUIRIR, POR MEIO DE DESAPROPRIAÇÃO, O IMÓVEL QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
     <t>4909</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1432/1432_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1432/1432_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA LEI MUNICIPAL Nº 4525, DE 25 DE OUTUBRO DE 2017 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>4910</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1433/1433_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1433/1433_texto_integral.pdf</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
     <t>4911</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1434/1434_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1434/1434_texto_integral.pdf</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
     <t>4912</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1435/1435_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1435/1435_texto_integral.pdf</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>4913</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1436/1436_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1436/1436_texto_integral.pdf</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>4914</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1437/1437_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1437/1437_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO COMUNITÁRIA DOS DEPENDENTES DA COLÔNIA CECÍLIA</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>4915</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1443/1443_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1443/1443_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO § 3º DA LEI MUNICIPAL Nº 2404, DE 30 DE SETEMBRO DE 2005, QUE REORGANIZOU O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - RPPS, DO MUNICÍPIO DE PALMEIRA</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>4916</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1456/1456_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1456/1456_texto_integral.pdf</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>4917</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1457/1457_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1457/1457_texto_integral.pdf</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>4918</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1458/1458_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1458/1458_texto_integral.pdf</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>4919</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1459/1459_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1459/1459_texto_integral.pdf</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>4920</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1460/1460_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1460/1460_texto_integral.pdf</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>4921</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1461/1461_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1461/1461_texto_integral.pdf</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>4922</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1462/1462_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1462/1462_texto_integral.pdf</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>4923</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1463/1463_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1463/1463_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ADQUIRIR, POR MEIO DE DESAPROPRIAÇÃO, O IMÓVEL QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>4924</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1464/1464_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1464/1464_texto_integral.pdf</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>4925</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1465/1465_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1465/1465_texto_integral.pdf</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>4926</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1466/1466_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1466/1466_texto_integral.pdf</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
     <t>4927</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1468/1468_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1468/1468_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROCEDER COM O REPASSE DE RECURSOS FINANCEIROS AO HOSPITAL DE CARIDADE DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>4928</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1469/1469_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1469/1469_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR TERMO DE COOPERAÇÃO TÉCNICA COM O ESTADO DO PARANÁ, ATRAVÉS DA SECRETARIA DE ESTADO DE SEGURANÇA PÚBLICA E ADMINISTRAÇÃO PENITENCIÁRIA, COM INTERVENIÊNCIA DA POLÍCIA MILITAR E DO CORPO DE BOMBEIROS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>4929</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1470/1470_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1470/1470_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR SERVIÇOS DE TOPOGRAFIA, ACESSO E REGISTROS CARTOGRÁFICOS</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>4930</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1471/1471_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1471/1471_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROMOVER OS NOVOS REGISTROS DAS RESIDÊNCIAS QUE TIVEREM SUA NUMERAÇÃO MODIFICADA</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>4931</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1478/1478_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1478/1478_texto_integral.pdf</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>4932</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1483/1483_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1483/1483_texto_integral.pdf</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1286/1286_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1286/1286_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O IMPOSTO SOBRE SERVIÇO DE QUALQUER NATUREZA, DE COMPETÊNCIA DO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1287/1287_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1287/1287_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PLANTA GENÉRICA DE VALORES PARA LANÇAMENTO E COBRANÇA DOS IMPOSTOS IMOBILIÁRIOS, DISCIPLINA FÓRMULA DE CÁLCULO, ESTABELECE PARÂMETROS E CLASSIFICAÇÃO DAS EDIFICAÇÕES DO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1409/1409_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1409/1409_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PLANTA GENÉRICA DE VALORES, PARA LANÇAMENTO E COBRANÇA DOS IMPOSTOS IMOBILIÁRIOS, DISCIPLINA FÓRMULA DE CÁLCULO, ESTABELECE PARÂMETROS E CLASSIFICAÇÃO DAS EDIFICAÇÕES DO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1467/1467_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1467/1467_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DA TAXA DE GERENCIAMENTO DE RESÍDUOS SÓLIDOS DOMICILIARES - TGRSD - NO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/91/91_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/91/91_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA OS PARÁGRAFOS 2º AO 9º DO ART. 30 E PARÁGRAFO 1º DO ART. 42 DA RESOLUÇÃO Nº 113, DE 11 DE MARÇO DE 2016, QUE ESTABELECE O REGIMENTO INTERNO DO PROGRAMA PARLAMENTO JOVEM DA CÂMARA MUNICIPAL DE PALMEIRA.</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/92/92_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/92/92_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O § 1º DO ART. 4º DA RESOLUÇÃO Nº 103, DE 03 DE DEZEMBRO DE 2014, QUE INSTITUIU A ESCOLA LEGISLATIVA NO ÂMBITO DO PODER LEGISLATIVO DO MUNICÍPIO DE PALMEIRA, ESTADO DO PARANÁ.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1121/1121_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1121/1121_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA O § 2º DO ART. 8º DA RESOLUÇÃO Nº 112/2016, QUE REGULAMENTA O PREGÃO PRESENCIAL NO ÂMBITO DA CÂMARA MUNICIPAL DE PALMEIRA</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1236/1236_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1236/1236_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS DA RESOLUÇÃO Nº 104, DE 16 DE DEZEMBRO DE 2014, QUE DISPÕES SOBRE A ESTRUTURA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE PALMEIRA</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1237/1237_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1237/1237_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O §1º DO ART. 9º DA RESOLUÇÃO Nº 103 DE 03 DE DEZEMBRO DE 2014, QUE INSTITUIU A ESCOLA LEGISLATIVA NO ÂMBITO DO PODER LEGISLATIVO DO MUNICÍPIO DE PALMEIRA, ESTADO DO PARANÁ</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1303/1303_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1303/1303_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PALMEIRA - RESOLUÇÃO Nº 116, DE 16 DE NOVEMBRO DE 2016</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1477/1477_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1477/1477_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE À SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA, SOLICITANDO O QUE SEGUE: LEVANTAMENTO DE TODAS AS PONTES EXISTENTES DO INTERIOR DO NOSSO MUNICÍPIO, SEJAM REALIZADAS VISTORIAS NAS MESMAS INDICANDO AS CONDIÇÕES DE SEGURANÇÃ AOS USUÁRIOS.</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE AO DEPARTAMENTO DE ESTRADAS E RODAGEM - DER, SOLICITANDO A COLOCAÇÃO DE PLACAS INDICATIVAS, INDICANDO OS ACESSOS À NOSSA CIDADE, PRINCIPALMENTE NO TREVO DE ACESSO À PR - 151, PARA OS MOTORISTAS VINDOS DO MUNICÍPIO DE PONTA GROSSA.</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE À SECRETARIA MUNICIPAL DE URBANISMO, SOLICITANDO O QUE SEGUE: INFORMAÇÕES SOBRE COMO SE ENCONTRA A EXECUÇÃO DOS SERVIÇOS DA REDE DE ABASTECIMENTO DE ÁGUA NAS LOCALIDADES DO INTERIOR DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO OFÍCIO À SECRETARIA MUNICIPAL DE EDUCAÇÃO, SOLICITANDO O ENVIO A ESTA CASA DE INFORMAÇÕES À RESPEITO DO CUIDADO COM A SEGURANÇA DOS ALUNOS QUE USUFRUEM DO TRANSPORTE ESCOLAR, E SE EXISTE A POSSIBILDIADE DE DISPONIBILIZAR UM SERVIDOR RESPONSÁVEL PARA CUIDASR DESSES ALUNOS DURANTE O REFERIDO TRANSPORTE.</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER-SE, DO PODER EXECUTIVO, INFORMAÇÕES OBJETIVAS DO MOTIVO DO NÃO FUNCIONAMENTO DO SISTEMA DE ILUMINAÇÃO PÚBLICA NAQUELE LOCAL E A DATA PREVISTA PARA O FUNCIONAMENTO.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/953/953_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/953/953_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE À SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA, REITERANDO O CONTIDO NO OFÍCIO Nº 015/17 DESTE LEGISLATIVO, QUE SOLICITOU LEVANTAMENTO DE TODAS AS PONTES EXISTENTES NO INTERIOR DO NOSSO MUNICÍPIO E QUE FOSSEM REALIZADAS VISTORIAS NAS MESMAS INDICANDO AS CONDIÇÕES DE SEGURANÇA AOS USUÁRIOS</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1000/1000_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1000/1000_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER - SE O ENVIO DE OFÍCIO À SECRETARIA MUNICIPAL DE EDUCAÇÃO COM CÓPIA EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SOLICITANDO INFORMAÇÕES E ESCLARECIMENTOS DO MOTIVO DAS INÚMERAS CONTRATAÇÕES TEMPORÁRIAS (PSS) QUE VEM SENDO EFETUADAS.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1011/1011_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1011/1011_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEREM, A RETIRADA E ARQUIVAMENTO DO PROJETO DE LEI Nº 4633</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1012/1012_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1012/1012_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE À SECRETARIA DE ESTADO DA EDUCAÇÃO - SEED, SOLICITANDO A REFORMA DA COBERTURA DO BLOCO II E A INSTALAÇÃO DE ALAMBRADO EM TORNO DA QUADRA POLIESPORTIVA DO CENTRO ESTADUAL DE EDUCAÇÃO PROFISSIONAL AGRÍCOLA GETÚLIO VARGAS</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1013/1013_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1013/1013_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE À SECRETARIA MUNICIPAL DE EDUCAÇÃO, SOLICITANDO INFORMAÇÕES SOBRE A PREVISÃO PARA O TÉRMINO DA INSTALAÇÃO DO ALAMBRADO EM TORNO DA ESCOLA MUNICIPAL NOSSA SENHORA DO ROCIO</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1058/1058_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1058/1058_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE À SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA, SOLICITANDO O QUE SEGUE</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1076/1076_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1076/1076_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE À SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA, SOLICITANDO INFORMAÇÕES SOBRE A PREVISÃO PARA O TERMINO DA OBRA DA UNIDADE BÁSICA DE SAÚDE DO ROCIO II</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1077/1077_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1077/1077_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE AO DEPARTAMENTO DE ESTRADAS E RODAGEM - DER, SOLICITANDO QUE SEJA REALIZADA A SUBSTITUIÇÃO DAS PLACAS DE SINALIZAÇÃO LOCALIZADAS NA PR - 151, ENTRE AS LOCALIDADES DE FAXINAL DOS QUARTINS E PINHEIRAL DE BAIXO</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1105/1105_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1105/1105_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER-SE O ENVIO DE OFÍCIO AO EXCELENTÍSSIMO CHEFE DO PODER EXECUTIVO, SOLICITANDO INFORMAÇÕES SOBRE: EXISTÊNCIA DE CONVÊNIO ENTRE O MUNICÍPIO DE PALMEIRA E A AGÊNCIA REGULADORA DO PARANÁ - AGEPAR, COMO TAMBÉM, UMA POSIÇÃO JURÍDICA SOBRE A LEGALIDADE DO REAJUSTE NA TARIFA DE 9,6% E NA ADEQUADA TARIFÁRIA DE 8,5%, QUE JUNTOS, SOMAM 18,1% NO CUSTO DOS SERVIÇOS PÚBLICO EM QUESTÃO</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1140/1140_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1140/1140_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE À SECRETARIA MUNICIPAL DE INDÚSTRIA E COMÉRCIO, SOLICITANDO O QUE SEGUE: PROGRAMAÇÃO DE CURSOS DO SENAI PARA O ANO DE 2017</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1157/1157_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1157/1157_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE À SECRETARIA MUNICIPAL DE SAÚDE, SOLICITANDO O QUE SEGUE: INFORMAÇÕES SOBRE VALORES DE REPASSE DE SUBVENÇÕES PARA HOSPITAL SANTA CASA; QUANTOS FUNCIONÁRIOS E QUAIS CARGOS EFETIVOS, EM COMISSÃO OU CONTRATADOS EM REGIME DE PSS PRESTAM SERVIÇOS NO REFERIDO HOSPITAL</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1161/1161_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1161/1161_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE AO DEPARTAMENTO DE ESTRADAS E RODAGEM - DER, SOLICITANDO O QUE SEGUE: 1) VEJA A POSSIBILIDADE DE RENOVAR A PINTURA DAS FAIXAS DE SEGURANÇA PARA PEDESTRES EM FRENTE DA ESCOLA FRITZ KLIEVWER, SEDE DA COOPERATIVA AGROINDUSTRIAL E REFEITÓRIO DA MESMA, NA LOCALIDADE DE WITMARSUM; 2) COLOCAÇÃO DE MAIS PLACAS INDICANDO VELOCIDADE REDUZIDA PARA VEÍCULOS NO PERÍMETRO URBANO DA COMUNIDADE DE WITMARSUM</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1162/1162_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1162/1162_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE À SECRETARIA MUNICIPAL DE URBANISMO, SOLICITANDO INFORMAÇÕES SOBRE A INSTALAÇÃO DE LUZ NO POÇO ARTESIANO E O INÍCIO DO FORNECIMENTO DE ÁGUA NA LOCALIDADE DE PINHEIRAL DE CIMA</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1163/1163_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1163/1163_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE À SECRETARIA MUNICIPAL DE ESPORTE E LAZER, SOLICITANDO INFORMAÇÕES COM RELAÇÃO ÁS PROVIDÊNCIAS QUE PODERÃO SER TOMADAS QUANTO AO ANTIGO BANHEIRO EXISTENTE AO LADO DA PISTA DE SKATE, ÀS MARGENS DA PR - 151, E AINDA, NA MELHORIA DA ILUMINAÇÃO DA PISTA E SUAS PROXIMIDADES</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1205/1205_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1205/1205_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE A EMPRESA EXPRESSO RODEX, SOLICITANDO O QUE SEGUE: SEJA REALIZADA A AMPLIAÇÃO NO ROTEIRO, PASSANDO PELAS LOCALIDADES DE VILINHA E CORREIAS</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1214/1214_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1214/1214_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE AO EXECUTIVO MUNICIPAL, SOLICITANDO O QUE SEGUE: EXPLICAÇÕES SOBRE O  PORQUE DOS CARGOS DE AGENTE SOCIAL, MOTORISTA E DEMAIS FUNCIONÁRIOS APROVADOS EM CONCURSO QUE SE EXIGIA APENAS ENSINO FUNDAMENTAL E TIVERAM PROGRESSÃO PARA ENSINO MÉDIO E SEGUINTES, PORÉM NÃO OBTIVERAM AUMENTO NAS SUAS REMUNERAÇÕES, CONFORME OS DISPOSITIVOS DA LEI Nº 4132/2016, QUE DISPÕE SOBRE O PLANO DE CARGOS, CARREIRA E SALÁRIOS DOS SERVIDORES PÚBLICOS EFETIVOS DO QUADRO DE PESSOAL CIVIL ESTATUTÁRIO DA ADMINISTRAÇÃO DIRETA E INDIRETA DO PODER EXECUTIVO MUNICIPAL</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1288/1288_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1288/1288_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, COM BASE NO ARTIGO 103 DO REGIMENTO INTERNO, O ADIAMENTO DA DISCUSSÃO DO PROJETO DE LEI 4812, PELO PRAZO DE 30 DIAS</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1289/1289_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1289/1289_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER-SE QUE O PODER EXECUTIVO PROMOVA UMA AÇÃO JUDICIAL, PEDINDO A SUSPENSÃO E/OU ANULAÇÃO DA TARIFA ANUAL DE 9,6% E DA ADEQUAÇÃO TARIFÁRIA DE 8,5% EM QUESTÃO</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1304/1304_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1304/1304_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, A REALIZAÇÃO DE AUDIÊNCIAS PÚBLICAS PARA DEBATER SOBRE O ASSUNTO PEDÁGIO NA PRAÇA DA CONCESSIONÁRIA CAMINHOS DO PARANÁ, NA BR - 277, MUNICÍPIO DE PORTO AMAZONAS</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1312/1312_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1312/1312_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER-SE QUE O PODER EXECUTIVO ENCAMINHE À CÂMARA DE VEREADORES, INFORMAÇÕES DETALHADAS DAS ATIVIDADES QUE ESTÃO SENDO DESENVOLVIDAS PELOS DEPARTAMENTOS DE AGRICULTURA E EDUCAÇÃO, RELATIVAS AOS PROGRAMAS: PRONAF - PPA - PNAE, E AO DECRETO Nº 3.750/2010</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1331/1331_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1331/1331_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE AO EXMO. SR. PREFEITO MUNICIPAL, SOLICITANDO INFORMAÇÕES SOBRE QUAIS PROVIDÊNCIAS SERÃO TOMADAS, FRENTE A SITUAÇÃO DE APARECIMENTO DE ESCORPIÕES NO ENTORNO DO CMEI SEBASTIÃO SANSON</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1386/1386_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1386/1386_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE AO EXMO. SR. PREFEITO MUNICIPAL, SOLICITANDO INFORMAÇÕES SOBRE OS MOTIVOS DO NÃO FUNCIONAMENTO DAS CÂMERAS DE SEGURANÇA INSTALADAS NA RUA CONCEIÇÃO, E QUAL É A PREVISÃO DAS MESMAS VOLTAREM A FUNCIONAR</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1391/1391_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1391/1391_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE À SECRETARIA MUNICIPAL DE URBANISMO, SOLICITANDO INFORMAÇÕES SOBRE O ANDAMENTO E PREVISÃO DE INÍCIO DA PAVIMENTAÇÃO ASFÁLTICA DAS RUAS JOÃO HONÓRIO DOS SANTOS E BENTO LUIZ DA COSTA, NO ROCIO I</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1405/1405_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1405/1405_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE À SECRETARIA MUNICIPAL DE SAÚDE, SOLICITANDO INFORMAÇÕES SOBRE OS ENCAMINHAMENTOS DE EXAMES ATRAVÉS DO SUS, SOLICITADOS ATRAVÉS DAS UNIDADES BÁSICAS DE SAÚDE DAS LOCALIDADES DE FAXINAL DOS QUARTINS E POÇO GRANDE</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1448/1448_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1448/1448_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE AO CHEFE DO PODER EXECUTIVO, SOLICITANDO INFORMAÇÕES SOBRE QUAIS SERVIDORES PÚBLICOS PARTICIPARAM DO EVENTO "CAPACITAÇÃO DE GESTORES PÚBLICOS E ORDENADORES DE DESPESAS", REALIZADO NO MÊS DE NOVEMBRO DO PRESENTE ANO, NA CIDADE DE FOZ DO IGUAÇU - PR, ASSIM COMO INFORME O VALOR TOTAL INVESTIDO EM TAL CURSO DE APERFEIÇOAMENTO (TRANSPORTE, ESTADIA, ALIMENTAÇÃO, DIÁRIAS, INSCRIÇÃO ETC.), JUNTANDO CÓPIA INTEGRAL DO PROCEDIMENTO QUE GEROU A CONCESSÃO DE DIÁRIAS, CÓPIA DE DOCUMENTO QUE CONSTE A PROGRAMAÇÃO DO CURSO, ASSIM COMO DO CONTEÚDO MINISTRADO E CÓPIA DE CADA UM DOS DIPLOMAS EMITIDOS EM FAVOR DOS FUNCIONÁRIOS. REQUER AINDA, SEJA INFORMADO QUAL O MEIO DE TRANSPORTE UTILIZADO PELOS FUNCIONÁRIOS E O MOTIVO PARA TAL OPÇÃO.</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1484/1484_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1484/1484_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO SEJA ENCAMINHADO EXPEDIENTE AO CHEFE DO PODER EXECUTIVO MUNICIPAL,PARA QUE FORNEÇA CÓPIAS DOS TRABALHOS REALIZADOS NO MUNICÍPIO DE PALMEIRA PELAS EMPRESAS METHAS CURSOS E TREINAMENTOS LTDA - ME E CONEV CONSULTORIA E EVENTOS LTDA - EPP, CONTRATOS Nº 634/2014, 340/2014, 821/2016, 618/2013 E 823/2016. AS CÓPIAS DEVERÃO SER FORNECIDAS CONFORME OS RELATÓRIOS DE EXECUÇÃO DOS SERVIÇOS ENTREGUES AO MUNICÍPIO, CONTENDO TODOS OS ESTUDOS, ATIVIDADES REALIZADAS E OS RESULTADOS</t>
   </si>
   <si>
     <t>REQC</t>
   </si>
   <si>
     <t>Requerimento das Comissões</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/95/95_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/95/95_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO PLENÁRIO, PRAZO DE 15 DIAS PARA MELHORES ESTUDOS AOS PROJETOS DE LEI 4611 E 4619.</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/96/96_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/96/96_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AOS PROJETOS DE LEI Nº 4611 E 4619</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/97/97_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/97/97_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 07 DIAS PARA EMITIR O PARECER AO PROJETO DE LEI 4640.</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/98/98_texto_integral.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/98/98_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 07 DIAS PARA EMITIR PARECER AO PROJETO DE LEI 4640.</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.pdf</t>
   </si>
   <si>
     <t>CECBESMA - Comissão de Educação, Cultura, Bem-estar Social e Meio Ambiente</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 15 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI 4633 E À EMENDA SUBSTITUTIVA AO MESMO PROJETO PROTOCOLADA COM O Nº 155/2017.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/962/962_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/962/962_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 15 DIAS PARA EMITIR O PARECER DO PROJETO DE LEI 4640</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/963/963_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/963/963_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 15 DIAS PARA EMITIR O PARECER DO PROJETO DE LEI 4649</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/964/964_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/964/964_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 15 DIAS PARA EMITIR O PARECER AO PROJETO DE LEI 4640</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>CUOP - Comissão de Urbanismo e Obras Públicas</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/965/965_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/965/965_texto_integral.pdf</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1003/1003_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1003/1003_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS DO PROJETO DE LEI 4619</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1004/1004_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1004/1004_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS DO PROJETO DE LEI 4633 E A EMENDA SUBSTITUTIVA DO MESMO PROJETO, PROTOCOLADA COM O Nº 155/2017</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1005/1005_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1005/1005_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA EMITIR O PARECER DO PROJETO DE LEI Nº 4640</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1006/1006_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1006/1006_texto_integral.pdf</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1057/1057_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1057/1057_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AOS PROJETOS DE LEI 4619</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1071/1071_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1071/1071_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA EMITIR O PARECER DOS PROJETOS DE LEI 4686, 4692 E 4693</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1072/1072_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1072/1072_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AOS PROJETOS DE LEI 4692 E 4693</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1073/1073_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1073/1073_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AOS PROJETOS DE LEI 4686 E 4693</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1082/1082_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1082/1082_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO PRAZO DE 7 DIAS PARA O PROJETO DE LEI 4640</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1083/1083_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1083/1083_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 07 DIAS PARA O PROJETO DE LEI 4640</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1084/1084_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1084/1084_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 15 DIAS PARA MELHORES ESTUDOS DOS PROJETOS DE LEI 4663 E 4664</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1091/1091_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1091/1091_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI 4699</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1092/1092_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1092/1092_texto_integral.pdf</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1141/1141_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1141/1141_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA EMITIR PARECER AO PROJETO DE LEI 4686</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1142/1142_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1142/1142_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA EMITIR PARECER AOS PROJETOS DE LEI 4715 E 4722</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1143/1143_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1143/1143_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AOS PROJETOS DE LEI 4715 E 4722</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1144/1144_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1144/1144_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI 4686</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1145/1145_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1145/1145_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI 4722</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1182/1182_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1182/1182_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA EMITIR O PARECER DO PROJETO DE LEI 4.742</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1183/1183_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1183/1183_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI 4742</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>CCLJR - Comissão de Constituição, Legislação, Justiça e Redação, CECBESMA - Comissão de Educação, Cultura, Bem-estar Social e Meio Ambiente</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1290/1290_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1290/1290_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEREM, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA EMITIR O PARECER AO PROJETO DE LEI 4686</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>CCLJR - Comissão de Constituição, Legislação, Justiça e Redação, CECBESMA - Comissão de Educação, Cultura, Bem-estar Social e Meio Ambiente, CEOFF - Comissão de Economia, Orçamento, Finanças e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1207/1207_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1207/1207_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEREM, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI 4773</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>CCLJR - Comissão de Constituição, Legislação, Justiça e Redação, CEOFF - Comissão de Economia, Orçamento, Finanças e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1233/1233_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1233/1233_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEREM, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI 4783</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1255/1255_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1255/1255_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA EMITIR O PARECER AOS PROJETOS DE LEI 4686, 4773, 4792, 4798 E 4803</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1256/1256_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1256/1256_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AOS PROJETOS DE LEI 4773, 4792 E 4803</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1257/1257_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1257/1257_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AOS PROJETOS DE LEI 4686 E 4773</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1258/1258_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1258/1258_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI 4798</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1273/1273_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1273/1273_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA EMITIR PARECER AOS PROJETOS DE LEI 4808, 4809 E 4811</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1274/1274_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1274/1274_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI 4808, 4809 E 4811</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1309/1309_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1309/1309_texto_integral.pdf</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1313/1313_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1313/1313_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA EMITIR PARECER AO PROJETO DE LEI 4828</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1332/1332_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1332/1332_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE  30 DIAS PARA EMITIR PARECER AOS PROJETOS DE LEI 4686, 4773 E 4835</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1333/1333_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1333/1333_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AOS PROJETOS DE LEI 4773 E 4835</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1334/1334_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1334/1334_texto_integral.pdf</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1343/1343_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1343/1343_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEREM, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI 4841</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1358/1358_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1358/1358_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEREM, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI 4850</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1370/1370_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1370/1370_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI 4857</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI 4858</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1383/1383_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1383/1383_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA EMITIR PARECERES AOS PROJETOS DE LEI 4828 E 4868</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1384/1384_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1384/1384_texto_integral.pdf</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1385/1385_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1385/1385_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 3 DIAS PARA MELHORES ESTUDOS AOS PROJETOS DE LEI 4868</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1388/1388_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1388/1388_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA EMITIR O PARECER AOS PROJETOS DE LEI 4686, 4773, 4878 E 4879</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1389/1389_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1389/1389_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AOS PROJETOS DE LEI 4773, 4878 E 4879</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1390/1390_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1390/1390_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 3 DIAS PARA MELHORES ESTUDOS AOS PROJETOS DE LEI 4686, 4773 E 4878</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1401/1401_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1401/1401_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE  30 DIAS PARA EMITIR O PARECER AOS PROJETOS DE LEI 4841 E 4881</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1402/1402_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1402/1402_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AOS PROJETOS DE LEI 4841 E 4881</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1403/1403_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1403/1403_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI  4881</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1411/1411_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1411/1411_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA EMITIR PARECER AO SUBSTITUTIVO AO PROJETO DE LEI 4686 E AO PROJETO DE LEI 4882</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1412/1412_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1412/1412_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO SUBSTITUTIVO AO PROJETO DE LEI 4686</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1413/1413_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1413/1413_texto_integral.pdf</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1414/1414_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1414/1414_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI 4882</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1438/1438_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1438/1438_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA EMITIR O PARECER AO PROJETO DE LEI 4894 E AO PROJETO DE LEI COMPLEMENTAR 003</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1439/1439_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1439/1439_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI 4894 E AO PROJETO DE LEI COMPLEMENTAR 003</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1440/1440_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1440/1440_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI COMPLEMENTAR 003</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1444/1444_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1444/1444_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA EMITIR O PARECER AOS PROEJETOS DE LEI 4828, 4898, 4900 E 4911</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1445/1445_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1445/1445_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AOS PROJETO DE LEI 4898, 4900 E 4911</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1446/1446_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1446/1446_texto_integral.pdf</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1447/1447_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1447/1447_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI 4898</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1472/1472_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1472/1472_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA EMITIR O PARECER AOS PROEJETOS DE LEI 4773 E 4878</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1473/1473_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1473/1473_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE  30 DIAS PARA MELHORES ESTUDOS AOS PROJETOS DE LEI 4773 E 4878</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1474/1474_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1474/1474_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AOS PROJETOS DE LEI 4773 E 4878</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1479/1479_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1479/1479_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEREM, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA EMITIR O PARECER AO PROJETO DE LEI 4917</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1480/1480_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1480/1480_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETOS DE LEI 4927</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1485/1485_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1485/1485_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA EMITIR O PARECER AOS SUBSTITUTIVOS DOS PROJETOS DE LEI 4886, 4929 E 4930</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1486/1486_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1486/1486_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AOS SUBSTITUTIVOS DOS PROJETOS DE LEI 4686, 4929 E 4930</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1487/1487_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1487/1487_texto_integral.pdf</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1488/1488_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1488/1488_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AOS SUBSTITUTIVOS AOS PROJETOS DE LEI 4929 E 4930</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -6636,67 +6636,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/977/977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1107/1107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/954/954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/955/955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/956/956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/957/957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/958/958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/959/959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/960/960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/966/966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/978/978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/979/979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/981/981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/982/982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/983/983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/984/984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/985/985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/986/986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/991/991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/992/992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/993/993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/994/994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/995/995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/996/996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/997/997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/998/998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/999/999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1014/1014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1015/1015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1016/1016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1017/1017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1018/1018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1019/1019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1020/1020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1021/1021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1022/1022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1033/1033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1034/1034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1035/1035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1036/1036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1056/1056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1037/1037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1059/1059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1060/1060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1061/1061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1062/1062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1063/1063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1064/1064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1074/1074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1075/1075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1079/1079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1080/1080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1081/1081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1093/1093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1094/1094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1095/1095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1096/1096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1097/1097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1098/1098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1099/1099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1122/1122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1123/1123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1124/1124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1125/1125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1126/1126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1128/1128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1129/1129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1130/1130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1131/1131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1132/1132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1158/1158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1164/1164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1165/1165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1166/1166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1167/1167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1184/1184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1185/1185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1208/1208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1220/1220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1221/1221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1222/1222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1223/1223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1224/1224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1225/1225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1226/1226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1234/1234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1235/1235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1252/1252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1253/1253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1275/1275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1276/1276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1277/1277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1278/1278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1291/1291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1292/1292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1293/1293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1294/1294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1305/1305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1306/1306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1307/1307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1308/1308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1314/1314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1315/1315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1316/1316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1330/1330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1344/1344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1345/1345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1346/1346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1347/1347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1348/1348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1349/1349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1372/1372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1373/1373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1374/1374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1404/1404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1415/1415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1416/1416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1417/1417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1441/1441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1449/1449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1450/1450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1451/1451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1452/1452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1453/1453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1475/1475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1476/1476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1481/1481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1482/1482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/961/961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1038/1038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1100/1100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1295/1295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1359/1359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1360/1360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1454/1454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1455/1455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/990/990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1065/1065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1203/1203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1442/1442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1302/1302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/441/441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/970/970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/971/971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/972/972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/973/973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/974/974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/975/975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/976/976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/987/987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/988/988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/989/989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1002/1002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1007/1007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1008/1008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1009/1009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1010/1010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1023/1023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1024/1024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1025/1025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1026/1026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1027/1027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1028/1028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1029/1029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1030/1030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1031/1031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1032/1032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1039/1039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1040/1040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1041/1041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1042/1042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1043/1043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1044/1044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1045/1045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1046/1046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1047/1047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1048/1048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1049/1049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1050/1050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1051/1051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1052/1052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1053/1053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1054/1054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1055/1055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1066/1066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1067/1067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1068/1068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1069/1069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1070/1070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1078/1078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1085/1085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1086/1086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1087/1087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1088/1088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1089/1089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1090/1090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1101/1101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1102/1102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1103/1103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1104/1104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1108/1108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1109/1109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1110/1110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1111/1111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1112/1112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1113/1113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1114/1114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1115/1115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1116/1116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1117/1117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1118/1118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1119/1119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1120/1120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1133/1133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1134/1134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1135/1135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1136/1136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1137/1137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1138/1138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1139/1139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1146/1146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1147/1147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1148/1148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1149/1149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1150/1150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1151/1151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1152/1152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1153/1153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1154/1154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1155/1155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1156/1156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1159/1159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1160/1160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1168/1168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1169/1169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1170/1170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1171/1171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1172/1172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1173/1173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1174/1174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1175/1175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1176/1176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1177/1177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1178/1178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1179/1179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1180/1180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1181/1181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1186/1186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1187/1187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1188/1188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1189/1189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1190/1190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1191/1191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1192/1192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1193/1193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1194/1194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1195/1195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1196/1196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1197/1197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1198/1198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1199/1199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1200/1200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1201/1201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2017/1202/4773_e_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1204/1204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1209/1209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1210/1210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1211/1211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1212/1212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1213/1213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1215/1215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1216/1216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1217/1217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1218/1218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1219/1219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1227/1227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1228/1228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1229/1229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1230/1230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1231/1231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1232/1232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1238/1238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1239/1239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1240/1240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1241/1241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1242/1242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1243/1243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1244/1244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1245/1245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1246/1246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1247/1247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1248/1248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1249/1249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1250/1250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1251/1251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1254/1254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1259/1259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1260/1260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1261/1261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1262/1262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1263/1263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1264/1264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1265/1265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1266/1266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1267/1267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1268/1268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1269/1269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1270/1270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1271/1271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1272/1272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1279/1279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1280/1280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1281/1281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1282/1282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1283/1283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1284/1284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1285/1285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1296/1296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1297/1297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1298/1298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1299/1299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1300/1300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1301/1301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1310/1310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1311/1311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1317/1317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1318/1318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1319/1319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1320/1320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1321/1321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1322/1322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1323/1323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1324/1324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1325/1325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1326/1326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1327/1327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1328/1328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1329/1329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1335/1335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1336/1336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1337/1337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1338/1338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1339/1339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1340/1340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1341/1341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1342/1342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1350/1350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1351/1351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1352/1352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1353/1353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1354/1354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1355/1355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1356/1356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1357/1357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1362/1362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1361/1361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1363/1363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1364/1364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1365/1365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1366/1366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1367/1367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1368/1368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1369/1369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1375/1375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1376/1376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1377/1377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1378/1378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1379/1379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1380/1380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1381/1381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1382/1382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1387/1387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1392/1392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1393/1393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1394/1394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1395/1395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1396/1396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1397/1397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1398/1398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1399/1399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1400/1400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1406/1406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1407/1407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1408/1408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1410/1410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1418/1418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1419/1419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1420/1420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1421/1421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1422/1422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1423/1423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1424/1424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1425/1425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1426/1426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1427/1427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1428/1428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1429/1429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1430/1430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1431/1431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1432/1432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1433/1433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1434/1434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1435/1435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1436/1436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1437/1437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1443/1443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1456/1456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1457/1457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1458/1458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1459/1459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1460/1460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1461/1461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1462/1462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1463/1463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1464/1464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1465/1465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1466/1466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1468/1468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1469/1469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1470/1470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1471/1471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1478/1478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1483/1483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1286/1286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1287/1287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1409/1409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1467/1467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1121/1121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1236/1236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1237/1237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1303/1303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1477/1477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/953/953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1000/1000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1011/1011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1012/1012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1013/1013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1058/1058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1076/1076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1077/1077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1105/1105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1140/1140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1157/1157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1161/1161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1162/1162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1163/1163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1205/1205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1214/1214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1288/1288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1289/1289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1304/1304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1312/1312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1331/1331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1386/1386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1391/1391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1405/1405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1448/1448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1484/1484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/962/962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/963/963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/964/964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/965/965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1003/1003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1004/1004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1005/1005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1006/1006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1057/1057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1071/1071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1072/1072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1073/1073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1082/1082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1083/1083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1084/1084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1091/1091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1092/1092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1141/1141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1142/1142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1143/1143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1144/1144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1145/1145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1182/1182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1183/1183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1290/1290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1207/1207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1233/1233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1255/1255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1256/1256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1257/1257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1258/1258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1273/1273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1274/1274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1309/1309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1313/1313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1332/1332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1333/1333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1334/1334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1343/1343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1358/1358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1370/1370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1383/1383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1384/1384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1385/1385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1388/1388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1389/1389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1390/1390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1401/1401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1402/1402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1403/1403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1411/1411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1412/1412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1413/1413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1414/1414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1438/1438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1439/1439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1440/1440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1444/1444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1445/1445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1446/1446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1447/1447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1472/1472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1473/1473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1474/1474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1479/1479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1480/1480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1485/1485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1486/1486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1487/1487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1488/1488_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/977/977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1107/1107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/954/954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/955/955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/956/956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/957/957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/958/958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/959/959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/960/960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/966/966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/978/978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/979/979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/981/981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/982/982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/983/983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/984/984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/985/985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/986/986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/991/991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/992/992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/993/993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/994/994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/995/995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/996/996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/997/997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/998/998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/999/999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1014/1014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1015/1015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1016/1016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1017/1017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1018/1018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1019/1019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1020/1020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1021/1021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1022/1022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1033/1033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1034/1034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1035/1035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1036/1036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1056/1056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1037/1037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1059/1059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1060/1060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1061/1061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1062/1062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1063/1063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1064/1064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1074/1074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1075/1075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1079/1079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1080/1080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1081/1081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1093/1093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1094/1094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1095/1095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1096/1096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1097/1097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1098/1098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1099/1099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1122/1122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1123/1123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1124/1124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1125/1125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1126/1126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1128/1128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1129/1129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1130/1130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1131/1131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1132/1132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1158/1158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1164/1164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1165/1165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1166/1166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1167/1167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1184/1184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1185/1185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1208/1208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1220/1220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1221/1221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1222/1222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1223/1223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1224/1224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1225/1225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1226/1226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1234/1234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1235/1235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1252/1252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1253/1253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1275/1275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1276/1276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1277/1277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1278/1278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1291/1291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1292/1292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1293/1293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1294/1294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1305/1305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1306/1306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1307/1307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1308/1308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1314/1314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1315/1315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1316/1316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1330/1330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1344/1344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1345/1345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1346/1346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1347/1347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1348/1348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1349/1349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1372/1372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1373/1373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1374/1374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1404/1404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1415/1415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1416/1416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1417/1417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1441/1441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1449/1449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1450/1450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1451/1451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1452/1452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1453/1453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1475/1475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1476/1476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1481/1481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1482/1482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/961/961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1038/1038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1100/1100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1295/1295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1359/1359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1360/1360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1454/1454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1455/1455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/990/990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1065/1065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1203/1203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1442/1442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1302/1302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/441/441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/970/970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/971/971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/972/972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/973/973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/974/974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/975/975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/976/976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/987/987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/988/988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/989/989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1002/1002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1007/1007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1008/1008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1009/1009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1010/1010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1023/1023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1024/1024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1025/1025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1026/1026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1027/1027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1028/1028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1029/1029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1030/1030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1031/1031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1032/1032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1039/1039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1040/1040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1041/1041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1042/1042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1043/1043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1044/1044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1045/1045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1046/1046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1047/1047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1048/1048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1049/1049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1050/1050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1051/1051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1052/1052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1053/1053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1054/1054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1055/1055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1066/1066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1067/1067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1068/1068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1069/1069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1070/1070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1078/1078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1085/1085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1086/1086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1087/1087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1088/1088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1089/1089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1090/1090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1101/1101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1102/1102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1103/1103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1104/1104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1108/1108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1109/1109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1110/1110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1111/1111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1112/1112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1113/1113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1114/1114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1115/1115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1116/1116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1117/1117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1118/1118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1119/1119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1120/1120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1133/1133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1134/1134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1135/1135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1136/1136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1137/1137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1138/1138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1139/1139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1146/1146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1147/1147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1148/1148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1149/1149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1150/1150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1151/1151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1152/1152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1153/1153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1154/1154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1155/1155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1156/1156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1159/1159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1160/1160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1168/1168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1169/1169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1170/1170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1171/1171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1172/1172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1173/1173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1174/1174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1175/1175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1176/1176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1177/1177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1178/1178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1179/1179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1180/1180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1181/1181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1186/1186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1187/1187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1188/1188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1189/1189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1190/1190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1191/1191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1192/1192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1193/1193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1194/1194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1195/1195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1196/1196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1197/1197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1198/1198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1199/1199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1200/1200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1201/1201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2017/1202/4773_e_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1204/1204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1209/1209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1210/1210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1211/1211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1212/1212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1213/1213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1215/1215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1216/1216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1217/1217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1218/1218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1219/1219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1227/1227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1228/1228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1229/1229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1230/1230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1231/1231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1232/1232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1238/1238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1239/1239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1240/1240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1241/1241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1242/1242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1243/1243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1244/1244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1245/1245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1246/1246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1247/1247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1248/1248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1249/1249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1250/1250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1251/1251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1254/1254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1259/1259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1260/1260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1261/1261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1262/1262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1263/1263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1264/1264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1265/1265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1266/1266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1267/1267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1268/1268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1269/1269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1270/1270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1271/1271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1272/1272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1279/1279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1280/1280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1281/1281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1282/1282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1283/1283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1284/1284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1285/1285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1296/1296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1297/1297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1298/1298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1299/1299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1300/1300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1301/1301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1310/1310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1311/1311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1317/1317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1318/1318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1319/1319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1320/1320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1321/1321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1322/1322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1323/1323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1324/1324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1325/1325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1326/1326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1327/1327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1328/1328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1329/1329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1335/1335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1336/1336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1337/1337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1338/1338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1339/1339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1340/1340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1341/1341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1342/1342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1350/1350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1351/1351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1352/1352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1353/1353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1354/1354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1355/1355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1356/1356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1357/1357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1362/1362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1361/1361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1363/1363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1364/1364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1365/1365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1366/1366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1367/1367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1368/1368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1369/1369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1375/1375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1376/1376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1377/1377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1378/1378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1379/1379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1380/1380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1381/1381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1382/1382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1387/1387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1392/1392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1393/1393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1394/1394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1395/1395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1396/1396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1397/1397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1398/1398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1399/1399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1400/1400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1406/1406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1407/1407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1408/1408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1410/1410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1418/1418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1419/1419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1420/1420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1421/1421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1422/1422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1423/1423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1424/1424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1425/1425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1426/1426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1427/1427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1428/1428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1429/1429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1430/1430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1431/1431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1432/1432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1433/1433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1434/1434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1435/1435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1436/1436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1437/1437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1443/1443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1456/1456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1457/1457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1458/1458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1459/1459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1460/1460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1461/1461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1462/1462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1463/1463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1464/1464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1465/1465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1466/1466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1468/1468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1469/1469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1470/1470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1471/1471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1478/1478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1483/1483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1286/1286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1287/1287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1409/1409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1467/1467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1121/1121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1236/1236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1237/1237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1303/1303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1477/1477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/953/953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1000/1000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1011/1011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1012/1012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1013/1013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1058/1058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1076/1076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1077/1077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1105/1105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1140/1140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1157/1157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1161/1161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1162/1162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1163/1163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1205/1205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1214/1214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1288/1288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1289/1289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1304/1304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1312/1312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1331/1331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1386/1386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1391/1391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1405/1405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1448/1448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1484/1484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/962/962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/963/963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/964/964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/965/965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1003/1003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1004/1004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1005/1005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1006/1006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1057/1057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1071/1071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1072/1072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1073/1073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1082/1082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1083/1083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1084/1084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1091/1091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1092/1092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1141/1141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1142/1142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1143/1143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1144/1144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1145/1145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1182/1182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1183/1183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1290/1290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1207/1207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1233/1233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1255/1255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1256/1256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1257/1257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1258/1258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1273/1273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1274/1274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1309/1309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1313/1313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1332/1332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1333/1333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1334/1334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1343/1343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1358/1358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1370/1370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1383/1383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1384/1384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1385/1385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1388/1388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1389/1389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1390/1390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1401/1401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1402/1402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1403/1403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1411/1411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1412/1412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1413/1413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1414/1414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1438/1438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1439/1439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1440/1440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1444/1444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1445/1445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1446/1446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1447/1447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1472/1472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1473/1473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1474/1474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1479/1479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1480/1480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1485/1485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1486/1486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1487/1487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2017/1488/1488_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H626"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="190.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="95" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="94.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>