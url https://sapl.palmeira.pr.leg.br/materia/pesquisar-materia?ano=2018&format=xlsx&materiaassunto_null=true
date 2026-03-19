--- v0 (2026-01-30)
+++ v1 (2026-03-19)
@@ -54,5082 +54,5082 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
     <t>João Alberto Gaiola</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1538/1538_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1538/1538_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSERE O ART. 78 - B, NA SEÇÃO X - DA APOSENTADORIA ESPECIAL, NA LEI Nº 2404, DE 30 DE SETEMBRO DE 2005, QUE REORGANIZOU O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - RPPS, NO MUNICÍPIO DE PALMEIRA</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1815/anteprojeto_de_lei_002-2018_-_21.08.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1815/anteprojeto_de_lei_002-2018_-_21.08.2018.pdf</t>
   </si>
   <si>
     <t>ABRE VAGA NO SERVIÇO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1932/anteprojeto_de_lei_no_03-2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1932/anteprojeto_de_lei_no_03-2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder apoio financeiros para conclusão do parque infantil da escola "CMEI Recanto dos Pequeninos"</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Arildo Zaleski, Gilmar Costa</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1534/1534_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1534/1534_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAM, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADA PAVIMENTAÇÃO ASFÁLTICA NA RUA JOÃO KLIMIONT, BAIRRO DO ROCIO I</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1539/1539_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1539/1539_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO EXMO. SR. PREFEITO MUNICIPAL, QUE VEJA DA POSSIBILIDADE DE REALIZAR TROCA DE LÂMPADAS NA ILUMINAÇÃO PÚBLICA DAS RUAS JOÃO JACOB MAYER E HENRIQUE KHUN, NO BAIRRO DO ROCIO II, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
     <t>Denis Sanson</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1551/1551_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1551/1551_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA DE OBRAS E INFRAESTRUTURA, SEJAM PROVIDENCIADAS MELHORIAS NA RUA EULINA CRUZ ZANETI, NA COLÔNIA FRANCESA</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Gilmar Costa</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1591/1591_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1591/1591_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO. SR PREFEITO MUNICIPAL, QUE VEJA DA POSSIBILIDADE DA REATIVAÇÃO DO BANHEIRO DA LOCALIZADO NA PRAÇA DOMINGOS THEODORICO DE FREITAS</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1601/1601_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1601/1601_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADA A LIMPEZA OU REFORMA DOS BUEIROS NA ESTRADA QUE LIGA SANTA BÁRBARA DE CIMA À SANTA BÁRBARA DE BAIXO</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Everaldo Kuhn</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA, AO DEPARTAMENTO DE TRÂNSITO, QUE VEJA A POSSIBILIDADE DA CONSTRUÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA), NA RUA INÁCIO BARÃO, NA COLÔNIA FRANCESA, NAS PROXIMIDADES DO Nº 303</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1605/1605_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1605/1605_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO EXMO. SR. PREFEITO MUNICIPAL, QUE VEJA DA POSSIBILIDADE DE INSTALAR REDUTORES DE VELOCIDADE, LOMBADA OU TRAVESSIA ELEVADA, NO CURSO DA AVENIDA DANIEL MANSANI, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1606/1606_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1606/1606_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO EXMO. SR. PREFEITO MUNICIPAL, QUE VEJA DA POSSIBILIDADE DE INSTALAR REDUTORES DE VELOCIDADE, LOMBADA OU TRAVESSIA ELEVADA, NA ESQUINA DA RUA MARÇAL B. TEIXEIRA COM A RUA GABRIEL PRESTES, NO BAIRRO DA VILA ROSA, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Marcos Ribas</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1608/1608_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1608/1608_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À MUNICIPAL SECRETARIA DE AGRICULTURA E PECUÁRIA, O INÍCIO DA EXECUÇÃO DO PROGRAMA PORTEIRA A DENTRO, E O ATENDIMENTO DOS PRODUTORES MARCOS KRUPA E EDILSON SVIECH</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1619/1619_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1619/1619_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO EXMO. PREFEITO MUNICIPAL, QUE VEJA DA POSSIBILIDADE DE FAZER A CESSÃO DE USO DE PLAINA NIVELADORA PARA A LOCALIDADE DE PINHEIRAL DE BAIXO.</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1620/1620_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1620/1620_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA MUNICIPAL DE SAÚDE, PARA QUE VEJA DA POSSIBILIDADE DE DISPONIBILIZAR MAIS UM AGENTE COMUNITÁRIO DE SAÚDE PARA ATENDER A COMUNIDADE DE SANTA BÁRBARA.</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1621/1621_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1621/1621_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETÁRIA MUNICIPAL DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADO O PATROLAMENTO E CASCALHAMENTO DA ESTRADA DE PAIOL DO FUNDO, INICIANDO NA BR 277 ATÉ A IGREJA DA COMUNIDADE.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1624/1624_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1624/1624_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADO PATROLAMENTO E CASCALHAMENTO NA ESTRADA QUE INICIA NA BR-277 PASSANDO PELA COMUNIDADE DE FAXINAL DO RINCÃO ATÉ A VILINHA.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1625/1625_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1625/1625_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADA PAVIMENTAÇÃO ASFÁLTICA NO TRECHO FINAL DA RUA HEITOR STOKLER DE FRANÇA, BAIRRO ROCIO I.</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Arildo Zaleski</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1626/1626_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1626/1626_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADA PAVIMENTAÇÃO ASFÁLTICA NA RUA OSCAR TEIXEIRA DE OLIVEIRA, BAIRRO VILA RURAL.</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1627/1627_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1627/1627_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADO RECAPEAMENTO ASFÁLTICO E NIVELAMENTO DO MEIO FIO NA RUA BOLIS BORCOSKI, BAIRRO ROCIO I</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Pastor Anselmo</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1628/1628_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1628/1628_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A SECRETARIA DE OBRAS E INFRAESTRUTURA, SEJA FEITO  O PATROLAMENTO E CASCALHAMENTO DA ESTRADA QUE PASSA PELA FAZENDA GUARAÚNA, CHEGANDO ATÉ O ALTO DA PEDRA.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1629/1629_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1629/1629_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA À SECRETARIA DE OBRAS E INFRAESTRUTURA QUE VEJA A POSSIBILIDADE DE REALIZAR OPERAÇÃO TAPA BURACOS NA RUA EUGÊNIO N. DOS SANTOS, BAIRRO FARAJALA BACILA </t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1630/1630_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1630/1630_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO SR. PREFEITO MUNICIPAL QUE VEJA DA POSSIBILIDADE DE CONCLUIR A PAVIMENTAÇÃO ASFÁLTICA NO TRECHO DA ESQUINA ENTRE AS RUA PEDRO MOSCALESKI E LUIZ COSTA, JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>João Savi</t>
   </si>
   <si>
     <t>INDICA AO DEPARTAMENTO DE TRÂNSITO, QUE VEJA A POSSIBILIDADE DA INSTALAÇÃO DE SEMÁFORO NA ESQUINA DAS RUA XV DE NOVEMBRO COM A AVENIDA SETE DE ABRIL</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>INDICA AO DEPARTAMENTO DE TRÂNSITO, QUE VEJA A POSSIBILIDADE DA INSTALAÇÃO DE SEMÁFORO NA ESQUINA DAS RUAS CONCEIÇÃO E DOM ALBERTO GONÇALVES</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADA A SUBSTITUIÇÃO DE LÂMPADAS NA EXTENSÃO DA CICLOVIA PRÓXIMA À PR-151</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Rogério Czelusniak</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1650/1650_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1650/1650_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, PARA A SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA, O PATROLAMENTO E CASCALHAMENTO DA ESTRADA DE PAIOL DE FUNDO ATÉ PINHEIRAL DE BAIXO, PASSANDO POR PINHEIRAL DOS MALUCELLI</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1651/1651_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1651/1651_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADA A SUBSTITUIÇÃO DE LÂMPADAS NA RUA JULIOS LEGIEHN E NA EXTENSÃO DA AVENIDA ERNESTO GEISEL, COLÔNIA WITMARSUM</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1652/1652_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1652/1652_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO EXMO. SR. PREFEITO MUNICIPAL, QUE VEJA DA POSSIBILIDADE DE REALIZAR CASCALHAMENTO, DO INÍCIO ATÉ A TORRE, NA ESTRADA DE GUARAÚNA DOS BORGES, NESTA CIDADE</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1653/1653_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1653/1653_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE EDUCAÇÃO, QUE SEJA REALIZADA A REFORMA DA QUADRA DE ESPORTES DA ESCOLA MUNICIPAL DO CAMPO LEONOR SANTOS, LOCALIZADA EM FAXINAL DOS QUARTINS</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1659/1659_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1659/1659_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO EXMO. SR. PREFEITO MUNICIPAL, QUE VEJA DA POSSIBILIDADE DE REALIZAR A IMEDIATA CONCLUSÃO DA PAVIMENTAÇÃO ASFÁLTICA DA RUA JUDITH SOTTA MALUCELLI, NA ESQUINA COM A RUA BARÃO DO RIO BRANCO, COMO TAMBÉM RECUPERAR E MELHORAR O ACESSO AO CMEI ALDERICO VIANTE, NAQUELE LOCAL</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1662/1662_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1662/1662_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO DEPARTAMENTO DE TRÂNSITO, QUE VEJA DA POSSIBILIDADE DE REALIZAR A PINTURA DO MEIO FIO DA RUA CORONEL VIDA, NAS PROXIMIDADES DO Nº 232</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1665/1665_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1665/1665_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA, A REALIZAÇÃO DE PATROLAMENTO E CASCALHAMENTO ONDE SE FIZER NECESSÁRIO, NA ESTRADA QUE TEM INÍCIO NA LOCALIDADE DE SANTA BÁRBARA, EM FRENTE A PROPRIEDADE DO SR. ANTONIO FERRANDO, PASSANDO PELA PROPRIEDADE DO SR. LÍDIO E OUTROS, ATÉ A DIVISA COM O MUNICÍPIO DE PORTO AMAZONAS</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1666/1666_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1666/1666_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA MUNICIPAL DE ESPORTE E LAZER, QUE VEJA DA POSSIBILIDADE DE INCENTIVAR A REALIZAÇÃO DE CAMPEONATOS E TORNEIOS DE FUTEBOL, EFETUANDO O PAGAMENTO DE ARBITRAGEM</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1692/1692_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1692/1692_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADA A AMPLIAÇÃO DA REDE DE ILUMINAÇÃO PÚBLICA E COLOCAÇÃO DE LUMINÁRIAS EM FRENTE A PROPRIEDADE DO SR. NÉRI GROSS COSTA E DO MERCADO DE EDSON COSTA, E A SUBSTITUIÇÃO DE LÂMPADAS QUEIMADAS, NA LOCALIDADE DE PINHEIRAL DE BAIXO</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1693/1693_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1693/1693_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA, AO DEPARTAMENTO DE TRÂNSITO, QUE VEJA DA POSSIBILIDADE DE INSTALAR REDUTORES DE VELOCIDADE TIPO LOMBADA, EM FRENTE AO MERCADO DO SENHOR EDSON COSTA, E DO COLÉGIO PEDRO GROSS FILHO, NA LOCALIDADE DE PINHEIRAL DE BAIXO </t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1694/1694_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1694/1694_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADA A SUBSTITUIÇÃO DE LÂMPADAS NA RUA PEDRO SWIECH, NA LOCALIDADE DE VILINHA DE PAPAGAIOS NOVOS</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1695/1695_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1695/1695_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADO O PATROLAMENTO E CASCALHAMENTO NA ESTRADA PRINCIPAL DA LOCALIDADE DE CATANDUVAS ATÉ RIO DAS PEDRAS</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1704/1704_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1704/1704_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADA A AMPLIAÇÃO DA REDE DE ILUMINAÇÃO PÚBLICA E COLOCAÇÃO DE LUMINÁRIAS NA RUA HEINRICH KASDORF, NA COLÔNIA WITMARSUM </t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1708/1708_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1708/1708_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO EXMO. SR PREFEITO MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE QUE PROCEDA A COLOCAÇÃO DE PLACA DE DENOMINAÇÃO DA PRAÇA LUIZ CAVALHEIRO, SITUADA NA RUA JOSÉ ADRIANO DE FREITAS, NO BAIRRO DO ROCIO I</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1714/1714_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1714/1714_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, AO EXMO. SR. PREFEITO MUNICIPAL, A REALIZAÇÃO DE ENQUETE PARA ESCOLHA DO SÍMBOLO QUE IRÁ MARCAR O BICENTENÁRIO DO MUNICÍPIO DE PALMEIRA, DENTRO DE SUGESTÕES PROPOSTAS PELA POPULAÇÃO PALMEIRENSE</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1719/1719_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1719/1719_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA, À SECRETARIA DE OBRAS E INFRAESTRUTURA A REALIZAÇÃO DE PAVIMENTAÇÃO ASFÁLTICA E COMPLEMENTAÇÃO DA REDE DE ILUMINAÇÃO PÚBLICA NA RUA JESUÍNO MARCONDES, A PARTIR DA RUA JOSÉ RIGONI</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1720/1720_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1720/1720_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO. SR. PREFEITO MUNICIPAL QUE VEJA DA POSSIBILIDADE DE EFETIVAR A DOAÇÃO DOS LOTES SITUADOS NA RUA BARÃO DO RIO BRANCO, CONFORME DISPÕE A LEI MUNICIPAL Nº 4506, DE 10/10/2017</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1739/1739_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1739/1739_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA MUNICIPAL DE MEIO AMBIENTE, QUE SEJA DISPONIBILIZADO LOCAL PRÓPRIO PARA DESCARTE DE ENTULHO GERADO POR CONSTRUÇÕES, DEMOLIÇÕES OU PEQUENAS REFORMAS, PODA OU CORTE DE ÁRVORES EFETUADAS PELA POPULAÇÃO EM SUAS RESIDÊNCIAS</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1754/indicacao_no_41-2018_-_17.07.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1754/indicacao_no_41-2018_-_17.07.2018.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADA A SUBSTITUIÇÃO DE LÂMPADAS NA RUA VICENTE MACHADO, DESDO OS FUNDOS DO CEMITÉRIO MUNICIPAL ATÉ A IGREJA NOSSA SENHORA DE FÁTIMA</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1755/indicacao_no_42-2018_-_17.07.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1755/indicacao_no_42-2018_-_17.07.2018.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADO RECAPEAMENTO ASFÁLTICO NA RUA CORONEL OTONNI FERREIRA MACIEL</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1756/indicacao_no_43-2018_-_17.07.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1756/indicacao_no_43-2018_-_17.07.2018.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADO PATROLAMENTO E CASCALHAMNTO NA ESTRADA QUE INICIA NA LOCALIDADE DE MANDAÇAIA, PASSANDO PELA PROPRIEDADE DO SR. ADELAR MAYER FILHO, ATÉ A ESTRADA QUE LIGA A BR-277 A PINHEIRAL DE BAIXO</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1760/indicacao_no_44-2018_-_17.07.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1760/indicacao_no_44-2018_-_17.07.2018.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA MUNICIPAL DE ESPORTE E LAZER, PARA QUE VEJA A POSSIBILIDADE DA CONSTRUÇÃO DE BANHEIRO PÚBLICO E VESTIÁRIO NO COMPLEXO ESPORTIVO GEOVANI AMÂNCIO DOS SANTOS (QUADRA DE FUTEBOL SOCIETY LOCALIZADA NA PRAÇA MANOEL RIBAS)</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1772/indicacao_no_45-2018_-_24.07.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1772/indicacao_no_45-2018_-_24.07.2018.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADO O PATROLAMENTO E CASCALHAMENTO NA ESTRADA QUE INICIA NA PROPRIEDADE DO SR. SILVIO BORGES ATÉ RESIDÊNCIA DE MARIO BASSANI, LOCALIDADE DE CAMPO NOVO</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1774/indicacao_no_46-2018_-_24.07.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1774/indicacao_no_46-2018_-_24.07.2018.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA DE MEIO AMBIENTE, QUE SEJA EFETUADA MENSALMENTE A COLETA DE LIXO RECICLÁVEL NAS LOCALIDADES DE COLÔNIA MACIEL, PAIOL DO FUNDO E PINHEIRAL DOS MALUCELLI</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1782/indicacao_no_47-2018_-_31.07.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1782/indicacao_no_47-2018_-_31.07.2018.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA DE OBRAS E INFRAESTRUTURA QUE SEJA REALIZADO O CASCALHAMENTO NA ESTRADA QUE LIGA A RESIDÊNCIA DO SR. SILVESTRE GRENSKI ATÉ A ESTRADA PRINCIPAL DA LOCALIDADE DE BOA VISTA, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1791/indicacao_no_48-2018_-_07.08.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1791/indicacao_no_48-2018_-_07.08.2018.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA MUNICIPAL DE EDUCAÇÃO, QUE VEJA DA POSSIBILIDADE DE SUBSTITUIR O ÔNIBUS QUE REALIZA O ROTEIRO PARA AS ESCOLAS MUNICIPAL PROFESSORA LEONOR SANTOS E ESTADUAL FLÁVIO SANTOS, LOCALIZADA EM FAXINAL DOS QUARTINS</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1841/indicacao_no_49-2018_-_04.09.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1841/indicacao_no_49-2018_-_04.09.2018.pdf</t>
   </si>
   <si>
     <t>INDICA À SECRETARIA MUNICIPAL DE OBRAS E INFRAESTRUTURA, QUE SEJA REALIZADO O RECAPEAMENTO ASFÁLTICO NA TRAVESSA SADI LOPES</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Gilmar Costa, Marcos Ribas</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1866/indicacao_no_50-2018_-_13.09.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1866/indicacao_no_50-2018_-_13.09.2018.pdf</t>
   </si>
   <si>
     <t>Indicam ao Exmo. Sr. Prefeito Municipal, que veja a possibilidade da colocação de pontos de energia elétrica nos cemitérios das localidades do interior do município</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1867/indicacao_no_51-2018_-_13.09.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1867/indicacao_no_51-2018_-_13.09.2018.pdf</t>
   </si>
   <si>
     <t>Indica, ao Departamento de Trânsito, que veja a possibilidade de realizar a colocação de placas indicativas das denominações de ruas no Bairro Rocio II</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1868/indicacao_no_52-2018_-_13.09.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1868/indicacao_no_52-2018_-_13.09.2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito, que veja a possibilidade de efetivar projeto para colocação de placas indicativas das localidades, nas estradas do interior do município</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1870/indicacao_no_53-2018_-18.09.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1870/indicacao_no_53-2018_-18.09.2018.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizado patrolamento e cascalhamento na Rua Oscar Teixeira de Oliveira, bairro Vila Rural</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1871/indicacao_no_54-2018_-18.09.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1871/indicacao_no_54-2018_-18.09.2018.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria Municipal de Obras e Infraestrutura que seja realizado o patrolamento e cascalhamento na estrada que inicia na PR 151, localidade de Mandasaia, Km 395, até a estrada principal de Santa Bárbara</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1872/indicacao_no_55-2018_-18.09.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1872/indicacao_no_55-2018_-18.09.2018.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria de Obras e Infraestrutura, ampliação da rede de iluminação pública na Rua Theofilo Lian Trabulse até o seu final, mais precisamente em frente ao Centro de Municipal de Educação Infantil Sebastião Sanson</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1873/indicacao_no_56-2018_-_18.08.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1873/indicacao_no_56-2018_-_18.08.2018.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura, que seja realizada a construção de muro de arrimo no barranco localizado na Rua Judith Sotta Malucelli, em frente ao Centro de Especialidades</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1874/indicacao_no_57-2018_-_18.09.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1874/indicacao_no_57-2018_-_18.09.2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito, que veja a possibilidade da instalação de travessia elevada na Rua Judith Sotta Malucelli, em frente ao CMEI Alderico Viante</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1880/indicacao_no_58-2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1880/indicacao_no_58-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal, que veja a possibilidade de determinar ao setor competente a construção de rede para fornecimento de água tratada para as famílias residentes na localidade de Mandaçaia</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1881/indicacao_no_59-2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1881/indicacao_no_59-2018.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Esporte e Lazer, a instalação de academia ao ar livre, na localidade de Mandaçaia</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1891/indicacao_no_60-2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1891/indicacao_no_60-2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal, que veja da possibilidade de a Secretaria de Obras realizar trabalhos de recuperação e cascalhamento na estrada do Pinheiral, no trecho compreendido entre as propriedades de Mauro Souza e de Edilson Pavilak</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1906/indicacao_no_61-2018_-_08.10.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1906/indicacao_no_61-2018_-_08.10.2018.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura, que seja realizado o recapeamento asfáltico na Boles Borkoski</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1907/indicacao_no_62-2018_-_08.10.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1907/indicacao_no_62-2018_-_08.10.2018.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente, que providencie a ampliação do Cemitério da localidade de Vilinha de Papagaios Novos, neste município</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1908/indicacao_no_63-2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1908/indicacao_no_63-2018.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura, a colocação de iluminação pública na estrada que inicia na propriedade do Sr. Oto Hass até a propriedade do Sr. Francisco Souza de Moura, comunidade de Vilinha</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1909/indicacao_no_64-2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1909/indicacao_no_64-2018.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria  de Obras e Infraestrutura, que seja realizado patrolamento, cascalhamento e alargamento na estrada que liga as localidades de Pinheiral de Baixo ao Passo do Tio Paulo</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1910/indicacao_no_65-2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1910/indicacao_no_65-2018.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Educação, que juntamente com a Secretaria de Obras e Infraestrutura, seja providenciado, o mais breve possível, a construção de nova fossa séptica na Escola Municipal Leonor Santos, localidade de Faxinal dos Quartins</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1911/indicacao_no_66-2018_VD89KVl.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1911/indicacao_no_66-2018_VD89KVl.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal, para que veja a possibilidade de solicitar ao setor responsável, a reforma da antiga Escolinha da localidade de Poço Grande</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1934/indicacao_no_67-2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1934/indicacao_no_67-2018.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que seja realizado patrolamento e cascalhamento na estrada que inicia na ponte da localidade de Vieiras e se estende até a Igreja de Campestre de Vieiras</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1935/indicacao_no_68-2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1935/indicacao_no_68-2018.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria Municipal de Urbanismo que seja elaborado projeto de cobertura da quadra compartilhada das escolas Municipal e Estadual do Campo de Guarauninha, para captação de recurso federal</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1936/indicacao_no_69-2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1936/indicacao_no_69-2018.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria de Obras e Infraestrutura que seja realizado o patrolamento e cascalhamento na estrada da Vila Nova, que liga as localidades de Três Morros e Canta Galo</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1938/indicacao_no_70-2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1938/indicacao_no_70-2018.pdf</t>
   </si>
   <si>
     <t>Indica, à Secretaria de Meio Ambiente, que seja realizada a colocação de lixeiras na extensão da Av. Ernesto Geisel, na localidade de Witmarsum</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1939/indicacao_no_71-2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1939/indicacao_no_71-2018.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que seja realizado recapeamento asfáltico nas ruas Pedro de Paula Teixeira e Manoel Cristino dos Santos, bairro Vila Militar</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1945/indicacao_no_72-2018_-_06.11.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1945/indicacao_no_72-2018_-_06.11.2018.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura, que seja realizado patrolamento e cascalhamento na estrada que inicia na BR -  277, local conhecido por Vaca Morta, até a Escola Municipal Pedro Grossa Filho, localizada em Pinheiral de Baixo</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1963/indicacao_no_73-2018_-_20.11.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1963/indicacao_no_73-2018_-_20.11.2018.pdf</t>
   </si>
   <si>
     <t>Indica, à Secretaria de Obras e Infraestrutura, que seja realizada a readequação de 13 Km da Estrada do Corredor, que liga a PR 151 até a comunidade da Vilinha, neste município</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1964/indicacao_no_74-2018_-_20.11.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1964/indicacao_no_74-2018_-_20.11.2018.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura, que seja realizado patrolamento e cascalhamento de trecho de 200 m em estrada na localidade de Papagaios Novos, iniciando ao lado da Igreja Luterana, até a residência de Emma C. Ruppel e Adelar Ruppel</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1981/indicacao_no_75-2018_-_04.12.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1981/indicacao_no_75-2018_-_04.12.2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal, que determine ao setor competente, sejam realizadas melhorias na iluminação da quadra de esportes da localidade de Santa Bárbara, neste Município</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1994/indicacao_no_76-2018_-_11.12.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1994/indicacao_no_76-2018_-_11.12.2018.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal que seja construído abrigo de ônibus na Rua Sebastião Sanson, próximo a BR-277, localidade de Vieiras</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1995/indicacao_no_77-2018_-_11.12.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1995/indicacao_no_77-2018_-_11.12.2018.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura, que seja tapado o buraco na Rua Arthur Ferreira de Albuquerque, em frente à propriedade nº 71</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1996/indicacao_no_78-2018_-_11.12.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1996/indicacao_no_78-2018_-_11.12.2018.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que seja realizado patrolamento e cascalhamento na estrada que inicia na PR-151 (restaurante Gawlak) até a localidade de Canta Galo</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/2002/indicacao_no_79-2018_-_18.12.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/2002/indicacao_no_79-2018_-_18.12.2018.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura, que seja realizado patrolamento e cascalhamento na estrada que inicia na BR-277 em Colônia Maciel, passando pela comunidade de Paiol do Fundo, até a comunidade de Pinheiral dos Malucelli</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/2003/indicacao_no_80-2018_-_18.12.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/2003/indicacao_no_80-2018_-_18.12.2018.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que seja realizado operação tapa buraco na Rua Beijamim Pianoski, bairro Jardim Cristine</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1514/1514_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1514/1514_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS, AOS SOLDADOS DENER JULIANO RIBEIRO, ALISSON SIQUENELLI, VALTER HENRIQUE COSTA E SIMONE CRISTINA DE ARAÚJO FERREIRA, INTEGRANTES DA POLÍCIA MILITAR DO ESTADO DO PARANÁ, PELA BRILHANTE ATUAÇÃO, SALVANDO UMA VIDA EM OCORRÊNCIA NO DIA 24/12/2017</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1576/1576_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1576/1576_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO AO EXMO. GOVERNADOR DO ESTADO DO PARANÁ, SR. CARLOS ALBERTO RICHA, PARA QUE, BASEADO NAS PROVAS JÁ APRESENTADAS PELO MINISTÉRIO PÚBLICO FEDERAL - MPF - ADOTE MEDIDA JUDICIAL VISANDO A REDUÇÃO IMEDIATA DOS VALORES COBRADOS PELAS CONCESSIONÁRIAS A TÍTULO DE PEDÁGIO, OU SUSPENDA A COBRANÇA EM TODO O ESTADO DO PARANÁ; ADOTE MEDIDAS JUDICIAIS PARA QUE, COMPROVADAS AS IRREGULARIDADES, AS EMPRESAS ADMINISTRADORAS DOS PEDÁGIOS DO PARANÁ, FIQUEM IMPEDIDAS DE PARTICIPAR DE FUTURAS LICITAÇÕES DE CONCESSÕES DE ADMINISTRAÇÃO DE PEDÁGIOS</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1712/1712_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1712/1712_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS, AO YPIRANGA FUTEBOL CLUBE, PELA DISPUTA E CONQUISTA DO VICE-CAMPEONATO DA 3ª TAÇA PARANÁ JUVENIL, PROMOVIDO PELA FEDERAÇÃO PARANAENSE DE FUTEBOL</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1713/1713_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1713/1713_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE REPÚDIO, À ADMINISTRAÇÃO MUNICIPAL DE PALMEIRA, PELA AQUISIÇÃO DE ESCULTURA EM FORMA DE MÃO COM APONTAMENTO PARA O CÉU</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1745/1745_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1745/1745_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS, À JÉSSICA GILLUNG, PELO TÍTULO DE "LIDERANÇA ESTUDANTIL NÚMERO 1", CONCEDIDO PELA SOCIEDADE AMERICANA DE ENTOMOLOGIA, DOS PAÍSES DA AMÉRICA DO NORTE: ESTADOS UNIDOS, MÉXICO E CANADÁ</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1924/mocao_de_aplauso_-_protocolo_no_896-2018_-_16.10.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1924/mocao_de_aplauso_-_protocolo_no_896-2018_-_16.10.2018.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos, à soldada Alessandra Breda Mol, lotada no 1ª BPM/2ª CIA/2º PEl, destacados na Patrulha Rural Comunitária/ Witmarsum, pelos relevantes serviços prestados à comunidade de Witmarsum e região</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1925/mocao_de_aplauso_-_protocolo_no_897-2018_-_16.10.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1925/mocao_de_aplauso_-_protocolo_no_897-2018_-_16.10.2018.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos, ao soldado Lecio Tadeu dos Santos, lotado no 1ª BPM/2ª CIA/2º PEl, destacados na Patrulha Rural Comunitária/ Witmarsum, pelos relevantes serviços prestados à comunidade de Witmarsum e região</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1954/mocao_-_protocolo_no_976-2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1954/mocao_-_protocolo_no_976-2018.pdf</t>
   </si>
   <si>
     <t>Moção de apelo, à Superintendência Regional dos Campos Gerais - DER, para que seja realizada recuperação emergencial (operação tapa buracos) em trechos da PR - 151, entre os municípios de Palmeira e Ponta Grossa</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1961/mocao_-_protocolo_no_999-2018_-_20.11.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1961/mocao_-_protocolo_no_999-2018_-_20.11.2018.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos ao Professor Antônio Ribeiro dos Santos, pelo fato de ter sido agraciado com o "Prêmio Orgulho Paranaense", realizado pelo Estado do Paraná, em sua 5ª edição</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1962/mocao_-_protocolo_no_1000-2018_-_20.11.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1962/mocao_-_protocolo_no_1000-2018_-_20.11.2018.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos ao atleta palmeirense Luigi Maciel da Silva, por representar a Seleção Paranaense de Natação e obter brilhante desempenho nos Jogos Escolares da Juventude, realizados este ano no estado do Rio Grande do Norte</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>Everaldo Kuhn, Gilmar Costa, Marcos Ribas</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1975/mocao_-_protocolo_no_1012-2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1975/mocao_-_protocolo_no_1012-2018.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos à Escola do Campo João Sidorko de Santa Bárbara, pela participação no concurso "Chega de Trabalho Infantil", promovido pelo Ministério Público do Trabalho do Estado do Paraná, onde foi premiado</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1976/mocao_-_protocolo_no_1013-2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1976/mocao_-_protocolo_no_1013-2018.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos à Escola do Campo Pedro Gross Filho, de Pinheiral de Baixo, pela participação no concurso "Chega de Trabalho Infantil", promovido pelo Ministério Público do Trabalho do Estado do Paraná, onde foi premiado</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1977/mocao_-_protocolo_no_1014-2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1977/mocao_-_protocolo_no_1014-2018.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos aos alunos do Colégio Realeza, pela participação no concurso "Contos e Crônicas Jovens Talentos", promovido pela Prefeitura Municipal de Ponta Grossa, Fundação Municipal de Cultura e Conselho Municipal de Política Cultural</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1993/mocao_de_aplausos_-_protocolo_no_1039-2018_-_10.12.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1993/mocao_de_aplausos_-_protocolo_no_1039-2018_-_10.12.2018.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos ao paratleta palmeirense Breno Passoni e ao seu treinador Ernani Bitencourt, pela conquista do 1º lugar na categoria 20 km do Campeonato Paranaense de Paraenduro</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/2005/mocao_de_aplausos_-_protocolo_no_1084-2018_-_18.12.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/2005/mocao_de_aplausos_-_protocolo_no_1084-2018_-_18.12.2018.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos à jovem Luiza Gabriele Ferreira, pela conquista do título Miss Brasil de Las Americas Teen 2019, na cidade de Curitiba, conseguindo classificação para disputar o Reina Internacional de Los Mares e Del Turismo em Costa Rica, elevando assim o nome da cidade de Palmeira</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1563/1563_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1563/1563_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE COLABORAÇÃO Nº 18/2017, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE PALMEIRA - APAE</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1564/1564_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1564/1564_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE COLABORAÇÃO Nº 19/2017, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE PALMEIRA - APAE</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1565/1565_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1565/1565_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REFERENDA O TERMO DE COLABORAÇÃO Nº 20/2017, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E A ASSOCIAÇÃO MENONITA BENEFICENTE - AMB </t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1566/1566_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1566/1566_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE COLABORAÇÃO Nº 21/2017, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E A ASSOCIAÇÃO MENONITA BENEFICENTE - AMB</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1567/1567_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1567/1567_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE COLABORAÇÃO Nº 22/2017, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E A ASSOCIAÇÃO MENONITA BENEFICENTE - AMB</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1568/1568_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1568/1568_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE COLABORAÇÃO Nº 23/2017, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E A ASSOCIAÇÃO PROJETO RENASCER</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1569/1569_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1569/1569_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE COLABORAÇÃO Nº 24/2017, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E A ASSOCIAÇÃO MENONITA DE ASSISTÊNCIA SOCIAL - AMAS</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1570/1570_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1570/1570_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE COLABORAÇÃO Nº 25/2017, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E A ASSOCIAÇÃO FAMÍLIA DE MARIA</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1571/1571_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1571/1571_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE COLABORAÇÃO Nº 26/2017, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E O LAR ACELINO</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1572/1572_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1572/1572_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE COLABORAÇÃO Nº 27/2017, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E O LAR ACELINO</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1573/1573_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1573/1573_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENDA O TERMO DE COLABORAÇÃO Nº 28/2017, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE PALMEIRA E A VILA VICENTINA FREDERICO OZANAN</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>CEOFF - Comissão de Economia, Orçamento, Finanças e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1947/projeto_de_decreto_legislativo_no_711-2018_-_08.11.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1947/projeto_de_decreto_legislativo_no_711-2018_-_08.11.2018.pdf</t>
   </si>
   <si>
     <t>Aprova a prestação de contas do município de Palmeira, relativas ao exercício de 2013 e dá outras providências</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
     <t>4933</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1489/1489_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1489/1489_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
     <t>4934</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1490/1490_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1490/1490_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE SALARIAL AOS SERVIDORES PÚBLICOS EFETIVOS, ATIVOS E INATIVOS, DETENTORES DE EMPREGO PÚBLICO E COMISSIONADOS DO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
     <t>4935</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1491/1491_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1491/1491_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE SALARIAL AOS SERVIDORES PERTENCENTES AO QUADRO PRÓPRIO DO MAGISTÉRIO MUNICIPAL, PARA O FIM ESPECÍFICO DE ADEQUAÇÃO AO PISO SALARIAL PROFISSIONAL NACIONAL PARA OS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DA EDUCAÇÃO MUNICIPAL BÁSICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
     <t>4936</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1492/1492_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1492/1492_texto_integral.pdf</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
     <t>4937</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1493/1493_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1493/1493_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
     <t>4938</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1494/1494_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1494/1494_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE R$ 74.492,00</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
     <t>4939</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1495/1495_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1495/1495_texto_integral.pdf</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
     <t>4940</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1496/1496_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1496/1496_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA  A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>4941</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1497/1497_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1497/1497_texto_integral.pdf</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>4942</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1498/1498_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1498/1498_texto_integral.pdf</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>4943</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1499/1499_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1499/1499_texto_integral.pdf</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>4944</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1500/1500_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1500/1500_texto_integral.pdf</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
     <t>4945</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1501/1501_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1501/1501_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR ÁREAS DE TERRAS DE SUA PROPRIEDADE AO FUNDO DE ARRENDAMENTO RESIDENCIAL - FAR, REPRESENTADO PELA CAIXA ECONÔMICA FEDERAL</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
     <t>4946</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1502/1502_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1502/1502_texto_integral.pdf</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
     <t>4947</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1503/1503_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1503/1503_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APLICAÇÃO DA LEI MUNICIPAL QUE TRATA DO REAJUSTE SALARIAL DOS SERVIDORES PÚBLICOS EFETIVOS, ATIVOS E INATIVOS, DETENTORES DE EMPREGO PÚBLICO E COMISSIONADOS DO MUNICÍPIO DE PALMEIRA, PARA OS SERVIDORES DA CÂMARA MUNICIPAL DE PALMEIRA NO ANO DE 2018</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
     <t>4948</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1504/1504_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1504/1504_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RECOMPOSIÇÃO DO SUBSÍDIO DOS AGENTES POLÍTICOS MUNICIPAIS, EM RAZÃO DA PERDA INFLACIONÁRIA BASEADA NO ÍNDICE INPC</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
     <t>4949</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1505/1505_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1505/1505_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA LEI MUNICIPAL Nº 4569, DE 13 DE DEZEMBRO DE 2017 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
     <t>4950</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1507/1507_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1507/1507_texto_integral.pdf</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
     <t>4951</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1508/1508_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1508/1508_texto_integral.pdf</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
     <t>4952</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1509/1509_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1509/1509_texto_integral.pdf</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>4953</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1510/1510_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1510/1510_texto_integral.pdf</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
     <t>4954</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1511/1511_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1511/1511_texto_integral.pdf</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
     <t>4955</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1512/1512_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1512/1512_texto_integral.pdf</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
     <t>4956</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1513/1513_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1513/1513_texto_integral.pdf</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
     <t>4957</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1515/1515_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1515/1515_texto_integral.pdf</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
     <t>4958</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1516/1516_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1516/1516_texto_integral.pdf</t>
   </si>
   <si>
     <t>RATIFICA O PROTOCOLO DE INTENÇÕES CELEBRADO COM MUNICÍPIOS DA REGIÃO DOS CAMPOS GERAIS E AUTORIZA O INGRESSO DO MUNICÍPIO DE PALMEIRA NO CONSÓRCIO INTERMUNICIPAL SAMU CAMPOS GERAIS - CIMSAMU, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
     <t>4959</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1520/1520_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1520/1520_texto_integral.pdf</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
     <t>4960</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1521/1521_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1521/1521_texto_integral.pdf</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
     <t>4961</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1522/1522_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1522/1522_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO PARÁGRAFO ÚNICO DO ARTIGO 8º DA LEI MUNICIPAL Nº 3561, DE 23/10/2013, QUE INSTITUI O PROGRAMA PARLAMENTO JOVEM NO ÂMBITO DO MUNICÍPIO DE PALMEIRA</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
     <t>4962</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1523/1523_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1523/1523_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVALIDA DAS DISPOSIÇÕES CONSTANTES DA LEI Nº 4598, DE 23/01/2018, QUE AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
     <t>4963</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1532/1532_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1532/1532_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVALIDA AS DISPOSIÇÕES CONSTANTES DA LEI Nº 4604, DE 23/01/2018 QUE AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
     <t>4964</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1525/1525_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1525/1525_texto_integral.pdf</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
     <t>4965</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1526/1526_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1526/1526_texto_integral.pdf</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
     <t>4966</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1527/1527_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1527/1527_texto_integral.pdf</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
     <t>4967</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1528/1528_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1528/1528_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
     <t>4968</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1529/1529_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1529/1529_texto_integral.pdf</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
     <t>4969</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1530/1530_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1530/1530_texto_integral.pdf</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
     <t>4970</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1531/1531_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1531/1531_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABRE VAGAS NO SERVIÇO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>4971</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1533/1533_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1533/1533_texto_integral.pdf</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>4972</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1540/1540_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1540/1540_texto_integral.pdf</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
     <t>4973</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1541/1541_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1541/1541_texto_integral.pdf</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
     <t>4974</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1542/1542_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1542/1542_texto_integral.pdf</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
     <t>4975</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1544/1544_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1544/1544_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - RPPS, DO MUNICÍPIO DE PALMEIRA A PROCEDER A ALIENAÇÃO ONEROSA DE BENS IMÓVEIS DE SUA PROPRIEDADE, ATRAVÉS DE PROCEDIMENTO LICITATÓRIO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
     <t>4976</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1545/1545_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1545/1545_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AOS ARTIGOS 6º, 7º, 11 E 12 E REVOGA O ART. 30 DA LEI MUNICIPAL Nº 2008, DE 13 DE AGOSTO DE 1999, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
     <t>4977</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1546/1546_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1546/1546_texto_integral.pdf</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
     <t>4978</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1547/1547_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1547/1547_texto_integral.pdf</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>4979</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1548/1548_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1548/1548_texto_integral.pdf</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
     <t>4980</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1549/1549_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1549/1549_texto_integral.pdf</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
     <t>4981</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1550/1550_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1550/1550_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER, MEDIANTE TERMO DE FOMENTO, O REPASSE DE RECURSOS FINANCEIROS À ASSOCIAÇÃO MENONITA BENEFICENTE - AMB/LAR LEVI, COM SEDE NESTE MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
     <t>4982</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1558/1558_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1558/1558_texto_integral.pdf</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
     <t>4983</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1559/1559_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1559/1559_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONA ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
     <t>4984</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1560/1560_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1560/1560_texto_integral.pdf</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
     <t>4985</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1561/1561_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1561/1561_texto_integral.pdf</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>4986</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1562/1562_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1562/1562_texto_integral.pdf</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
     <t>4987</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1582/1582_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1582/1582_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>4988</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1583/1583_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1583/1583_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA E REVOGA DISPOSITIVOS DA LEI Nº 4.180, DE 11 DE AGOSTO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
     <t>4989</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1584/1584_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1584/1584_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESAFETAÇÃO DE IMÓVEL PÚBLICO, SITUADO NO LOTEAMENTO GRALHA AZUL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>4990</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1585/1585_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1585/1585_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
     <t>4991</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1586/1586_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1586/1586_texto_integral.pdf</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
     <t>4992</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1588/1588_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1588/1588_texto_integral.pdf</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>4993</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1587/1587_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1587/1587_texto_integral.pdf</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>4994</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1589/1589_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1589/1589_texto_integral.pdf</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
     <t>4995</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1590/1590_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1590/1590_texto_integral.pdf</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
     <t>4996</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1593/1593_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1593/1593_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA  O PODER EXECUTIVO A PROCEDER, MEDIANTE TERMO DE FOMENTO, O REPASSE DE RECURSOS  FINANCEIROS À ASSOCIAÇÃO COMUNITÁRIA DOS MORADORES PROPRIETÁRIOS DE WITMARSUM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>4997</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1600/1600_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1600/1600_texto_integral.pdf</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>4998</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1604/1604_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1604/1604_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
     <t>4999</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1607/1607_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1607/1607_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA ESTRATÉGIA DE SAÚDE DA FAMÍLIA - ESF, NO BAIRRO JARDIM CRISTINE</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
     <t>5000</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1612/1612_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1612/1612_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESAFETAÇÃO DE IMÓVEL PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
     <t>5001</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1613/1613_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1613/1613_texto_integral.pdf</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
     <t>5002</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1614/1614_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1614/1614_texto_integral.pdf</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
     <t>5003</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1615/1615_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1615/1615_texto_integral.pdf</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
     <t>5004</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1636/1636_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1636/1636_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA OS INCISOS I E II DO ART. 1º DA LEI MUNICIPAL Nº 4.145, DE 09 DE SETEMBRO DE 2016, QUE CRIOU GRATIFICAÇÃO DE FUNÇÃO AO PREGOEIRO E MEMBROS DA EQUIPE DE APOIO DA CÂMARA MUNICIPAL DE PALMEIRA</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
     <t>5005</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1639/1639_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1639/1639_texto_integral.pdf</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
     <t>5006</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1640/1640_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1640/1640_texto_integral.pdf</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
     <t>5007</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1641/1641_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1641/1641_texto_integral.pdf</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
     <t>5008</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1642/1642_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1642/1642_texto_integral.pdf</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
     <t>5009</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1643/1643_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1643/1643_texto_integral.pdf</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
     <t>5010</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1644/1644_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1644/1644_texto_integral.pdf</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
     <t>5011</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1645/1645_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1645/1645_texto_integral.pdf</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
     <t>5012</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1646/1646_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1646/1646_texto_integral.pdf</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
     <t>5013</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1649/1649_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1649/1649_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE PALMEIRA PARA O EXERCÍCIO FINANCEIRO DE 2019 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
     <t>5014</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1654/1654_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1654/1654_texto_integral.pdf</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
     <t>5015</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1655/1655_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1655/1655_texto_integral.pdf</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
     <t>5016</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1656/1656_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1656/1656_texto_integral.pdf</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
     <t>5017</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1660/1660_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1660/1660_texto_integral.pdf</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
     <t>5018</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1661/1661_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1661/1661_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>5019</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1664/1664_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1664/1664_texto_integral.pdf</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
     <t>5020</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1668/1668_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1668/1668_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVALIDA AS DISPOSIÇÕES CONSTANTES DA LEI Nº 4657, DE 23/03/2018, QUE AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
     <t>5021</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1670/1670_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1670/1670_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVALIDA AS DISPOSIÇÕES CONSTANTES DA LEI Nº 4663, DE 06/04/2018, QUE AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
     <t>5022</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1669/1669_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1669/1669_texto_integral.pdf</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
     <t>5023</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1671/1671_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1671/1671_texto_integral.pdf</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
     <t>5024</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1674/1674_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1674/1674_texto_integral.pdf</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
     <t>5025</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1677/1677_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1677/1677_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER, MEDIANTE TERMO DE COLABORAÇÃO, O REPASSE DE RECURSOS FINANCEIROS ÀS ORGANIZAÇÕES DA SOCIEDADE CIVIL QUE DESCREVE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
     <t>5026</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1678/1678_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1678/1678_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI Nº 1700, DE 28 DE MARÇO DE 1994 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>5027</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1679/1679_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1679/1679_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO V DA LEI Nº 4132, DE 17 DE MAIO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>5028</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1680/1680_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1680/1680_texto_integral.pdf</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>5029</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1681/1681_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1681/1681_texto_integral.pdf</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>5030</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1682/1682_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1682/1682_texto_integral.pdf</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>5031</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1683/1683_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1683/1683_texto_integral.pdf</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>5032</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1684/1684_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1684/1684_texto_integral.pdf</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
     <t>5033</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1685/1685_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1685/1685_texto_integral.pdf</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
     <t>5034</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1686/1686_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1686/1686_texto_integral.pdf</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
     <t>5035</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1687/1687_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1687/1687_texto_integral.pdf</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
     <t>5036</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1688/1688_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1688/1688_texto_integral.pdf</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
     <t>5037</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1698/1698_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1698/1698_texto_integral.pdf</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
     <t>5038</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1699/1699_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1699/1699_texto_integral.pdf</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
     <t>5039</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1700/1700_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1700/1700_texto_integral.pdf</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
     <t>5040</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1701/1701_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1701/1701_texto_integral.pdf</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
     <t>5041</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1702/1702_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1702/1702_texto_integral.pdf</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
     <t>5042</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1703/1703_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1703/1703_texto_integral.pdf</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
     <t>5043</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1706/1706_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1706/1706_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESAFETAÇÃO DE VEÍCULO PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
     <t>5044</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1709/1709_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1709/1709_texto_integral.pdf</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>5045</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1710/1710_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1710/1710_texto_integral.pdf</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
     <t>5046</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1711/1711_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1711/1711_texto_integral.pdf</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
     <t>5047</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1716/1716_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1716/1716_texto_integral.pdf</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
     <t>5048</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1717/1717_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1717/1717_texto_integral.pdf</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
     <t>5049</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1718/1718_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1718/1718_texto_integral.pdf</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
     <t>5050</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1723/1723_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1723/1723_texto_integral.pdf</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
     <t>5051</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1724/1724_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1724/1724_texto_integral.pdf</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
     <t>5052</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1725/1725_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1725/1725_texto_integral.pdf</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
     <t>5053</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1726/1726_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1726/1726_texto_integral.pdf</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
     <t>5054</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1727/1727_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1727/1727_texto_integral.pdf</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>5055</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1728/1728_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1728/1728_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVICÊNCIAS</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>5056</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1729/1729_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1729/1729_texto_integral.pdf</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
     <t>5057</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1730/1730_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1730/1730_texto_integral.pdf</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
     <t>5058</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1735/1735_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1735/1735_texto_integral.pdf</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
     <t>5059</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1736/1736_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1736/1736_texto_integral.pdf</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
     <t>5060</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1737/1737_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1737/1737_texto_integral.pdf</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
     <t>5061</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1740/1740_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1740/1740_texto_integral.pdf</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
     <t>5062</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1741/1741_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1741/1741_texto_integral.pdf</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>5063</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1742/1742_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1742/1742_texto_integral.pdf</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>5064</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1743/1743_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1743/1743_texto_integral.pdf</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
     <t>5065</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1744/1744_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1744/1744_texto_integral.pdf</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
     <t>5066</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1746/1746_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1746/1746_texto_integral.pdf</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
     <t>5067</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1747/5067_e_emenda.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1747/5067_e_emenda.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER, MEDIANTE TERMO DE COOPERAÇÃO, AO EMPRÉSTIMO GRATUITO DE BENS PÚBLICOS À ORGANIZAÇÃO DA SOCIEDADE CIVIL QUE ESPECIFÍCA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
     <t>5068</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1748/1748_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1748/1748_texto_integral.pdf</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
     <t>5069</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1749/1749_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1749/1749_texto_integral.pdf</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
     <t>5070</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1750/5070.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1750/5070.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO MUNICIPAL DO PATRIMÔNIO HISTÓRICO, ARTÍSTICO E CULTURAL DO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
     <t>5071</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1751/5071.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1751/5071.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO MUNICIPAL DE CULTURA DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
     <t>5072</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1759/5072.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1759/5072.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO ANUAL DE CERTIFICADOS E TROFÉUS PARA OS PARTICIPANTES DO PROGRAMA PARLAMENTO JOVEM DA CÂMARA MUNICIPAL DE PALMEIRA</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
     <t>5073</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1761/5073.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1761/5073.pdf</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>5074</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1762/5074.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1762/5074.pdf</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
     <t>5075</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1763/5075.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1763/5075.pdf</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>5076</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1764/5076.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1764/5076.pdf</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>5077</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1765/5077.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1765/5077.pdf</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
     <t>5078</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1768/5078.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1768/5078.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA E REVOGA DISPOSITIVOS DA LEI Nº 4180 DE 11 DE AGOSTO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
     <t>5079</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1769/5079.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1769/5079.pdf</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>5080</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1770/5080.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1770/5080.pdf</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>5081</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1771/5081.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1771/5081.pdf</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
     <t>5082</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1775/5082.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1775/5082.pdf</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
     <t>5083</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1776/5083.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1776/5083.pdf</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>5084</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1777/5084_e_substituvivo.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1777/5084_e_substituvivo.pdf</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
     <t>5085</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1778/5085.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1778/5085.pdf</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
     <t>5086</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1779/5086.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1779/5086.pdf</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
     <t>5087</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1780/5087.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1780/5087.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI Nº 1700 DE 28 DE MARÇO DE 1994 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
     <t>5088</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1783/5088.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1783/5088.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AOS ARTS. 1º E 2º DA LEI MUNICIPAL Nº 4677 DE 3 DE MAIO DE 2018</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
     <t>5089</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1784/5089.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1784/5089.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA OS PROCEDIMENTOS INERENTES A ABERTURA DE PROCESSOS DE DESPESA NO ÂMBITO DO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>5090</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1785/5090.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1785/5090.pdf</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>5091</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1792/5091.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1792/5091.pdf</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>5092</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1793/5092.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1793/5092.pdf</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>5093</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1794/5093.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1794/5093.pdf</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
     <t>5094</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1801/5094.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1801/5094.pdf</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
     <t>5095</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1802/5095.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1802/5095.pdf</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
     <t>5096</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1803/5096.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1803/5096.pdf</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
     <t>5097</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1804/5097_e_substitutivo.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1804/5097_e_substitutivo.pdf</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
     <t>5098</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1805/5098.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1805/5098.pdf</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
     <t>5099</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1806/5099.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1806/5099.pdf</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
     <t>5100</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1807/5100.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1807/5100.pdf</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
     <t>5101</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1808/5101.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1808/5101.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI Nº 3854 DE 24 DE FEVEREIRO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
     <t>5102</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1811/5012.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1811/5012.pdf</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>5103</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1812/5013.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1812/5013.pdf</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>5104</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1813/5014.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1813/5014.pdf</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>5105</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1814/5015.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1814/5015.pdf</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
     <t>5106</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1819/5106_mRVTDVS.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1819/5106_mRVTDVS.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER APOIO FINANCEIRO PARA CONCLUSÃO DO PARQUE INFANTIL DA ESCOLA CMEI RECANTO DOS PEQUENINOS</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
     <t>5107</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1820/5107.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1820/5107.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar e dá outras providências</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
     <t>5108</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1821/5108.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1821/5108.pdf</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
     <t>5109</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1822/5109.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1822/5109.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE PALMEIRA PARA O EXERCÍCIO FINANCEIRO DE 2019 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
     <t>5110</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1824/5110.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1824/5110.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da lei nº 3960, de 11 de setembro de 2015, e dá outras providências</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
     <t>5111</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1826/5111.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1826/5111.pdf</t>
   </si>
   <si>
     <t>REVOGA LEI MUNICIPAL Nº 4744, DE 08 DE AGOSTO DE 2018, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
     <t>5112</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1827/5112.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1827/5112.pdf</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
     <t>5113</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1828/5113.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1828/5113.pdf</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>5114</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1829/5114.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1829/5114.pdf</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>5115</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1830/5115.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1830/5115.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS À LEI Nº 2011, DE 13 DE AGOSTO DE 1999 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
     <t>5116</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1831/5116.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1831/5116.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DE DESTINAÇÃO DE IMÓVEL PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
     <t>5117</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1832/5117.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1832/5117.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESAFETAÇÃO DE IMÓVEIS PÚBLICOS, SITUADOS NO CONJUNTO RESIDENCIAL ROCIO II E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>5118</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1833/5118.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1833/5118.pdf</t>
   </si>
   <si>
     <t>DESAFETA E AUTORIZA O PODER EXECUTIVO A PERMUTAR BEM IMÓVEL DE PROPRIEDADE DO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
     <t>5119</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1834/5119.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1834/5119.pdf</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
     <t>5120</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1835/5120.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1835/5120.pdf</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
     <t>5121</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1836/5121.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1836/5121.pdf</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
     <t>5122</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1837/5122.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1837/5122.pdf</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
     <t>5123</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1838/5123.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1838/5123.pdf</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
     <t>5124</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1839/5124.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1839/5124.pdf</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
     <t>5125</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1859/5125_e_emenda.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1859/5125_e_emenda.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da lei 2453 de 23 de fevereiro de 2006 e dá outras providências</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
     <t>5126</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1860/5126.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1860/5126.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação de imóvel público, situado no loteamento Elias Farajala Bacila e dá outras providências</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
     <t>5127</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1861/5127.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1861/5127.pdf</t>
   </si>
   <si>
     <t>Altera as leis nº 3696 de 03 de julho de 2014 e nº 3744 de 17 de setembro de 2014 e dá outras providências</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
     <t>5128</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1862/5128.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1862/5128.pdf</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
     <t>5129</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1875/5129.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1875/5129.pdf</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
     <t>5130</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1876/5130.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1876/5130.pdf</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
     <t>5131</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1877/5131.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1877/5131.pdf</t>
   </si>
   <si>
     <t>Concede o prêmio "Cidade Clima do Brasil"</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
     <t>5132</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1879/5132.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1879/5132.pdf</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
     <t>5133</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1882/5133.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1882/5133.pdf</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
     <t>5134</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1883/5134.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1883/5134.pdf</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
     <t>5135</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1884/5135.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1884/5135.pdf</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
     <t>5136</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1885/5136.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1885/5136.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial e dá outras providências</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
     <t>5137</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1886/5137.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1886/5137.pdf</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
     <t>5138</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1887/5138.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1887/5138.pdf</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
     <t>5139</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1888/5139.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1888/5139.pdf</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
     <t>5140</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1889/5140.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1889/5140.pdf</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
     <t>5141</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1890/5141.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1890/5141.pdf</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
     <t>5142</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1892/5142.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1892/5142.pdf</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
     <t>5143</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1893/5143.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1893/5143.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar a recuperação das fachadas externas do imóvel histórico do Clube Palmeirense</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>5144</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1894/5144.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1894/5144.pdf</t>
   </si>
   <si>
     <t>Instituí, no âmbito do município de Palmeira, a Semana Municipal de Conscientização sobre o desperdício de alimentos</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
     <t>5145</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1895/5145.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1895/5145.pdf</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
     <t>5146</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1896/5146.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1896/5146.pdf</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
     <t>5147</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1900/5147.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1900/5147.pdf</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
     <t>5148</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1901/5148.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1901/5148.pdf</t>
   </si>
   <si>
     <t>Autoriza  a abertura de crédito adicional suplementar e dá outras providências</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
     <t>5149</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1902/5149_e_substitutivo.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1902/5149_e_substitutivo.pdf</t>
   </si>
   <si>
     <t>Instituí o programa Atividade Física no âmbito dos CMEIs</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
     <t>5150</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1913/5150_e_substitutivo.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1913/5150_e_substitutivo.pdf</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
     <t>5151</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1918/5151.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1918/5151.pdf</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
     <t>5152</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1919/5152.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1919/5152.pdf</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
     <t>5153</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1920/5153.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1920/5153.pdf</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
     <t>5154</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1921/5154.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1921/5154.pdf</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
     <t>5155</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1922/5155.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1922/5155.pdf</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
     <t>5156</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1923/5156.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1923/5156.pdf</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
     <t>5157</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1926/5157.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1926/5157.pdf</t>
   </si>
   <si>
     <t>Institui gratificação pela execução de trabalhos técnicos aos empregados públicos e dá outras providências</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
     <t>5158</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1927/5158.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1927/5158.pdf</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
     <t>5159</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1928/5159.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1928/5159.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da lei nº 3797, de 13 de novembro de 2014, e dá outras providências</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
     <t>5160</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1929/5160.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1929/5160.pdf</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
     <t>5161</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1930/5161.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1930/5161.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da lei nº 4660, de 02 de abril de 2018, e dá outras providências</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
     <t>5162</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1931/5162.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1931/5162.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar atividades de saúde pública em parceria com a iniciativa privada e dá outras providências</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
     <t>5163</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1940/5163.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1940/5163.pdf</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
     <t>5164</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1941/5164.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1941/5164.pdf</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
     <t>5165</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1942/5165.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1942/5165.pdf</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
     <t>5166</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1943/5166.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1943/5166.pdf</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>5167</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1955/5167.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1955/5167.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da lei nº 4792, de 28 de setembro de 2018, e dá outras providências</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>5168</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1956/5168.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1956/5168.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de cooperação, a permissão de uso gratuito de bem público à organização da sociedade civil que especifica e dá outras providências</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
     <t>5169</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1957/5169.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1957/5169.pdf</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
     <t>5170</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1958/5170.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1958/5170.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com o Banco do Brasil S.A. e dá outras providências</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
     <t>5171</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1959/5171.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1959/5171.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a Caixa Econômica Federal, com a garantia da União, e dá outras providências</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>5172</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1960/5172.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1960/5172.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de colaboração, o repasse de recursos financeiros à Associação dos Amigos do Cão de Rua de Palmeira - AACARUP, e dá outras providências</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>5173</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1965/5173.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1965/5173.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da lei nº 4789, de 28 de setembro de 2018 e dá outras providências</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>5174</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1966/5174.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1966/5174.pdf</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
     <t>5175</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1967/5175.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1967/5175.pdf</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
     <t>5176</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1968/5176.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1968/5176.pdf</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
     <t>5177</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1972/5177.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1972/5177.pdf</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>5178</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1973/5178.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1973/5178.pdf</t>
   </si>
   <si>
     <t>Autoriza o Pode Executivo a estabelecer com o Governo do Estado do Paraná a gestão associada para a prestação, planejamento, regulação e fiscalização dos serviços de abastecimento de água e esgotamento sanitário no município de Palmeira e dá outras providências</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
     <t>5179</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1982/5179.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1982/5179.pdf</t>
   </si>
   <si>
     <t>Estabelece o percentual da contribuição específica proporcional ao número de dependente do beneficiário vinculado ao Instituto Municipal e Assistência à Saúde de Palmeira - IMASP, e dá outras providências</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>5180</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1983/5180_e_substitutivo.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1983/5180_e_substitutivo.pdf</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>5181</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1984/5181.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1984/5181.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar termo de cooperação técnica com a Associação Comercial e Empresarial de Palmeira - ACIP, e dá outras providências</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>5182</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1985/5182.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1985/5182.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da lei nº 3572 de 20 de novembro de 2013 e dá outras providências</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>5183</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1986/5183.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1986/5183.pdf</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>5184</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1987/5184.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1987/5184.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder a alienação onerosa de imóveis urbanos e dá outras providências</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>5185</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1998/5185.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1998/5185.pdf</t>
   </si>
   <si>
     <t>Autoriza  o Poder Executivo a proceder, mediante termo de cooperação, o repasse financeiro às organizações da sociedade civil que especifica e dá outras providências</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>5186</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1999/5186.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1999/5186.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de fomento, o repasse de recursos financeiros à Associação de Pais e Amigos dos Excepcionais de Palmeira - APAE, e dá outras providências</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>5187</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/2000/5187.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/2000/5187.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de fomento, o repasse de recursos financeiros oriundos do Fundo Nacional de Assistência Social - FNAS, à Associação Menonita Beneficente - AMB/Lar Levi, e dá outras providências</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>5188</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/2001/5188.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/2001/5188.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de fomento, o repasse de recursos financeiros do Fundo Estadual de Assistência Social - FEAS, à Associação Menonita Beneficente - AMB/Lar Levi, e dá outras providências</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>5189</t>
   </si>
   <si>
     <t>Everaldo Kuhn, Marcos Ribas</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/2004/5189.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/2004/5189.pdf</t>
   </si>
   <si>
     <t>Dá denominação à complexo esportivo</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1914/projeto_de_lei_complementar_no_05-2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1914/projeto_de_lei_complementar_no_05-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento de débitos tributários e não tributários e dá outras providências</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1969/projeto_de_lei_complementar_no_06-2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1969/projeto_de_lei_complementar_no_06-2018.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da lei complementar nº 002/2017, que institui a planta genérica de valores, para lançamento e cobrança dos impostos imobiliários, disciplina fórmula de cálculo, estabelece parâmetros e classificação das edificações do município de Palmeira e dá outras providências</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1971/projeto_de_lei_complementar_no_07-2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1971/projeto_de_lei_complementar_no_07-2018.pdf</t>
   </si>
   <si>
     <t>Institui a contribuição para custeio do serviço de iluminação pública previsto no artigo 149-A da Constituição Federal no município de Palmeira e dá outras providências</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1997/projeto_de_lei_complementar_no_08-2018_-_11.12.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1997/projeto_de_lei_complementar_no_08-2018_-_11.12.2018.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a efetuar a permissão de uso de imóvel de sua propriedade para fins exclusivos de instalação de equipamentos necessários para retransmissão de sinal gerado pela emissora televisiva através do canal digital, de titularidade da Fundação João Paulo II</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1602/1602_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1602/1602_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O ART. 7º À RESOLUÇÃO Nº 109, DE 20 DE AGOSTO DE 2015, QUE REGULAMENTA ACERCA DO USO DOS VEÍCULOS OFICIAIS DA CÂMARA MUNICIPAL DE PALMEIRA</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1637/1637_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1637/1637_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS NORMAS E O PROCEDIMENTO DE AVALIAÇÃO DE DESEMPENHO DOS SERVIDORES PÚBLICOS EFETIVOS DO PODER LEGISLATIVO DO MUNICÍPIO DE PALMEIRA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1638/1638_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1638/1638_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A UTILIZAÇÃO DOS ESPAÇOS DA CÂMARA DE VEREADORES DE PALMEIRA</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1758/projeto_de_resolucao_no_130-2018_-_17.07.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1758/projeto_de_resolucao_no_130-2018_-_17.07.2018.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO XIII DO ART. 29, O § 1º DO ART. 36, O ART. 39 E O ANEXO 4, REVOGA OS ARTIGOS 38 E 42, E ACRESCENTA O CAPÍTULO XVII COM OS ARTIGOS 43, 44 E 45 NA RESOLUÇÃO Nº 113, DE 11 DE MARÇO DE 2016, QUE ESTABELECEU O REGIMENTO INTERNO DO PROGRAMA PARLAMENTO JOVEM DA CÂMARA MUNICIPAL DE PALMEIRA</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1790/projeto_de_resolucao_no_131-2018_-_07.08.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1790/projeto_de_resolucao_no_131-2018_-_07.08.2018.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 54 DA RESOLUÇÃO Nº 104 DE 16 DE DEZEMBRO DE 2014, QUE DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE PALMEIRA</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1798/projeto_de_resolucao_no_132-2018_-_14.08.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1798/projeto_de_resolucao_no_132-2018_-_14.08.2018.pdf</t>
   </si>
   <si>
     <t>REVOGA OS PARÁGRAFOS 2º E 3º DO ARTIGO 4º DA RESOLUÇÃO Nº 103 DE 2014, QUE INSTITUIU A ESCOLA DO LEGISLATIVO NO ÂMBITO DO PODER LEGISLATIVO DO MUNICÍPIO DE PALMEIRA, ESTADO DO PARANÁ</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1799/projeto_de_resolucao_no_133-2018_-_14.08.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1799/projeto_de_resolucao_no_133-2018_-_14.08.2018.pdf</t>
   </si>
   <si>
     <t>REVOGA O PARÁGRAFO ÚNICO DO ARTIGO 13 DA RESOLUÇÃO Nº 107 DE 2015</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>CCLJR - Comissão de Constituição, Legislação, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1903/pr_134.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1903/pr_134.pdf</t>
   </si>
   <si>
     <t>Altera o Regimento Interno da Câmara Municipal de Palmeira - Resolução nº 116, de 16 de novembro de 2016</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>Altera o caput do art. 1º e acrescenta o parágrafo único ao art. 22, ambos da resolução nº 112, de 10 de março de 2016, que regulamenta a modalidade de pregão no âmbito da Câmara Municipal de Palmeira</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1974/pr_136.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1974/pr_136.pdf</t>
   </si>
   <si>
     <t>Altera o §3º do art. 3º , o caput do art. 8º e o caput do art.17, todos das resolução nº 111/2015, que estabeleceu normas internas para o regime de adiantamento na Câmara Municipal de Palmeira</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/2034/projeto_de_resolucao_no_137-2018_-_27.12.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/2034/projeto_de_resolucao_no_137-2018_-_27.12.2018.pdf</t>
   </si>
   <si>
     <t>Altera o §2º do art. 184 do Regimento Interno da Câmara Municipal de Palmeira (resolução n.º 116, de 16 de novembro de 2016)</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1506/1506_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1506/1506_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DA PREFEITURA MUNICIPAL E/OU SETOR DE PLANEJAMENTO, COM RELAÇÃO A REALIZAÇÃO DE PAVIMENTAÇÃO DA RUA ROSA MILDEMBERG MAYER, E DE UM CRONOGRAMA DE EXECUÇÃO, CASO SEJA POSSÍVEL</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1543/1543_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1543/1543_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE AO DEPARTAMENTO DE ESTRADAS E RODAGEM - DER, SOLICITANDO A RECUPERAÇÃO EMERGENCIAL DE TRECHOS DA PR - 151, ENTRE OS MUNICÍPIOS DE PALMEIRA E PONTA GROSSA</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1552/1552_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1552/1552_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE AO EXMO. SENHOR PREFEITO MUNICIPAL, SOLICITANDO INFORMAÇÕES SOBRE OS MOTIVOS DO NÃO FUNCIONAMENTO DA BALSA DO CANTA GALO</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1574/1574_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1574/1574_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, DA MESA DIRETORA DA CÂMARA, QUE VEJA DA POSSIBILIDADE DE CONVOCAÇÃO DE UMA AUDIÊNCIA PÚBLICA, SE POSSÍVEL AINDA NO MÊS DE MARÇO, PARA POSSIBILITAR A PARTICIPAÇÃO POPULAR NA DISCUSSÃO DE MINUTA DE CONTRATO DE PROGRAMA RELATIVO AOS SERVIÇOS DE ÁGUA E ESGOTO, TÃO URGENTE E IMPORTANTE</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1578/1578_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1578/1578_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE AO EXMO. SR. PREFEITO MUNICIPAL, SOLICITANDO INFORMAÇÕES SOBRE DENÚNCIAS DE MORADORES DA COMUNIDADE DE CAMPESTRE DE VIEIRAS, ACERCA DO SUPOSTO USO IRREGULAR DO CAMINHÃO DE PROPRIEDADE DA PREFEITURA MUNICIPAL PELO FUNCIONÁRIO PÚBLICO JOÃO ARIOSTO HARTMAM, MORADOR DESSA COMUNIDADE E MOTORISTA DA SECRETARIA DE EDUCAÇÃO DE TRANSPORTE ESCOLAR, O QUAL ESTARIA UTILIZANDO O CAMINHÃO PÚBLICO PARA TRANSPORTAR PEDRAS PARA PARTICULARES E ESTARIA COBRANDO POR ESSES TRANSPORTES, COM SUPOSTA AUTORIZAÇÃO DE SUPERIORES HIERÁRQUICOS DETENTORES DE CARGOS PÚBLICOS</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1579/1579_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1579/1579_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE AO EXMO. SR. PREFEITO MUNICIPAL, SOLICITANDO INFORMAÇÕES SOBRE O QUE ESTAVA FAZENDO NA CIDADE DE BALNEÁRIO CAMBURIÚ, NO USO DE VEÍCULO OFICIAL, NA DATA DE 08 DE SETEMBRO DE 2017, PÓS-FERIADO, COMO SE COMPROVA COM MULTAS EM ANEXO, EXTRAÍDA DO SITE DO DETRAN-PR</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1580/1580_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1580/1580_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE À EMPRESA EXPRESSO RODEX, SOLICITANDO QUE SEJA REALIZADA A AMPLIAÇÃO NO ROTEIRO, PASSANDO PELAS LOCALIDADES DE VILINHA E RINCÃO DO COCHO</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1581/1581_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1581/1581_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, SEJAM ENCAMINHADOS DOCUMENTOS EM ANEXO AO MINISTÉRIO PÚBLICO DA COMARCA DE PALMEIRA, PARANÁ, PARA QUE APURE SUPOSTO CRIME DE RESPONSABILIDADE DO PREFEITO MUNICIPAL, SUJEITO A JULGAMENTO DO PODER JUDICIÁRIO, PELO CRIME TIPIFICADO NO ART. 1º, INCISO II, DO DECRETO-LEI Nº 201, DE 27 DE FEVEREIRO DE 1967</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1598/1598_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1598/1598_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE AO EXMO. SR. PREFEITO MUNICIPAL, SOLICITANDO INFORMAÇÕES SOBRE OS MOTIVOS DE ESTAREM PARALISADAS AS OBRAS DO SISTEMA DE ÁGUA NA LOCALIDADE DE RINCÃO DO COCHO</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1609/1609_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1609/1609_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE AO EXMO. SR PREFEITO MUNICIPAL, SOLICITANDO INFORMAÇÕES SOBRE QUAIS SERVIDORES PÚBLICOS PARTICIPARAM DO EVENTO "CAPACITAÇÃO DE GESTORES PÚBLICOS E ORDENADORES DE DESPESAS", REALIZADO NO MÊS DE NOVEMBRO DO ANO DE 2017, NA CIDADE DE FOZ DO IGUAÇU - PR, ASSIM COMO INFORME O VALOR TOTAL INVESTIDO EM TAL CURSO DE APERFEIÇOAMENTO (TRANSPORTE, ESTADIA, ALIMENTAÇÃO, DIÁRIAS, INSCRIÇÃO ETC.), JUNTANDO CÓPIA INTEGRAL DO PROCEDIMENTO QUE GEROU A CONCESSÃO DE DIÁRIAS, CÓPIA DE DOCUMENTO QUE CONSTE A PROGRAMAÇÃO DO CURSO, ASSIM COMO DO CONTEÚDO MINISTRADO E CÓPIA DE CADA UM DOS DIPLOMAS EMITIDOS EM FAVOR DOS FUNCIONÁRIOS. REQUER AINDA, SEJA INFORMADO QUAL O MEIO DE TRANSPORTE UTILIZADO PELOS FUNCIONÁRIOS E O MOTIVO PARA TAL OPÇÃO. RESSALTAMOS QUE A MESMA PROPOSTA JÁ FOI ENCAMINHADA EM OUTRA DATA E NÃO OBTEVE RESPOSTA</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1610/1610_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1610/1610_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO SEJA ENCAMINHADO EXPEDIENTE AO EXMO.SR. PREFEITO MUNICIPAL,PARA QUE FORNEÇA CÓPIAS DOS TRABALHOS REALIZADOS NO MUNICÍPIO DE PALMEIRA PELAS EMPRESAS METHAS CURSOS E TREINAMENTOS LTDA - ME E CONEV CONSULTORIA E EVENTOS LTDA - EPP, CONTRATOS Nº 634/2014, 640/2016, 618/2013 E 823/2016. AS CÓPIAS DEVERÃO SER FORNECIDAS CONFORME OS RELATÓRIOS DE EXECUÇÃO DOS SERVIÇOS ENTREGUES AO MUNICÍPIO, CONTENDO TODOS OS ESTUDOS, ATIVIDADES REALIZADAS E OS RESULTADOS. RESSALTAMOS QUE A MESMA PROPOSIÇÃO JÁ FOI ENCAMINHADA EM OUTRA DATA E NÃO OBTEVE RESPOSTA</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1611/1611_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1611/1611_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE AO EXMO. SR. PREFEITO MUNICIPAL, PARA QUE O MESMO DETERMINE A IMEDIATA SUSPENSÃO DA COBRANÇA DO IPTU - IMPOSTO SOBRE A PROPRIEDADE PREDIAL E TERRITORIAL URBANA, DA LOCALIDADE DE WITMARSUM, ATÉ QUE SEJAM LEVANTADAS E CORRIGIDAS AS INCONSISTÊNCIAS HAVIDAS NO LANÇAMENTO DO TRIBUTO PARA OS PROPRIETÁRIOS DE IMÓVEIS DAQUELA IMPORTANTE LOCALIDADE DE NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1623/1623_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1623/1623_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER, OUVIDO PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE À SECRETARIA DE AGRICULTURA E PECUÁRIA, SOLICITANDO INFORMAÇÕES SOBRE A PREVISÃO DO TERMINO DA OBRA DE CALÇAMENTO DA RUA PEDRO SWIECH, EM COLÔNIA MACIEL.</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1635/1635_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1635/1635_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO , SEJA ENCAMINHADO EXPEDIENTE À SECRETARIA DE SAÚDE, SOLICITANDO QUE SEJA INFORMADO QUAIS OS MÉDICOS QUE REALIZARAM ATENDIMENTOS EM PLANTÕES E SEUS RESPCTIVOS HORÁRIOS, NOS DIA 06, 07 E 08 DO CORRENTE.</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1663/1663_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1663/1663_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE AO EXMO. SR. PREFEITO MUNICIPAL, SOLICITANDO O QUE SEGUE: COMPROVANTE DE REGISTRO PONTO DE TRABALHO DO FUNCIONÁRIO ALEFF GABRIEL DE SOUZA PAES, NOS DIAS 07, 08, 09, 10 E 11 DE NOVEMBRO DE 2017</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1689/1689_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1689/1689_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE AO EXMO. SR. PREFEITO MUNICIPAL, REITERANDO O CONTIDO NO OFÍCIO Nº 318/2016 DESTE LEGISLATIVO, QUE SOLICITOU INFORMAÇÕES SOBRE A UTILIZAÇÃO DO TERRENO PÚBLICO DOADO ANTERIORMENTE PELA FAMÍLIA CZELUSNIAK, COM A FINALIDADE DE SER UTILIZADO COMO CAMPO DE FUTEBOL PARA OS MORADOS DE QUINHÃO Nº 15, SITUADO NO DISTRITO DE PAPAGAIOS NOVOS, MUNICÍPIO E COMARCA DE PALMEIRA, COM ÁREA DE 445 M², CONFRONTANDO PELA FRENTE, LADO LESTE POR RUA SEM DENOMINAÇÃO, LADO NORTE CONFRONTANDO COM JOSÉ VANTROBA, MARCOS STANISUASKI E HILÁRIO CZELUSNIAK </t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE AO EXMO. SR. SECRETÁRIO DE SEGURANÇA PÚBLICA DO ESTADO DO PARANÁ, SOLICITANDO QUE SEJA ESTUDADA A POSSIBILIDADE DE IMPLANTAÇÃO NA POLÍCIA MILITAR SEDIADA NA CIDADE DE PALMEIRA - PR, SE UMA GUARNIÇÃO DE FORÇA TÁTICA, DENOMINADA ROTAM (RONDAS OSTENSIVAS TÁTICO MÓVEL), A QUAL É UMA FORÇA POLICIAL QUALIFICADA PARA DAR ATENDIMENTO AS OCORRÊNCIAS DE MAIOR POTENCIAL DE RISCO</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1697/1697_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1697/1697_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE AO DEPARTAMENTO DE ESTRADA E RODAGEM - DER, PARA QUE VEJA DA POSSIBILIDADE DA INSTALAÇÃO DE REDUTOR DE VELOCIDADE, TIPO TRAVESSIA ELEVADA, LOMBADA FÍSICA, ELETRÔNICA, OU OUTRO INSTRUMENTO QUE SE FIZER NECESSÁRIO PARA REDUÇÃO DE VELOCIDADE NO KM 404, EM FRENTE À ESCOLA ESTADUAL FLÁVIO SANTOS, LOCALIZADA EM FAXINAL DOS QUARTINS</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1707/1707_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1707/1707_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE AO EXMO. SR. PREFEITO MUNICIPAL, SOLICITANDO INFORMAÇÕES A RESPEITO DA EMPRESA RECICLADOS GRANDES RIOS LTDA., QUE RECEBEU DO MUNICÍPIO CONCESSÃO DE DIREITO REAL DE USO RESOLÚVEL DE IMÓVEL URBANO CO BENFEITORIAS AUTORIZADAS PELA LEI Nº3158 DE 2011, BEM COMO VULTUOSOS INVESTIMENTOS AUTORIZADOS PELA LEI Nº 3206 DE 2011, SENDO: INSTALAÇÃO DE ENERGIA ELÉTRICA COM 500 KA, INSTALAÇÃO DE 05 (CINCO) CAIXA D'ÁGUA COM CAPACIDADE DE 20000 LITROS CADA, CALÇAMENTO DO PÁTIO INTERNO, PISO INTERNO E BARRACÃO JÁ EXISTENTE, CONSTRUÇÃO DE CERCA COM ALAMBRADO AO REDOR DA ÁREA E PERFURAÇÃO DE POÇO ARTESIANO. VEM POR MEIO DESTE REQUERER EXPLICAÇÃO ACERCA DE: QUANTOS FUNCIONÁRIOS EM MÉDIA TRABALHAM NA EMPRESA NOS ÚLTIMOS 12 (DOZE) MESES? QUAL A GERAÇÃO DE IMPOSTOS DA REFERIDA NOS ÚLTIMOS 24 (VINTE E QUATRO) MESES, COMPREENDENDO IMPOSTOS MUNICIPAIS, ESTADUAIS E FEDERAIS, BEM COMO OUTROS ITENS PROPOSTOS NO PROTOCOLO DE INTENÇÕES ASSINADO EM 22 DE JUNHO DE 2006? </t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1757/requerimento_-_protocolo_no_575-2018_-_17.07.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1757/requerimento_-_protocolo_no_575-2018_-_17.07.2018.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE À SECRETARIA MUNICIPAL DE SAÚDE, SOLICITANDO INFORMAÇÕES SOBRE A EXISTÊNCIA OU NÃO DE PROJETO ESPECÍFICO PARA JOVENS QUE REALIZAM AUTOMUTILAÇÃO</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1773/requerimento_-_protocolo_no_608-2018_-_24.07.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1773/requerimento_-_protocolo_no_608-2018_-_24.07.2018.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE AO DEPARTAMENTO DE ESTRADAS E RODAGEM - DER, SOLICITANDO SEJA REALIZADA A RESTAURAÇÃO DOS REDUTORES DE VELOCIDADE (LOMBADAS) NA PR 151, NAS LOCALIDADES DE BENFICA E LAGO</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1789/requerimento_-_protocolo_no_631-2018_-_02.08.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1789/requerimento_-_protocolo_no_631-2018_-_02.08.2018.pdf</t>
   </si>
   <si>
     <t>SOLICITAR, A MESA DIRETORA, COM BASE DO ART. 59 DO REGIMENTO INTERNO, LICENÇA PARA TRATAR DE ASSUNTOS PARTICULARES, PELO PRAZO DE 30 (TRINTA) DIAS</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1795/requerimento_-_protocolo_no_669-2018_-_10.08.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1795/requerimento_-_protocolo_no_669-2018_-_10.08.2018.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE À SECRETARIA MUNICIPAL DE SAÚDE, SOLICITANDO O ENVIO A ESTA CASA DO QUE SEGUE: 1) RELAÇÃO DOS MÉDICOS QUE COMPÕE O QUADRO EFETIVO DO MUNICÍPIO, CONTENDO OS SEUS RESPECTIVOS HORÁRIOS DE ATENDIMENTO E LOCAL DE TRABALHO; 2) RELAÇÃO DOS MÉDICOS QUE PRESTA SERVIÇOS TERCEIRIZADOS, COM SEUS RESPECTIVOS HORÁRIOS DE ATENDIMENTO E LOCAL DE TRABALHO; E 3) LISTAGEM DOS PLANTÕES MÉDICOS.</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1796/requerimento_-_protocolo_no_670-2018_-_10.08.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1796/requerimento_-_protocolo_no_670-2018_-_10.08.2018.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE A CONCESSIONÁRIA CAMINHOS DO PARANÁ, SOLICITANDO ESTUDO E IMPLANTAÇÃO DE ALGUM DISPOSITIVO DE SEGURANÇA NA RODOVIA BR - 277, ENTRE O KM 195 E KM 196, NA LOCALIDADE DE QUEIMADAS, NESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1797/requerimento_-_protocolo_no_671-2018_-_10.08.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1797/requerimento_-_protocolo_no_671-2018_-_10.08.2018.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE AO CONSELHO MUNICIPAL DE SAÚDE, SOLICITANDO O ENVIO A ESTA CASA DE CÓPIAS DE ATAS DE REUNIÕES DESTE CONSELHO NO ANO DE 2018, CONTENDO TODAS AS SUAS DELIBERAÇÕES</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1800/requerimento_-_protocolo_no_674-2018_-_14.08.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1800/requerimento_-_protocolo_no_674-2018_-_14.08.2018.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, SEJA ENCAMINHADO EXPEDIENTE À COMPANHIA PARANAENSE DE SANEAMENTO - SANEPAR, SOLICITANDO A POSSIBILIDADE DE AMPLIAÇÃO DE REDE PARA FORNECIMENTO DE ÁGUA TRATADA PARA AS 08 (OITO) FAMÍLIAS RESIDENTES NA COLÔNIA SERRINHA, NA ALTURA DO KM 387 DA PR 151</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1825/requerimento_-_protocolo_no_731-2018_-_03.09.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1825/requerimento_-_protocolo_no_731-2018_-_03.09.2018.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, seja encaminhado expediente ao Departamento de Estradas de Rodagem - DER, solicitando a intervenção com desaceleração na PR 151, entrada para as localidades de Água Clara e Canta Galo, próximo ao Restaurante e Lanchonete Gawlak, e ainda nas proximidades da entrada para a localidade de Passo do Tio Paulo, neste município</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1846/requerimento_-_protocolo_no_778-2018_-_11.09.20_cilTvt5.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1846/requerimento_-_protocolo_no_778-2018_-_11.09.20_cilTvt5.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, seja encaminhado expediente ao Departamento de Estradas e Rodagem - DER, solicitando a construção de acostamento às margens da PR 151, no trecho que corresponde desde o Colégio Agrícola Getúlio Vargas até o início da ciclovia nas proximidades das casas do DER e a inclusão da terceira faixa sentido Palmeira a Ponta Grossa</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1850/requerimento_-_protocolo_no_785-2018_-_11.09.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1850/requerimento_-_protocolo_no_785-2018_-_11.09.2018.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, seja encaminhado expediente à Secretaria Municipal de Agricultura e Pecuária, solicitando informações com relação as plainas niveladoras cedidas pelo Município à entidades e associações de moradores do interior do município, tais como: quantas plainas niveladoras foram cedidas; quais as entidades ou associações; se estão sendo utilizadas; se consta relatório dos serviços realizados; prazo de vigência dos contratos firmados</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1869/requerimento_-_protocolo_no_791-2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1869/requerimento_-_protocolo_no_791-2018.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, seja encaminhado expediente à Secretaria Municipal de Obras e Infraestrutura, solicitando e envio a esta casa das seguintes informações: 1) Quais os motivos da paralisação das obras de pavimentação asfáltica da Rua João Klimiont, no Bairro Rocio I?; Se a empresa Sotil LTDA. está cumprindo as cláusulas do contrato nº 917/2018, que tem como objeto a execução de obras de pavimentação asfáltica na Rua João Klimiont, no Bairro Rocio I?</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1905/requerimento_-_protocolo_no_861-2018_-_08.10.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1905/requerimento_-_protocolo_no_861-2018_-_08.10.2018.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, seja encaminhado expediente à Secretaria Municipal de Urbanismo, solicitando informações a respeito da previsão de adequação e a devida colocação de meio fio na rua José Adriano de Freitas, no trecho compreendido entre as ruas Dom Alberto Gonçalves e avenida Sete de Abril</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1912/requerimento_-_protocolo_no_883-2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1912/requerimento_-_protocolo_no_883-2018.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, seja encaminhado expediente à Secretaria Municipal de Urbanismo, solicitando o que segue: informações sobre como se encontra a execução dos serviços da rede de abastecimento de água na localidade de Volta Grande</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
     <t>Denis Sanson, João Savi</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1937/requerimento_-_protocolo_946.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1937/requerimento_-_protocolo_946.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o Plenário, seja encaminhado expediente ao Exmo. Sr. Prefeito Municipal, solicitando cópia dos diários de bordo, relativos aos meses de junho a outubro de 2018, dos seguintes veículos utilizados pela Secretaria Municipal de Saúde: veículo Onix (placa BBW-2457) e veículo HB20 (placa BAG-1758)</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1946/requerimento_-_protocolo_no_956-2018_-_06.11.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1946/requerimento_-_protocolo_no_956-2018_-_06.11.2018.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente ao Exmo. Sr. Prefeito Municipal, solicitando informações sobre a existência de projeto para expansão do monitoramento de câmeras de segurança no município de Palmeira, e se existe, quais os locais a serem contemplados. Requer ainda informação se as câmeras existentes estão todas em funcionamento, se não, qual prazo para pôr em funcionamento</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1948/requerimento_-_protocolo_959-2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1948/requerimento_-_protocolo_959-2018.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, seja encaminhado expediente ao Exmo. Sr. Prefeito Municipal, solicitando informações sobre denúncias de moradores da comunidade de Campestre de Vieiras, acerca do suposto uso irregular de caminhão de propriedade da Prefeitura Municipal, pelo funcionário público João Ariosto Hartmam, morador dessa comunidade e motorista da Secretaria de Educação de transporte escolar, o qual estaria utilizando caminhão público para transportar pedras para particulares e estaria cobrando por esses transportes, com a suposta autorização de superiores hierárquicos detentores de cargos públicos</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1949/requerimento_-_protocolo_960-2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1949/requerimento_-_protocolo_960-2018.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, seja encaminhado expediente ao Exmo. Sr. Prefeito Municipal, para que forneça cópia dos trabalhos realizados no município de Palmeira pelas empresas Methas Cursos e Treinamentos LTDA - ME e Conev Consultoria e Eventos LTDA - EPP, contratos nos. 634/2014, 640/2016 e 618/2013, 823/2016, respectivamente.  As cópias deverão ser fornecidas conforme os relatórios de execução dos serviços entregues ao município, contendo todos os estudos, atividades realizadas e os resultados. Ressaltamos que a mesma proposição já foi encaminhada em outra data e não obteve resposta</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1950/requerimento_-_protocolo_961-2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1950/requerimento_-_protocolo_961-2018.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, seja encaminhado expediente ao Exmo. Sr. Prefeito Municipal, solicitando o que segue: comprovante de registro de ponto de trabalho do funcionário Aleff Gabriel de Souza Paes, nos dias 7, 8, 9, 10 e 11 de novembro de 2017</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1951/requerimento_-_protocolo_962-2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1951/requerimento_-_protocolo_962-2018.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, seja encaminhado expediente ao Conselho Municipal de Saúde, solicitando o envio a esta casa de cópias de atas de reuniões deste conselho no ano de 2018, contendo todas as suas deliberações</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1952/requerimento_-_protocolo_963-2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1952/requerimento_-_protocolo_963-2018.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, seja encaminhado expediente à Secretaria Municipal de Obras e Infraestrutura, solicitando o envio a esta casa das seguintes informações: 1) Qual os motivos da paralisação das obras de pavimentação asfáltica da Rua João Klimiont no bairro Rocio I? 2) Se a empresa Sotil LTDA. está cumprindo as cláusulas do contrato mº 917/2018, que tem como objeto a execução de obras de pavimentação asfáltica da Rua João Klimiont no bairro Rocio I?</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1953/requerimento-_protocolo_no_964-2018_-_12.11.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1953/requerimento-_protocolo_no_964-2018_-_12.11.2018.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente ao Ministério Público da Comarca de Palmeira, Paraná, anexando as imagens de servidores do município de Palmeira, descartando lixo em local não apropriado, utilizando-se de veículos da municipalidade</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1992/requerimento_-_protocolo_no_1038-2018_-_10.12.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1992/requerimento_-_protocolo_no_1038-2018_-_10.12.2018.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, seja encaminhado expediente à Secretaria Municipal de Educação, solicitando resposta ao pedido feito em reunião com a Secretária da pasta, para manutenção do regime integral em pelo menos 30% das vagas dos Centros Municipais de Educação Infantil, com o objetivo de atender as famílias com extrema necessidade</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
     <t>REQC</t>
   </si>
   <si>
     <t>Requerimento das Comissões</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1517/1517_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1517/1517_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA EMITIR O PARECER AOS PROJETOS DE LEI 4828, 4894 E 4900</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1518/1518_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1518/1518_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AOS PROJETOS DE LEI 4894 E 4900</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
     <t>CECBESMA - Comissão de Educação, Cultura, Bem-estar Social e Meio Ambiente</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1519/1519_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1519/1519_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI 4857</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1535/1535_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1535/1535_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA EMITIR O PARECER AOS PROJETOS DE LEI 4773 E 4958</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1536/1536_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1536/1536_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AOS PROJETOS DE LEI 4773 E 4958</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1537/1537_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1537/1537_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI 4958</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1553/1553_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1553/1553_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA EMITIR PARECER AOS PROJETOS DE LEI 4975, 4977, 4979, E AOS SUBSTITUTIVOS DOS PROJETOS DE LEI 4686, 4929 E 4930</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1555/1555_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1555/1555_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO SUBSTITUTIVO DO PROJETO DE LEI 4686</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
     <t>CUOP - Comissão de Urbanismo e Obras Públicas</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1556/1556_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1556/1556_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AOS SUBSTITUTIVOS DOS PROJETOS DE LEI 4929 E 4930</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1557/1557_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1557/1557_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AOS PROJETOS DE LEI 4975, 4977, 4979, E AOS SUBSTITUTIVOS DOS PROJETOS DE LEI 4686, 4929 E 4930</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1577/1577_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1577/1577_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AOS PROJETOS DE LEI 4773 E 4927</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1594/1594_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1594/1594_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA EMITIR PARECER AOS PROJETOS DE LEI 4828, 4900, 4989, 4992, 4994 E 4995</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1595/1595_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1595/1595_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AOS PROJETOS DE LEI 4900, 4992, 4994 E 4995</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1596/1596_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1596/1596_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI 4988</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1597/1597_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1597/1597_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 3 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI 4989</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
     <t>CCLJR - Comissão de Constituição, Legislação, Justiça e Redação, CECBESMA - Comissão de Educação, Cultura, Bem-estar Social e Meio Ambiente, CEOFF - Comissão de Economia, Orçamento, Finanças e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1599/1599_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1599/1599_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEREM, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI 4773</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
     <t>CCLJR - Comissão de Constituição, Legislação, Justiça e Redação, CUOP - Comissão de Urbanismo e Obras Públicas</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1622/1622_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1622/1622_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEREM, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI 5000</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1657/1657_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1657/1657_texto_integral.pdf</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1647/1647_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1647/1647_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA EMITIR PARECERES AOS PROJETOS DE LEI 4828 E 4989</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1648/1648_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1648/1648_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI Nº 4989</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1658/1658_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1658/1658_texto_integral.pdf</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1667/1667_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1667/1667_texto_integral.pdf</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1672/1672_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1672/1672_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 15 DIAS PARA EMITIR O PARECER AO PROJETO DE LEI 5013</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1673/1673_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1673/1673_texto_integral.pdf</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1675/1675_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1675/1675_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA EMITIR O PARECER AOS PROJETOS DE LEI 4828 E 4989</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1676/1676_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1676/1676_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI 4989</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1690/1690_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1690/1690_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEREM, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AOS PROJETO DE LEI 4773</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
     <t>CCLJR - Comissão de Constituição, Legislação, Justiça e Redação, CEOFF - Comissão de Economia, Orçamento, Finanças e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1691/1691_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1691/1691_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEREM, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI 5029</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1705/1705_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1705/1705_texto_integral.pdf</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1715/1715_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1715/1715_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEREM, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI Nº 5000</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1722/1722_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1722/1722_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI Nº 4857</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1731/1731_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1731/1731_texto_integral.pdf</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1732/1732_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1732/1732_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA EMITIR PARECER AOS PROJETOS DE LEI 4828 E 4989</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1733/1733_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1733/1733_texto_integral.pdf</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1734/1734_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1734/1734_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA EMITIR O PARECER AO PROJETO DE LEI Nº 5053</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1738/1738_texto_integral.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1738/1738_texto_integral.pdf</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1752/requerimento_das_comissoes_-_protocolo_no_568-2_Lhq9bir.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1752/requerimento_das_comissoes_-_protocolo_no_568-2_Lhq9bir.pdf</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1753/requerimento_das_comissoes_-_protocolo_no_569-2_JtDML8u.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1753/requerimento_das_comissoes_-_protocolo_no_569-2_JtDML8u.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 15 DIAS PARA EMITIR O PARECER AO PROJETO DE LEI 5067</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1766/requerimento_das_comissoes_-_protocolo_no_584-2_4hTJosp.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1766/requerimento_das_comissoes_-_protocolo_no_584-2_4hTJosp.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA EMITIR O PARECER AOS PROJETOS DE LEI 5070 E 5071</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1767/requerimento_das_comissoes_-_protocolo_no_585-2_0e6xPdu.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1767/requerimento_das_comissoes_-_protocolo_no_585-2_0e6xPdu.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AOS PROJETOS DE LEI 4857, 5070 E 5071</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1781/requerimento_das_comissoes_-_protocolo_no_616-2_JI8robE.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1781/requerimento_das_comissoes_-_protocolo_no_616-2_JI8robE.pdf</t>
   </si>
   <si>
     <t>REQUEREM, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI 4989</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1786/requerimento_das_comissoes_-_protocolo_no_632-2_eMfhPS2.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1786/requerimento_das_comissoes_-_protocolo_no_632-2_eMfhPS2.pdf</t>
   </si>
   <si>
     <t>REQUEREM, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MEHLORES ESTUDOS AO PROJETO DE LEI 4773</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1787/requerimento_das_comissoes_-_protocolo_no_633-2_jRBRZpV.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1787/requerimento_das_comissoes_-_protocolo_no_633-2_jRBRZpV.pdf</t>
   </si>
   <si>
     <t>REQUEREM, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI 5089</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1788/requerimento_das_comissoes_-_protocolo_no_634-2_6FrOILP.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1788/requerimento_das_comissoes_-_protocolo_no_634-2_6FrOILP.pdf</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1809/requerimento_das_comissoes_-_protocolo_no_683-2_nti7dOY.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1809/requerimento_das_comissoes_-_protocolo_no_683-2_nti7dOY.pdf</t>
   </si>
   <si>
     <t>REQUEREM, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA EMITIR O PARECER AO PROJETO DE LEI 5097</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1816/requerimento_das_comissoes_-_protocolo_no_706-2_j6TTHVQ.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1816/requerimento_das_comissoes_-_protocolo_no_706-2_j6TTHVQ.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA EMITIR O PARECER AOS  PROJETOS DE LEI 5070 E 5071</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1817/requerimento_das_comissoes_-_protocolo_no_707-2_Az12iPU.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1817/requerimento_das_comissoes_-_protocolo_no_707-2_Az12iPU.pdf</t>
   </si>
   <si>
     <t>REQUER, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AOS PROJETOS DE LEI 4857, 5070 R 5071</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1823/requerimento_das_comissoes_-_protocolo_no_723-2_FnllAYs.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1823/requerimento_das_comissoes_-_protocolo_no_723-2_FnllAYs.pdf</t>
   </si>
   <si>
     <t>REQUEREM, OUVIDO O PLENÁRIO, PRAZO DE 30 DIAS PARA MELHORES ESTUDOS AO PROJETO DE LEI 5106</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1842/requerimento_das_comissoes_-_protocolo_no_748-2_TG1jICP.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1842/requerimento_das_comissoes_-_protocolo_no_748-2_TG1jICP.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, prazo de 30 dias para emitir o parecer aos projetos de lei 4773, 5089, 5116, 5117 e 5118</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1843/requerimento_das_comissoes_-_protocolo_no_749-2_LIo9ygW.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1843/requerimento_das_comissoes_-_protocolo_no_749-2_LIo9ygW.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, prazo de 30 dias para melhores estudos aos projetos de lei 4773 e 5089</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1844/requerimento_das_comissoes_-_protocolo_no_750-2_ZA7JoRK.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1844/requerimento_das_comissoes_-_protocolo_no_750-2_ZA7JoRK.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, prazo de 30 dias para melhores estudos ao projeto de lei 4773</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1845/requerimento_das_comissoes_-_protocolo_no_751-2_P62jpDa.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1845/requerimento_das_comissoes_-_protocolo_no_751-2_P62jpDa.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, prazo de 30 dias para melhores estudos aos projetos de lei 5116, 5117 e 5118</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1897/requerimento_das_comissoes_-_protocolo_no_853-2_BV6Jvfz.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1897/requerimento_das_comissoes_-_protocolo_no_853-2_BV6Jvfz.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, prazo de 30 dias para emitir o parecer aos projetos de lei 5070 e 5071</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1898/requerimento_das_comissoes_-_protocolo_no_854-2_NEcq5Ob.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1898/requerimento_das_comissoes_-_protocolo_no_854-2_NEcq5Ob.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, prazo de 10 dias para emitir o parecer ao projeto de lei 5109</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1899/requerimento_das_comissoes_-_protocolo_no_855-2_aeU0hVG.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1899/requerimento_das_comissoes_-_protocolo_no_855-2_aeU0hVG.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, prazo de 30 dias para melhores estudos aos projetos de lei 4857, 5070 e 5071</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1904/requerimento_das_comissoes_-_protocolo_no_860-2_K5DV638.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1904/requerimento_das_comissoes_-_protocolo_no_860-2_K5DV638.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o plenário, prazo de 30 dias para melhores estudos ao projeto de lei 5106</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1915/requerimento_das_comissoes_-_protocolo_no_885-2_Q6znrYH.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1915/requerimento_das_comissoes_-_protocolo_no_885-2_Q6znrYH.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para melhores estudos ao projeto de lei 4773 e ao projeto de lei complementar 05/2018</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1916/requerimento_das_comissoes_-_protocolo_no_886-2_74pI5Jb.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1916/requerimento_das_comissoes_-_protocolo_no_886-2_74pI5Jb.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para melhores estudos ao projeto de lei 4773 e ao projeto de lei  complementar 05/2018, e 20 dias para melhores estudos ao projeto de lei 5109</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1917/requerimento_das_comissoes_-_protocolo_no_887-2_eOSM9uG.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1917/requerimento_das_comissoes_-_protocolo_no_887-2_eOSM9uG.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para melhores estudos ao projeto de lei 4773</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1933/requerimento_-_protocolo_no_933-2018_-_05.11.2018.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1933/requerimento_-_protocolo_no_933-2018_-_05.11.2018.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, prazo de 30 dias para melhores estudos ao projeto de lei 4857</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1978/requerimento_das_comissoes_-_protocolo_no_1015-_XBbqXS2.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1978/requerimento_das_comissoes_-_protocolo_no_1015-_XBbqXS2.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, prazo de 30 dias para emitir o parecer aos projetos de lei 5174 e 5178. Requer ainda, prazo de 7 dias para emitir o parecer aos projetos de lei complementar 6 e 7/2018</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1979/requerimento_das_comissoes_-_protocolo_no_1016-_NezIrSi.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1979/requerimento_das_comissoes_-_protocolo_no_1016-_NezIrSi.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, prazo de 30 dias para melhores estudos aos projetos de lei 5174. Requer ainda, ouvido o plenário, prazo de 7 dias para emitir o parecer aos projetos de lei complementares 6 e 7/2018</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1980/requerimento_das_comissoes_-_protocolo_no_1017-_KiN4a7P.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1980/requerimento_das_comissoes_-_protocolo_no_1017-_KiN4a7P.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, prazo de 30 dias para melhores estudos ao projeto de lei 5178</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1988/requerimento_das_comissoes_-_protocolo_no_1034-_haT0Vu3.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1988/requerimento_das_comissoes_-_protocolo_no_1034-_haT0Vu3.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, prazo de 30 dias para emitir o parecer aos projetos de lei 5179 e 5184. Requer ainda, prazo de 15 dias para emitir o parecer ao projeto de lei 5180 e à emenda ao projeto de lei 5157, protocolada sob nº 1026/2018</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1989/requerimento_das_comissoes_-_protocolo_no_1035-_r2OdgIR.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1989/requerimento_das_comissoes_-_protocolo_no_1035-_r2OdgIR.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, prazo de 30 dias para emitir o parecer aos projetos de lei 5179 e 5184. Requer ainda, ouvido o plenário, prazo de 15 dias para emitir o parecer ao projeto de lei 5180</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1990/requerimento_das_comissoes_-_protocolo_no_1036-_hAeKXkU.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1990/requerimento_das_comissoes_-_protocolo_no_1036-_hAeKXkU.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, prazo de 30 dias para emitir o parecer aos projetos de lei 4857 e 5179. Requer ainda, ouvido o plenário, prazo de 15 dias para emitir o parecer à emenda ao projeto de lei 5157, protocolada sob nº 1026/2018</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1991/requerimento_das_comissoes_-_protocolo_no_1037-_ug2RjCx.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1991/requerimento_das_comissoes_-_protocolo_no_1037-_ug2RjCx.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, prazo de 30 dias para melhores estudos ao projeto de lei 5184</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5436,67 +5436,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1538/1538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1815/anteprojeto_de_lei_002-2018_-_21.08.2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1932/anteprojeto_de_lei_no_03-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1534/1534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1539/1539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1551/1551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1591/1591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1601/1601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1605/1605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1606/1606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1608/1608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1619/1619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1620/1620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1621/1621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1624/1624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1625/1625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1626/1626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1627/1627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1628/1628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1629/1629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1630/1630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1650/1650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1651/1651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1652/1652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1653/1653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1659/1659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1662/1662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1665/1665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1666/1666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1692/1692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1693/1693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1694/1694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1695/1695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1704/1704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1708/1708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1714/1714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1719/1719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1720/1720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1739/1739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1754/indicacao_no_41-2018_-_17.07.2018.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1755/indicacao_no_42-2018_-_17.07.2018.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1756/indicacao_no_43-2018_-_17.07.2018.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1760/indicacao_no_44-2018_-_17.07.2018.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1772/indicacao_no_45-2018_-_24.07.2018.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1774/indicacao_no_46-2018_-_24.07.2018.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1782/indicacao_no_47-2018_-_31.07.2018.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1791/indicacao_no_48-2018_-_07.08.2018.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1841/indicacao_no_49-2018_-_04.09.2018.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1866/indicacao_no_50-2018_-_13.09.2018.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1867/indicacao_no_51-2018_-_13.09.2018.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1868/indicacao_no_52-2018_-_13.09.2018.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1870/indicacao_no_53-2018_-18.09.2018.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1871/indicacao_no_54-2018_-18.09.2018.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1872/indicacao_no_55-2018_-18.09.2018.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1873/indicacao_no_56-2018_-_18.08.2018.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1874/indicacao_no_57-2018_-_18.09.2018.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1880/indicacao_no_58-2018.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1881/indicacao_no_59-2018.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1891/indicacao_no_60-2018.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1906/indicacao_no_61-2018_-_08.10.2018.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1907/indicacao_no_62-2018_-_08.10.2018.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1908/indicacao_no_63-2018.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1909/indicacao_no_64-2018.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1910/indicacao_no_65-2018.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1911/indicacao_no_66-2018_VD89KVl.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1934/indicacao_no_67-2018.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1935/indicacao_no_68-2018.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1936/indicacao_no_69-2018.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1938/indicacao_no_70-2018.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1939/indicacao_no_71-2018.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1945/indicacao_no_72-2018_-_06.11.2018.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1963/indicacao_no_73-2018_-_20.11.2018.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1964/indicacao_no_74-2018_-_20.11.2018.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1981/indicacao_no_75-2018_-_04.12.2018.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1994/indicacao_no_76-2018_-_11.12.2018.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1995/indicacao_no_77-2018_-_11.12.2018.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1996/indicacao_no_78-2018_-_11.12.2018.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/2002/indicacao_no_79-2018_-_18.12.2018.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/2003/indicacao_no_80-2018_-_18.12.2018.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1514/1514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1576/1576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1712/1712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1713/1713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1745/1745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1924/mocao_de_aplauso_-_protocolo_no_896-2018_-_16.10.2018.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1925/mocao_de_aplauso_-_protocolo_no_897-2018_-_16.10.2018.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1954/mocao_-_protocolo_no_976-2018.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1961/mocao_-_protocolo_no_999-2018_-_20.11.2018.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1962/mocao_-_protocolo_no_1000-2018_-_20.11.2018.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1975/mocao_-_protocolo_no_1012-2018.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1976/mocao_-_protocolo_no_1013-2018.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1977/mocao_-_protocolo_no_1014-2018.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1993/mocao_de_aplausos_-_protocolo_no_1039-2018_-_10.12.2018.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/2005/mocao_de_aplausos_-_protocolo_no_1084-2018_-_18.12.2018.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1563/1563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1564/1564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1565/1565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1566/1566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1567/1567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1568/1568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1569/1569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1570/1570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1571/1571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1572/1572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1573/1573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1947/projeto_de_decreto_legislativo_no_711-2018_-_08.11.2018.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1489/1489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1490/1490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1491/1491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1492/1492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1493/1493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1494/1494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1495/1495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1496/1496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1497/1497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1498/1498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1499/1499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1500/1500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1501/1501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1502/1502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1503/1503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1504/1504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1505/1505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1507/1507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1508/1508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1509/1509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1510/1510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1511/1511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1512/1512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1513/1513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1515/1515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1516/1516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1520/1520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1521/1521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1522/1522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1523/1523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1532/1532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1525/1525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1526/1526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1527/1527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1528/1528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1529/1529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1530/1530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1531/1531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1533/1533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1540/1540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1541/1541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1542/1542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1544/1544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1545/1545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1546/1546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1547/1547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1548/1548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1549/1549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1550/1550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1558/1558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1559/1559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1560/1560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1561/1561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1562/1562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1582/1582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1583/1583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1584/1584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1585/1585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1586/1586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1588/1588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1587/1587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1589/1589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1590/1590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1593/1593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1600/1600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1604/1604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1607/1607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1612/1612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1613/1613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1614/1614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1615/1615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1636/1636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1639/1639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1640/1640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1641/1641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1642/1642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1643/1643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1644/1644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1645/1645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1646/1646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1649/1649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1654/1654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1655/1655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1656/1656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1660/1660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1661/1661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1664/1664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1668/1668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1670/1670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1669/1669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1671/1671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1674/1674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1677/1677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1678/1678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1679/1679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1680/1680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1681/1681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1682/1682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1683/1683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1684/1684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1685/1685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1686/1686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1687/1687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1688/1688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1698/1698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1699/1699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1700/1700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1701/1701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1702/1702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1703/1703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1706/1706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1709/1709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1710/1710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1711/1711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1716/1716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1717/1717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1718/1718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1723/1723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1724/1724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1725/1725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1726/1726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1727/1727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1728/1728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1729/1729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1730/1730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1735/1735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1736/1736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1737/1737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1740/1740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1741/1741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1742/1742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1743/1743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1744/1744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1746/1746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1747/5067_e_emenda.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1748/1748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1749/1749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1750/5070.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1751/5071.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1759/5072.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1761/5073.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1762/5074.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1763/5075.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1764/5076.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1765/5077.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1768/5078.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1769/5079.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1770/5080.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1771/5081.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1775/5082.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1776/5083.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1777/5084_e_substituvivo.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1778/5085.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1779/5086.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1780/5087.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1783/5088.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1784/5089.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1785/5090.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1792/5091.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1793/5092.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1794/5093.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1801/5094.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1802/5095.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1803/5096.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1804/5097_e_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1805/5098.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1806/5099.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1807/5100.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1808/5101.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1811/5012.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1812/5013.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1813/5014.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1814/5015.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1819/5106_mRVTDVS.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1820/5107.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1821/5108.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1822/5109.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1824/5110.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1826/5111.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1827/5112.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1828/5113.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1829/5114.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1830/5115.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1831/5116.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1832/5117.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1833/5118.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1834/5119.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1835/5120.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1836/5121.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1837/5122.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1838/5123.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1839/5124.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1859/5125_e_emenda.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1860/5126.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1861/5127.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1862/5128.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1875/5129.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1876/5130.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1877/5131.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1879/5132.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1882/5133.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1883/5134.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1884/5135.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1885/5136.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1886/5137.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1887/5138.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1888/5139.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1889/5140.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1890/5141.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1892/5142.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1893/5143.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1894/5144.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1895/5145.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1896/5146.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1900/5147.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1901/5148.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1902/5149_e_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1913/5150_e_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1918/5151.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1919/5152.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1920/5153.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1921/5154.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1922/5155.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1923/5156.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1926/5157.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1927/5158.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1928/5159.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1929/5160.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1930/5161.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1931/5162.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1940/5163.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1941/5164.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1942/5165.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1943/5166.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1955/5167.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1956/5168.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1957/5169.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1958/5170.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1959/5171.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1960/5172.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1965/5173.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1966/5174.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1967/5175.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1968/5176.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1972/5177.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1973/5178.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1982/5179.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1983/5180_e_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1984/5181.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1985/5182.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1986/5183.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1987/5184.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1998/5185.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1999/5186.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/2000/5187.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/2001/5188.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/2004/5189.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1914/projeto_de_lei_complementar_no_05-2018.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1969/projeto_de_lei_complementar_no_06-2018.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1971/projeto_de_lei_complementar_no_07-2018.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1997/projeto_de_lei_complementar_no_08-2018_-_11.12.2018.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1602/1602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1637/1637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1638/1638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1758/projeto_de_resolucao_no_130-2018_-_17.07.2018.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1790/projeto_de_resolucao_no_131-2018_-_07.08.2018.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1798/projeto_de_resolucao_no_132-2018_-_14.08.2018.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1799/projeto_de_resolucao_no_133-2018_-_14.08.2018.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1903/pr_134.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1974/pr_136.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/2034/projeto_de_resolucao_no_137-2018_-_27.12.2018.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1506/1506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1543/1543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1552/1552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1574/1574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1578/1578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1579/1579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1580/1580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1581/1581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1598/1598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1609/1609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1610/1610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1611/1611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1623/1623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1635/1635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1663/1663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1689/1689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1697/1697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1707/1707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1757/requerimento_-_protocolo_no_575-2018_-_17.07.2018.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1773/requerimento_-_protocolo_no_608-2018_-_24.07.2018.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1789/requerimento_-_protocolo_no_631-2018_-_02.08.2018.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1795/requerimento_-_protocolo_no_669-2018_-_10.08.2018.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1796/requerimento_-_protocolo_no_670-2018_-_10.08.2018.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1797/requerimento_-_protocolo_no_671-2018_-_10.08.2018.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1800/requerimento_-_protocolo_no_674-2018_-_14.08.2018.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1825/requerimento_-_protocolo_no_731-2018_-_03.09.2018.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1846/requerimento_-_protocolo_no_778-2018_-_11.09.20_cilTvt5.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1850/requerimento_-_protocolo_no_785-2018_-_11.09.2018.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1869/requerimento_-_protocolo_no_791-2018.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1905/requerimento_-_protocolo_no_861-2018_-_08.10.2018.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1912/requerimento_-_protocolo_no_883-2018.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1937/requerimento_-_protocolo_946.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1946/requerimento_-_protocolo_no_956-2018_-_06.11.2018.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1948/requerimento_-_protocolo_959-2018.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1949/requerimento_-_protocolo_960-2018.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1950/requerimento_-_protocolo_961-2018.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1951/requerimento_-_protocolo_962-2018.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1952/requerimento_-_protocolo_963-2018.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1953/requerimento-_protocolo_no_964-2018_-_12.11.2018.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1992/requerimento_-_protocolo_no_1038-2018_-_10.12.2018.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1517/1517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1518/1518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1519/1519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1535/1535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1536/1536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1537/1537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1553/1553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1555/1555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1556/1556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1557/1557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1577/1577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1594/1594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1595/1595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1596/1596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1597/1597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1599/1599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1622/1622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1657/1657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1647/1647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1648/1648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1658/1658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1667/1667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1672/1672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1673/1673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1675/1675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1676/1676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1690/1690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1691/1691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1705/1705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1715/1715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1722/1722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1731/1731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1732/1732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1733/1733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1734/1734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1738/1738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1752/requerimento_das_comissoes_-_protocolo_no_568-2_Lhq9bir.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1753/requerimento_das_comissoes_-_protocolo_no_569-2_JtDML8u.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1766/requerimento_das_comissoes_-_protocolo_no_584-2_4hTJosp.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1767/requerimento_das_comissoes_-_protocolo_no_585-2_0e6xPdu.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1781/requerimento_das_comissoes_-_protocolo_no_616-2_JI8robE.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1786/requerimento_das_comissoes_-_protocolo_no_632-2_eMfhPS2.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1787/requerimento_das_comissoes_-_protocolo_no_633-2_jRBRZpV.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1788/requerimento_das_comissoes_-_protocolo_no_634-2_6FrOILP.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1809/requerimento_das_comissoes_-_protocolo_no_683-2_nti7dOY.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1816/requerimento_das_comissoes_-_protocolo_no_706-2_j6TTHVQ.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1817/requerimento_das_comissoes_-_protocolo_no_707-2_Az12iPU.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1823/requerimento_das_comissoes_-_protocolo_no_723-2_FnllAYs.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1842/requerimento_das_comissoes_-_protocolo_no_748-2_TG1jICP.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1843/requerimento_das_comissoes_-_protocolo_no_749-2_LIo9ygW.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1844/requerimento_das_comissoes_-_protocolo_no_750-2_ZA7JoRK.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1845/requerimento_das_comissoes_-_protocolo_no_751-2_P62jpDa.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1897/requerimento_das_comissoes_-_protocolo_no_853-2_BV6Jvfz.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1898/requerimento_das_comissoes_-_protocolo_no_854-2_NEcq5Ob.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1899/requerimento_das_comissoes_-_protocolo_no_855-2_aeU0hVG.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1904/requerimento_das_comissoes_-_protocolo_no_860-2_K5DV638.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1915/requerimento_das_comissoes_-_protocolo_no_885-2_Q6znrYH.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1916/requerimento_das_comissoes_-_protocolo_no_886-2_74pI5Jb.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1917/requerimento_das_comissoes_-_protocolo_no_887-2_eOSM9uG.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1933/requerimento_-_protocolo_no_933-2018_-_05.11.2018.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1978/requerimento_das_comissoes_-_protocolo_no_1015-_XBbqXS2.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1979/requerimento_das_comissoes_-_protocolo_no_1016-_NezIrSi.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1980/requerimento_das_comissoes_-_protocolo_no_1017-_KiN4a7P.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1988/requerimento_das_comissoes_-_protocolo_no_1034-_haT0Vu3.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1989/requerimento_das_comissoes_-_protocolo_no_1035-_r2OdgIR.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1990/requerimento_das_comissoes_-_protocolo_no_1036-_hAeKXkU.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1991/requerimento_das_comissoes_-_protocolo_no_1037-_ug2RjCx.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1538/1538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1815/anteprojeto_de_lei_002-2018_-_21.08.2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1932/anteprojeto_de_lei_no_03-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1534/1534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1539/1539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1551/1551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1591/1591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1601/1601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1605/1605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1606/1606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1608/1608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1619/1619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1620/1620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1621/1621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1624/1624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1625/1625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1626/1626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1627/1627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1628/1628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1629/1629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1630/1630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1650/1650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1651/1651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1652/1652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1653/1653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1659/1659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1662/1662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1665/1665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1666/1666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1692/1692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1693/1693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1694/1694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1695/1695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1704/1704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1708/1708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1714/1714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1719/1719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1720/1720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1739/1739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1754/indicacao_no_41-2018_-_17.07.2018.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1755/indicacao_no_42-2018_-_17.07.2018.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1756/indicacao_no_43-2018_-_17.07.2018.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1760/indicacao_no_44-2018_-_17.07.2018.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1772/indicacao_no_45-2018_-_24.07.2018.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1774/indicacao_no_46-2018_-_24.07.2018.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1782/indicacao_no_47-2018_-_31.07.2018.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1791/indicacao_no_48-2018_-_07.08.2018.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1841/indicacao_no_49-2018_-_04.09.2018.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1866/indicacao_no_50-2018_-_13.09.2018.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1867/indicacao_no_51-2018_-_13.09.2018.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1868/indicacao_no_52-2018_-_13.09.2018.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1870/indicacao_no_53-2018_-18.09.2018.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1871/indicacao_no_54-2018_-18.09.2018.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1872/indicacao_no_55-2018_-18.09.2018.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1873/indicacao_no_56-2018_-_18.08.2018.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1874/indicacao_no_57-2018_-_18.09.2018.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1880/indicacao_no_58-2018.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1881/indicacao_no_59-2018.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1891/indicacao_no_60-2018.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1906/indicacao_no_61-2018_-_08.10.2018.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1907/indicacao_no_62-2018_-_08.10.2018.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1908/indicacao_no_63-2018.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1909/indicacao_no_64-2018.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1910/indicacao_no_65-2018.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1911/indicacao_no_66-2018_VD89KVl.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1934/indicacao_no_67-2018.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1935/indicacao_no_68-2018.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1936/indicacao_no_69-2018.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1938/indicacao_no_70-2018.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1939/indicacao_no_71-2018.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1945/indicacao_no_72-2018_-_06.11.2018.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1963/indicacao_no_73-2018_-_20.11.2018.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1964/indicacao_no_74-2018_-_20.11.2018.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1981/indicacao_no_75-2018_-_04.12.2018.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1994/indicacao_no_76-2018_-_11.12.2018.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1995/indicacao_no_77-2018_-_11.12.2018.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1996/indicacao_no_78-2018_-_11.12.2018.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/2002/indicacao_no_79-2018_-_18.12.2018.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/2003/indicacao_no_80-2018_-_18.12.2018.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1514/1514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1576/1576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1712/1712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1713/1713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1745/1745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1924/mocao_de_aplauso_-_protocolo_no_896-2018_-_16.10.2018.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1925/mocao_de_aplauso_-_protocolo_no_897-2018_-_16.10.2018.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1954/mocao_-_protocolo_no_976-2018.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1961/mocao_-_protocolo_no_999-2018_-_20.11.2018.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1962/mocao_-_protocolo_no_1000-2018_-_20.11.2018.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1975/mocao_-_protocolo_no_1012-2018.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1976/mocao_-_protocolo_no_1013-2018.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1977/mocao_-_protocolo_no_1014-2018.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1993/mocao_de_aplausos_-_protocolo_no_1039-2018_-_10.12.2018.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/2005/mocao_de_aplausos_-_protocolo_no_1084-2018_-_18.12.2018.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1563/1563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1564/1564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1565/1565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1566/1566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1567/1567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1568/1568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1569/1569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1570/1570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1571/1571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1572/1572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1573/1573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1947/projeto_de_decreto_legislativo_no_711-2018_-_08.11.2018.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1489/1489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1490/1490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1491/1491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1492/1492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1493/1493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1494/1494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1495/1495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1496/1496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1497/1497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1498/1498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1499/1499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1500/1500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1501/1501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1502/1502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1503/1503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1504/1504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1505/1505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1507/1507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1508/1508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1509/1509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1510/1510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1511/1511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1512/1512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1513/1513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1515/1515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1516/1516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1520/1520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1521/1521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1522/1522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1523/1523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1532/1532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1525/1525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1526/1526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1527/1527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1528/1528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1529/1529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1530/1530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1531/1531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1533/1533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1540/1540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1541/1541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1542/1542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1544/1544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1545/1545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1546/1546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1547/1547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1548/1548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1549/1549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1550/1550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1558/1558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1559/1559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1560/1560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1561/1561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1562/1562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1582/1582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1583/1583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1584/1584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1585/1585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1586/1586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1588/1588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1587/1587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1589/1589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1590/1590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1593/1593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1600/1600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1604/1604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1607/1607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1612/1612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1613/1613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1614/1614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1615/1615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1636/1636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1639/1639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1640/1640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1641/1641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1642/1642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1643/1643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1644/1644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1645/1645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1646/1646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1649/1649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1654/1654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1655/1655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1656/1656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1660/1660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1661/1661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1664/1664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1668/1668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1670/1670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1669/1669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1671/1671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1674/1674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1677/1677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1678/1678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1679/1679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1680/1680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1681/1681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1682/1682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1683/1683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1684/1684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1685/1685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1686/1686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1687/1687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1688/1688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1698/1698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1699/1699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1700/1700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1701/1701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1702/1702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1703/1703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1706/1706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1709/1709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1710/1710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1711/1711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1716/1716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1717/1717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1718/1718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1723/1723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1724/1724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1725/1725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1726/1726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1727/1727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1728/1728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1729/1729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1730/1730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1735/1735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1736/1736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1737/1737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1740/1740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1741/1741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1742/1742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1743/1743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1744/1744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1746/1746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1747/5067_e_emenda.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1748/1748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1749/1749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1750/5070.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1751/5071.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1759/5072.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1761/5073.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1762/5074.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1763/5075.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1764/5076.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1765/5077.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1768/5078.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1769/5079.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1770/5080.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1771/5081.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1775/5082.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1776/5083.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1777/5084_e_substituvivo.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1778/5085.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1779/5086.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1780/5087.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1783/5088.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1784/5089.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1785/5090.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1792/5091.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1793/5092.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1794/5093.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1801/5094.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1802/5095.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1803/5096.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1804/5097_e_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1805/5098.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1806/5099.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1807/5100.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1808/5101.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1811/5012.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1812/5013.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1813/5014.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1814/5015.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1819/5106_mRVTDVS.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1820/5107.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1821/5108.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1822/5109.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1824/5110.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1826/5111.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1827/5112.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1828/5113.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1829/5114.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1830/5115.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1831/5116.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1832/5117.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1833/5118.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1834/5119.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1835/5120.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1836/5121.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1837/5122.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1838/5123.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1839/5124.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1859/5125_e_emenda.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1860/5126.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1861/5127.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1862/5128.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1875/5129.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1876/5130.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1877/5131.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1879/5132.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1882/5133.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1883/5134.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1884/5135.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1885/5136.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1886/5137.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1887/5138.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1888/5139.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1889/5140.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1890/5141.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1892/5142.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1893/5143.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1894/5144.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1895/5145.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1896/5146.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1900/5147.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1901/5148.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1902/5149_e_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1913/5150_e_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1918/5151.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1919/5152.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1920/5153.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1921/5154.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1922/5155.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1923/5156.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1926/5157.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1927/5158.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1928/5159.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1929/5160.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1930/5161.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1931/5162.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1940/5163.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1941/5164.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1942/5165.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1943/5166.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1955/5167.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1956/5168.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1957/5169.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1958/5170.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1959/5171.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1960/5172.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1965/5173.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1966/5174.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1967/5175.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1968/5176.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1972/5177.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1973/5178.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1982/5179.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1983/5180_e_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1984/5181.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1985/5182.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1986/5183.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1987/5184.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1998/5185.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1999/5186.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/2000/5187.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/2001/5188.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/2004/5189.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1914/projeto_de_lei_complementar_no_05-2018.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1969/projeto_de_lei_complementar_no_06-2018.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1971/projeto_de_lei_complementar_no_07-2018.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1997/projeto_de_lei_complementar_no_08-2018_-_11.12.2018.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1602/1602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1637/1637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1638/1638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1758/projeto_de_resolucao_no_130-2018_-_17.07.2018.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1790/projeto_de_resolucao_no_131-2018_-_07.08.2018.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1798/projeto_de_resolucao_no_132-2018_-_14.08.2018.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1799/projeto_de_resolucao_no_133-2018_-_14.08.2018.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1903/pr_134.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1974/pr_136.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/2034/projeto_de_resolucao_no_137-2018_-_27.12.2018.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1506/1506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1543/1543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1552/1552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1574/1574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1578/1578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1579/1579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1580/1580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1581/1581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1598/1598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1609/1609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1610/1610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1611/1611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1623/1623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1635/1635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1663/1663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1689/1689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1697/1697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1707/1707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1757/requerimento_-_protocolo_no_575-2018_-_17.07.2018.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1773/requerimento_-_protocolo_no_608-2018_-_24.07.2018.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1789/requerimento_-_protocolo_no_631-2018_-_02.08.2018.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1795/requerimento_-_protocolo_no_669-2018_-_10.08.2018.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1796/requerimento_-_protocolo_no_670-2018_-_10.08.2018.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1797/requerimento_-_protocolo_no_671-2018_-_10.08.2018.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1800/requerimento_-_protocolo_no_674-2018_-_14.08.2018.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1825/requerimento_-_protocolo_no_731-2018_-_03.09.2018.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1846/requerimento_-_protocolo_no_778-2018_-_11.09.20_cilTvt5.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1850/requerimento_-_protocolo_no_785-2018_-_11.09.2018.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1869/requerimento_-_protocolo_no_791-2018.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1905/requerimento_-_protocolo_no_861-2018_-_08.10.2018.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1912/requerimento_-_protocolo_no_883-2018.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1937/requerimento_-_protocolo_946.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1946/requerimento_-_protocolo_no_956-2018_-_06.11.2018.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1948/requerimento_-_protocolo_959-2018.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1949/requerimento_-_protocolo_960-2018.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1950/requerimento_-_protocolo_961-2018.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1951/requerimento_-_protocolo_962-2018.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1952/requerimento_-_protocolo_963-2018.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1953/requerimento-_protocolo_no_964-2018_-_12.11.2018.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1992/requerimento_-_protocolo_no_1038-2018_-_10.12.2018.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1517/1517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1518/1518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1519/1519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1535/1535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1536/1536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1537/1537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1553/1553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1555/1555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1556/1556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1557/1557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1577/1577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1594/1594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1595/1595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1596/1596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1597/1597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1599/1599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1622/1622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1657/1657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1647/1647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1648/1648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1658/1658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1667/1667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1672/1672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1673/1673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1675/1675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1676/1676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1690/1690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1691/1691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1705/1705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1715/1715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1722/1722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1731/1731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1732/1732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1733/1733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1734/1734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/./sapl/public/materialegislativa/2018/1738/1738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1752/requerimento_das_comissoes_-_protocolo_no_568-2_Lhq9bir.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1753/requerimento_das_comissoes_-_protocolo_no_569-2_JtDML8u.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1766/requerimento_das_comissoes_-_protocolo_no_584-2_4hTJosp.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1767/requerimento_das_comissoes_-_protocolo_no_585-2_0e6xPdu.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1781/requerimento_das_comissoes_-_protocolo_no_616-2_JI8robE.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1786/requerimento_das_comissoes_-_protocolo_no_632-2_eMfhPS2.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1787/requerimento_das_comissoes_-_protocolo_no_633-2_jRBRZpV.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1788/requerimento_das_comissoes_-_protocolo_no_634-2_6FrOILP.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1809/requerimento_das_comissoes_-_protocolo_no_683-2_nti7dOY.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1816/requerimento_das_comissoes_-_protocolo_no_706-2_j6TTHVQ.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1817/requerimento_das_comissoes_-_protocolo_no_707-2_Az12iPU.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1823/requerimento_das_comissoes_-_protocolo_no_723-2_FnllAYs.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1842/requerimento_das_comissoes_-_protocolo_no_748-2_TG1jICP.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1843/requerimento_das_comissoes_-_protocolo_no_749-2_LIo9ygW.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1844/requerimento_das_comissoes_-_protocolo_no_750-2_ZA7JoRK.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1845/requerimento_das_comissoes_-_protocolo_no_751-2_P62jpDa.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1897/requerimento_das_comissoes_-_protocolo_no_853-2_BV6Jvfz.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1898/requerimento_das_comissoes_-_protocolo_no_854-2_NEcq5Ob.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1899/requerimento_das_comissoes_-_protocolo_no_855-2_aeU0hVG.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1904/requerimento_das_comissoes_-_protocolo_no_860-2_K5DV638.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1915/requerimento_das_comissoes_-_protocolo_no_885-2_Q6znrYH.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1916/requerimento_das_comissoes_-_protocolo_no_886-2_74pI5Jb.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1917/requerimento_das_comissoes_-_protocolo_no_887-2_eOSM9uG.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1933/requerimento_-_protocolo_no_933-2018_-_05.11.2018.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1978/requerimento_das_comissoes_-_protocolo_no_1015-_XBbqXS2.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1979/requerimento_das_comissoes_-_protocolo_no_1016-_NezIrSi.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1980/requerimento_das_comissoes_-_protocolo_no_1017-_KiN4a7P.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1988/requerimento_das_comissoes_-_protocolo_no_1034-_haT0Vu3.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1989/requerimento_das_comissoes_-_protocolo_no_1035-_r2OdgIR.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1990/requerimento_das_comissoes_-_protocolo_no_1036-_hAeKXkU.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2018/1991/requerimento_das_comissoes_-_protocolo_no_1037-_ug2RjCx.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H491"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="190.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="132.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="131.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>