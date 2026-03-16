--- v0 (2026-01-30)
+++ v1 (2026-03-16)
@@ -54,5053 +54,5053 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
     <t>Denis Sanson</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2111/anteprojeto_de_lei_no_4-2019_-_05.04.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2111/anteprojeto_de_lei_no_4-2019_-_05.04.2019.pdf</t>
   </si>
   <si>
     <t>Revoga o inciso II do artigo 6º da Lei 3268, de 26 de outubro de 2011</t>
   </si>
   <si>
     <t>2405</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Marcos Ribas</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2405/anteprojeto_de_lei_no_2-2019_-_22.10.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2405/anteprojeto_de_lei_no_2-2019_-_22.10.2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a largura das estradas municipais e respectivas faixas de domínio, fixa limitações de uso, autoriza o recebimento de áreas em doação, concede isenção da contribuição de melhoria e dá outras providências</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>João Alberto Gaiola</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2006/indicacao_n_1-2019_-_17.01.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2006/indicacao_n_1-2019_-_17.01.2019.pdf</t>
   </si>
   <si>
     <t>Indica, ao Exmo. Sr. Prefeito Municipal, que veja da possibilidade de o setor de trânsito municipal instalar semáforo no cruzamento da Rua Conceição com a Rua Dom Alberto Gonçalves, esquina dos supermercados Palmeiras e Osternack</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>Pastor Anselmo</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2031/indicacao_no_02-2019_-_05.02.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2031/indicacao_no_02-2019_-_05.02.2019.pdf</t>
   </si>
   <si>
     <t>Indica, à Secretaria Municipal de Esporte e Lazer, a substituição das cestas de basquete da quadra poliesportiva Theófilo de Freitas Filho, localizada no complexo esportivo e recreativo Geovane Amâncio dos Santos, na praça Manoel Ribas</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2057/indicacao_no_3-2019_-_20.02.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2057/indicacao_no_3-2019_-_20.02.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura, que sejam providenciadas melhorias na rua Cassemiro Bahia dos Santos, na Vila Rural</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Gilmar Costa</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2070/indicacao_no_4-2019_-_14.02.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2070/indicacao_no_4-2019_-_14.02.2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito, que veja da possibilidade de instalar lombada em frente ao mercado do Sr. Edson Costa, na localidade de Pinheiral de Baixo. Também solicita reparos nas lombadas existentes e que foram recentemente construídas próximas à escolada da mesma localidade</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Everaldo Kuhn</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2077/indicacao_no_5-2019_-_12.03.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2077/indicacao_no_5-2019_-_12.03.2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito, a construção de redutor de velocidade tipo lombada ou passagem elevada na rua Emílio Mehl, proximidades do bar do Machadinho, no loteamento Gralha Azul, bairro da Vila Rosa, nesta cidade</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2080/indicacao_no_6-2019_-_19.03.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2080/indicacao_no_6-2019_-_19.03.2019.pdf</t>
   </si>
   <si>
     <t>Indica, à Secretaria Municipal de Obras e Infraestrutura, que seja realizado o patrolamento e cascalhamento da estrada que inicia na estrada principal de Rincão do Coxo, até a propriedade do Ico Costa</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2081/indicacao_no_7-2019_-_19.03.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2081/indicacao_no_7-2019_-_19.03.2019.pdf</t>
   </si>
   <si>
     <t>Indica, à Secretaria Municipal de Obras e Infraestrutura, que seja realizado o término da reestruturação da estrada do Ribeirão, que inicia na PR 151 em Pinheiral de Cima, passando por Passo do Tio Paulo, até Pinheiral de Baixo</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2082/indicacao_no_8-2019_-_19.03.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2082/indicacao_no_8-2019_-_19.03.2019.pdf</t>
   </si>
   <si>
     <t>Indica, à Secretaria Municipal de Obras e Infraestrutura, que veja a possibilidade de corrigir imperfeições existentes na Rua Antônio Victório Vianna, nas proximidades do n.º 130, no Jardim Bela Vista</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2087/indicacao_no_9-2019_-_19.03.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2087/indicacao_no_9-2019_-_19.03.2019.pdf</t>
   </si>
   <si>
     <t>Indica, à Secretaria Municipal de Obras e Infraestrutura, que seja realizado o patrolamento e casamentamento da estrada que inicia na PR 151 até a localidade de Água Clara, passando pela propriedade de Elias Muchinski</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2088/indicacao_no_10-2019_-_25.03.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2088/indicacao_no_10-2019_-_25.03.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura, que determine ao setor competente a troca de lâmpadas queimadas da iluminação pública nas proximidades da igreja da localidade de Vilinha de Papagaios Novos</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2089/indicacao_no_11-2019_-_25.03.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2089/indicacao_no_11-2019_-_25.03.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura, que sejam realizados os reparos necessários na estrada que inicia na primeira entrada à esquerda, logo após passar o Mercado Vantroba, no Km 198 da PR 151, em Pinheiral de Cima, passando pela propriedade de Josefina S. Rigoni</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Arildo Zaleski, João Savi</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2094/indicacao_no_12-2019_-_26.03.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2094/indicacao_no_12-2019_-_26.03.2019.pdf</t>
   </si>
   <si>
     <t>Indicam ao Exmo. Sr. Prefeito Municipal, Edir Havrechaki, que veja da possibilidade de transferir a Secretaria de Cultura, Turismo, Patrimônio Histórico e Relações Públicas para a sede do Museu Histórico de Palmeira, localizado na Praça Raul Brás de Oliveira</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2098/indicacao_no_13-2019_-_27.03.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2098/indicacao_no_13-2019_-_27.03.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Educação que veja da possibilidade de realizar a reforma do piso da quadra de esportes da Escola Municipal Leonor Santos, na localidade de Faxinal dos Quartins</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2101/indicacao_no_14-2019_-_02.04.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2101/indicacao_no_14-2019_-_02.04.2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Vigilância Sanitária que seja realizada a inspeção na tubulação de esgoto da Praça Raul Braz de Oliveira</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2102/indicacao_no_15-2019_-_02.04.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2102/indicacao_no_15-2019_-_02.04.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que veja da possibilidade de realizar pavimentação asfáltica, calçamento, colocação de meio fio e construção de boca de lobo na Rua José Adriano de Freitas, em frente a Associação de Pais e Amigos da Educação Especial e Reabilitação Dr. Jorge Amin Bacila</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2103/indicacao_no_16-2019_-_02.04.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2103/indicacao_no_16-2019_-_02.04.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que veja da possibilidade de fazer reparos na extensão da estrada Pedro Sviech e construção de bueiros em frente a propriedade do Sr. Ernani Woinarovicz e no acesso para a Unidade Básica de Saúde da localidade de Vilinha</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2106/indicacao_no_17-2019_-_02.04.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2106/indicacao_no_17-2019_-_02.04.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que seja realizado patrolamento e cascalhamento da estrada que inicia na BR 277 no local conhecido como "vaca morta", até a comunidade de Pinheiral de Baixo</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2107/indicacao_no_18-2019_-_02.04.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2107/indicacao_no_18-2019_-_02.04.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Urbanismo que seja elaborado projeto para pavimentação asfáltica da Rua Pedro Moscaleski, no Jardim Bela Vista</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2108/indicacao_no_19-2019_-_02.04.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2108/indicacao_no_19-2019_-_02.04.2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito que veja da possibilidade da construção de redutor de velocidade, tipo lombada, na Rua Doutor Moisés Marcondes, próximo a passarela que dá acesso ao Bairro Vila Rosa</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2112/indicacao_no20_09.04.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2112/indicacao_no20_09.04.2019.pdf</t>
   </si>
   <si>
     <t>Indica, à Secretaria de Obras e Infraestrutura, que seja realizada operação tapa buraco na Rua Cel. Ottoni Ferreira Maciel.</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Rogério Czelusniak</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2113/indicacao_no21_09.04.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2113/indicacao_no21_09.04.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade da realização de infraestrutura, pavimentação asfáltica, colocação de meio fio e construção de calçada na Rua Heitor Stockler de França, entre as ruas André Gumy e Rua João Honório dos Santos, bairro Rocio I</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Arildo Zaleski</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2119/indicacao_no_22-2019_-_09.04.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2119/indicacao_no_22-2019_-_09.04.2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal que determine ao setor competente a colocação de bancos ao lado da ciclovia da PR-151, desde a antiga estação ferroviária até as proximidades do viaduto da BR-277</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>João Savi</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2120/indicacao_no_23-2019_-_10.04.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2120/indicacao_no_23-2019_-_10.04.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente que seja efetuada a coleta do lixo reciclável na localidade de Quero-quero, com datas e lugares fixos para a coleta</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2121/indicacao_no_24-2019_-_10.04.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2121/indicacao_no_24-2019_-_10.04.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Esportes que veja da possibilidade da instalação de bebedouros elétricos nos ginásios poliesportivos Durval Antônio de Freitas e Sebastião Amâncio dos Santos</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2124/indicacao_no_25-2019_-_12.04.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2124/indicacao_no_25-2019_-_12.04.2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito, que veja da possibilidade de instalar travessia elevada na Rua Conceição, em frente ou próximo ao Auto Posto PP</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2125/indicacao_no_26-2019_-_12.04.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2125/indicacao_no_26-2019_-_12.04.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Educação, que seja encaminhado expediente para a Secretaria de Educação do Estado do Paraná - SEED/PR, solicitando reformas na quadra da Escola Estadual na localidade de Pinheiral de Baixo</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2128/indicacao_no_27-2019_-_16.04.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2128/indicacao_no_27-2019_-_16.04.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que seja realizado patrolamento e cascalhamento da estrada que inicia na BR - 277, passando pela Colônia de Papagaios Novos, até a comunidade da Vilinha de Papagaios Novos</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que seja feito o patrolamento e cascalhamento na estrada denominada "Estrado do Macado", nas proximidades da propriedade do Sr. Adão Ornieski, na localidade de Pinheiral de Baixo</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2163/indicacao_no_29.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2163/indicacao_no_29.pdf</t>
   </si>
   <si>
     <t>Indica, à Secretaria Municipal de Obras e Infraestrutura, que seja realizado patrolamento e cascalhamento na estrada do Campo Novo, que inicia na propriedade de Lucas Kastel até a BR-277.</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2164/indicacao_no_30.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2164/indicacao_no_30.pdf</t>
   </si>
   <si>
     <t>Indica, à Secretaria Municipal de Saúde, que veja da possibilidade de construir rampa de acessibilidade e instalação de corrimão na Unidade Básica de Saúde de Quero-Quero.</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2166/indicacao_no_31.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2166/indicacao_no_31.pdf</t>
   </si>
   <si>
     <t>Indica, à Secretaria Municipal de Obras e Infraestrutura, que seja realizada a troca de lâmpadas e a ampliação da rede de iluminação pública na estrada principal da Colônia de Papagaios Novos.</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2167/indicacao_no_32.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2167/indicacao_no_32.pdf</t>
   </si>
   <si>
     <t>Indica, à Secretaria Municipal de Saúde, para que veja da possibilidade de disponibilizar mais um Agente Comunitário de Saúde para atender a comunidade de Santa Bárbara.</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2169/indicacao_no_33-2019_-_21.05.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2169/indicacao_no_33-2019_-_21.05.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que sejam realizados reparos no bueiro da estrada principal de Vileiros, próximo à mercearia de propriedade da família do Sr. Lilo Franco (de saudosa memória)</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2170/indicacao_no_34-2019_-_21.05.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2170/indicacao_no_34-2019_-_21.05.2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal, que veja junto ao setor competente a possibilidade de ligar a linha de água da localidade de Guarauninha para a localidade de Faxina</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2177/indicacao_no_35-2019_-_protocolo_no_373-2019_-__fiOQ3H1.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2177/indicacao_no_35-2019_-_protocolo_no_373-2019_-__fiOQ3H1.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura, que seja feito o patrolamento e cascalhamento na estrada de Correias, passando por Poço Grande, até a localidade de Faxinal dos Silva</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2182/indicacao_no_36-2019_-_28.05.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2182/indicacao_no_36-2019_-_28.05.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura, a realização de patrolamento e cascalhamento na estrada que dá acesso à residência do diácono Gilson Borcoski, na localidade de Pinheiral de Baixo, estrada esta que inicia na estrada que liga Pinheiral de Baixo à Colônia Maciel</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2187/indicacao_no_37-2019_-_31.05.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2187/indicacao_no_37-2019_-_31.05.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretária Municipal de Esporte e Lazer, que veja da possibilidade de incentivar a realização de campeonatos e torneiros de futebol no interior do Município, efetuando o pagamento da arbitragem</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2188/indicacao_no_38-2019_-_04.06.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2188/indicacao_no_38-2019_-_04.06.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Assistência Social, que veja da possibilidade de prestar assistência à família de Aurelina Robes Ramiro, a qual pode ser encontrada através do telefone (42) 99917-4337</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2189/indicacao_no_39-2019_-_04.06.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2189/indicacao_no_39-2019_-_04.06.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que seja realizada a ampliação e substituição das lâmpadas do poste de iluminação pública no acesso da ponte do Rio Monjolo ao Bairro Vila Rosa</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2190/indicacao_no_40-2019_-_04.06.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2190/indicacao_no_40-2019_-_04.06.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura a recuperação da cabeceira e colocação de guard rails na ponte sobre a linha férrea e Rio do Salto</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2191/indicacao_no_41-2019_-_04.06.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2191/indicacao_no_41-2019_-_04.06.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizada a construção de passagem elevada e colocação de placas de sinalização em frente à Escola Estadual David Carneiro</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2194/indicacao_no_42-2019_-_5.6.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2194/indicacao_no_42-2019_-_5.6.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente que veja da possibilidade de disponibilizar local próprio para depósito e a devida coleta do lixo reciclável nas localidades de Pinheiral de Baixo, Faxinal dos Quartins e Água Clara</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2195/indicacao_no_43-2019_-_5.6.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2195/indicacao_no_43-2019_-_5.6.2019.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria Municipal de Educação que veja da possibilidade de disponibilizar local próprio para estacionar o ônibus escolar dentro do pátio da Escola Municipal Compartilhada Pedro Gross Filho, da localidade de Pinheiral de Baixo</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2200/indicacao_no_44-2019_-_11.6.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2200/indicacao_no_44-2019_-_11.6.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que seja realizada a substituição de lâmpadas na ciclovia, próxima à PR - 151</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2201/indicacao_no_45-2019_-_11.6.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2201/indicacao_no_45-2019_-_11.6.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que veja da possibilidade de construir banheiros na Praça Manoel Ribas</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2202/indicacao_no_46-2019_-_11.6.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2202/indicacao_no_46-2019_-_11.6.2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito que veja da possibilidade de realizar a manutenção do semáforo e substituição da placa digital de pedestres da Rua Santos Dumont</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2205/indicacao_no_47-2019_-_11.6.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2205/indicacao_no_47-2019_-_11.6.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente que seja efetuado a coleta de lixo reciclável na localidade de Paiol do Fundo</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2207/indicacao_no_48-2019_-_13.6.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2207/indicacao_no_48-2019_-_13.6.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que seja realizada a substituição de lâmpadas queimadas da rede de iluminação pública, na localidade de Pinheiral de Baixo</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2211/indicacao_no_49-2019_-_18.6.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2211/indicacao_no_49-2019_-_18.6.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura, que seja realizado patrolamento e cascalhamento na estrada que inicia na propriedade do Sr. Jorge de Góes, até a Igreja Luterana Bom Jesus, na localidade de Vieiras</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2212/indicacao_no_50-2019_-_18.6.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2212/indicacao_no_50-2019_-_18.6.2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito que realize a pintura das faixas de pedestres, bem como as demais sinalizações no cruzamento da Rua Dom Alberto Gonçalves com a Rua José Adriano de Freitas, Bairro Rocio I</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2213/indicacao_no_51-2019_-_18.6.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2213/indicacao_no_51-2019_-_18.6.2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal que determine ao setor competente verificar se a pista de ciclismo existente ao lado direto da Rua Inácio Barão, sentido Rocio II, está sendo obstruída pelo plantio de árvores</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2214/indicacao_no_52-2019_-_18.6.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2214/indicacao_no_52-2019_-_18.6.2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal que verifique junto à Secretaria de Saúde da possibilidade ou viabilidade de pacientes palmeirenses, encaminhados para hospitais de cidades vizinhas, agendarem seus atendimentos que hoje são feitos através de ligação telefônica, serem também agendados através de mensagem de e-mail</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2229/indicacao_no_53-2019_-_2.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2229/indicacao_no_53-2019_-_2.7.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que seja realizado o patrolamento e cascalhamento, na estrada que inicia na propriedade da Senhora Doraci Meh até a Igreja Luterana Bom Jesus, na localidade de Vieiras</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2230/indicacao_no_54-2019_-_2.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2230/indicacao_no_54-2019_-_2.7.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que seja realizada a ampliação e substituição das lâmpadas desde a propriedade do Senhor Bertoldo Hartmann até a propriedade da Senhora Sirlene Schuebel, localidade de Quero-quero</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2231/indicacao_no_55-2019_-_2.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2231/indicacao_no_55-2019_-_2.7.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e infraestrutura, a realização de reparos e a devida manutenção nos brinquedos do "parquinho" localizado na Praça Raul Braz de Oliveira</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2234/indicacao_no_56-2019_-_2.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2234/indicacao_no_56-2019_-_2.7.2019.pdf</t>
   </si>
   <si>
     <t>Indica, à Secretaria de Obras e Infraestrutura, que veja a possibilidade de ampliação da rede de iluminação pública, na Praça Luiz Cavalheiro, no Bairro Rocio I</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2235/indicacao_no_57-2019_-_2.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2235/indicacao_no_57-2019_-_2.7.2019.pdf</t>
   </si>
   <si>
     <t>Indica, à Secretaria de Obras e Infraestrutura, que seja realizada operação tapa buraco na Rua Jacob Giesbrecht, localizada na Colônia Witmarsum</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2236/indicacao_no_58-2019_-_2.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2236/indicacao_no_58-2019_-_2.7.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura, que sejam efetuadas obras de reparos nas pontes localizadas nas comunidades de Correias e Vileiros</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2243/indicacao_no_59-2019_-_8.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2243/indicacao_no_59-2019_-_8.7.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente, que seja realizado serviço de jardinagem e retirada de árvores no pátio da Escola Municipal Leonor Santos e Escola Estadual Flávio Santos, em Faxinal dos Quartins</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2260/indicacao_no_60-2019_-_12.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2260/indicacao_no_60-2019_-_12.7.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Esportes e Lazer, que veja da possibilidade de construir quadra de futebol society na localidade de Queimadas</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2261/indicacao_no_61-2019_-_12.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2261/indicacao_no_61-2019_-_12.7.2019.pdf</t>
   </si>
   <si>
     <t>Indica, à Secretaria Municipal de Esportes e Lazer, que veja da possibilidade de construir quadra de futebol society na localidade de Vieiras</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2262/indicacao_no_62-2019_-_12.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2262/indicacao_no_62-2019_-_12.7.2019.pdf</t>
   </si>
   <si>
     <t>Indica, à Secretaria Municipal de Esportes e Lazer, que veja da possibilidade de construir quadra de futebol society na localidade de Pinheiral de Baixo</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2263/indicacao_no_63-2019_-_12.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2263/indicacao_no_63-2019_-_12.7.2019.pdf</t>
   </si>
   <si>
     <t>Indica, à Secretaria Municipal de Obras e Infraestrutura, que seja realizado o patrolamento e cascalhamento da estrada que liga a localidade de Paiol do Fundo até a comunidade de São Pedro</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2264/indicacao_no_64-2019_-_12.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2264/indicacao_no_64-2019_-_12.7.2019.pdf</t>
   </si>
   <si>
     <t>Indica, à Secretaria Municipal de Obras e Infraestrutura, que seja realizado o patrolamento e cascalhamento da estrada que inicia na BR-277 em Queimadas, até a propriedade de Luiz Costa</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2267/indicacao_no_65-2019_-_17.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2267/indicacao_no_65-2019_-_17.7.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade de reconstruir ou reparar a "Ponte dos Lopes", localizada a aproximadamente 1,5 Km da entrada de Vieiras</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2268/indicacao_no_66-2019_-_17.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2268/indicacao_no_66-2019_-_17.7.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que veja da possibilidade de realizar melhorias na Rua Mildemberg Mayer, na Vila Mayer</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2278/indicacao_no_67-2019_-_23.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2278/indicacao_no_67-2019_-_23.7.2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal que verifique junto as Secretaria de Obras e de Agricultura da possibilidade de fornecer algumas cargas de pedra para manutenção da estrada que dá acesso as propriedades de Paulo Cesar Pawlak e Marcos Pawlak, na comunidade de Faxinal Grande</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2279/indicacao_no_68-2019_-_23.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2279/indicacao_no_68-2019_-_23.7.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que veja da possibilidade de ampliar a altura da ponte sobre o Rio Monjolo, na Rua Padre Camargo</t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2280/indicacao_no_69-2019_-29.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2280/indicacao_no_69-2019_-29.7.2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal, que veja da possibilidade de determinar ao setor competente a instalação da iluminação do campo de futebol suíço da localidade de Rincão do Cocho</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2281/indicacao_no_70-2019_-29.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2281/indicacao_no_70-2019_-29.7.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que seja realizado patrolamento e cascalhamento nos pontos críticos da Colônia Benfica</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Gilmar Costa, Marcos Ribas</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2286/indicacao_no_71-2019_-_31.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2286/indicacao_no_71-2019_-_31.7.2019.pdf</t>
   </si>
   <si>
     <t>Indicam ao Exmo. Sr. Prefeito Municipal, que veja a possibilidade de determinar ao setor competente a instalação de um playground e uma academia ao ar livre na Escola Leonor Santos do Faxinal dos Quartins</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Denis Sanson, João Savi</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2287/indicacao_no_72-2019_-_31.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2287/indicacao_no_72-2019_-_31.7.2019.pdf</t>
   </si>
   <si>
     <t>Indicam à Secretaria Municipal de Saúde, que veja da possibilidade de providências obras de reparo no telhado da unidade básica de saúde da comunidade Jardim Santa Rosa</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2289/indicacao_no_73-2019_-_1.8.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2289/indicacao_no_73-2019_-_1.8.2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que seja instalada uma travessia elevada que sirva de acesso de pessoas ao Mercado Municipal de Palmeira, localizado entre as ruas Vicente Machado e Cel. Pedro Ferreira, nesta cidade</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2297/indicacao_no_74-2019_-_6.8.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2297/indicacao_no_74-2019_-_6.8.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente, que realize o contato com o proprietário do imóvel localizado na Rua Conceição, em frente da empresa MagParaná, para que o mesmo providencie a pode de árvore de aucalipto existente, evitando riscos de queda do mesmo sobre a rede de energia elétrica, veículos ou até mesmo pessoas</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2302/indicacao_no_75-2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2302/indicacao_no_75-2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade de instalar guard rail nas laterais da rotatória do viaduto da Colônia Francesa</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Everaldo Kuhn, Gilmar Costa</t>
   </si>
   <si>
     <t>Indicam ao Departamento de Trânsito que veja da possibilidade de construção de redutor de velocidade (lombada) na Rua Inácio Barão, na Colônia Francesa, nas proximidades do n.º 303</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2311/indicacao_no_77-2019_-_13.8.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2311/indicacao_no_77-2019_-_13.8.2019.pdf</t>
   </si>
   <si>
     <t>Indica a Secretaria de Obras e Infraestrutura que veja da possibilidade de efetuar patrolamento e cascalhamento da estrada da localidade de Vieiras, no trecho que inicia na Fazenda Guaraúna até o Alto da Pedra</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2312/indicacao_no_78-2019_-_13.8.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2312/indicacao_no_78-2019_-_13.8.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que veja da possibilidade de efetuar patrolamento e cascalhamento da estrada da localidade de Vieiras, que passa na frente das residências do Senhor João Elson Viante e do Senhor Altevir Mioduski</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2313/indicacao_no_79-2019_-_13.8.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2313/indicacao_no_79-2019_-_13.8.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que seja efetuada obras de reparos no bueiro localizado na estrada principal da comunidade de Campestre dos Borges, próximo a propriedade do Senhor Wilson Barausse</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>Gilmar Costa, Rogério Czelusniak</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2314/indicacao_no_80-2019_-_13.8.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2314/indicacao_no_80-2019_-_13.8.2019.pdf</t>
   </si>
   <si>
     <t>Indicam à Secretaria Municipal de Obras e Infraestrutura que seja realizado o patrolamento e cascalhamento da rua João Bornancim, localizada no Distrito Industrial</t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2324/indicacao_no_81-2019_-_23.8.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2324/indicacao_no_81-2019_-_23.8.2019.pdf</t>
   </si>
   <si>
     <t>Indicam à Secretaria Municipal de Obras e Infraestrutura que veja a possibilidade da colocação de meio fio no trecho final da rua Benjamin Pianovski, no Bairro Jardim Cristine</t>
   </si>
   <si>
     <t>2325</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2325/indicacao_no_82-2019_-_23.8.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2325/indicacao_no_82-2019_-_23.8.2019.pdf</t>
   </si>
   <si>
     <t>Indicam à Secretaria Municipal de Obras e Infraestrutura, que veja a possibilidade de efetivar projeto para pavimentação do final da rua Benjamin Pianovski, no bairro Jardim Cristine</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2330/indicacao_no_83-2019_-_29.8.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2330/indicacao_no_83-2019_-_29.8.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a colocação de meio fio na Rua Valdomiro Rigoni, Bairro Colônia Francesa, iniciando na Avenida das Palmeiras, até seu final</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2335/indicacao_no_84-2019_-_3.9.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2335/indicacao_no_84-2019_-_3.9.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que seja realizado patrolamento e cascalhamento na estrada do corredor, desde a propriedade do Sr. Valdir Ruppel até a PR - 151</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2336/indicacao_no_85-2019_-_3.9.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2336/indicacao_no_85-2019_-_3.9.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Esportes e Lazer que seja realizada a revitalização da quadra poliesportiva ao lado da UBS da localidade de Vilinha</t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2339/indicacao_no_86-2019_-_10.9.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2339/indicacao_no_86-2019_-_10.9.2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal que veja a possibilidade de determinar ao setor competente a instalação de um playground no Núcleo Tibagi, nesta cidade</t>
   </si>
   <si>
     <t>2343</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2343/indicacao_no_87-2019_-_10.9.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2343/indicacao_no_87-2019_-_10.9.2019.pdf</t>
   </si>
   <si>
     <t>Indicam ao Exmo. Sr. Prefeito Municipal, que veja junto ao setor competente a possibilidade de fazer a ligação da rede de água existente na localidade de Pinheiral de Cima até a localidade de Passo do Tio Paulo</t>
   </si>
   <si>
     <t>2344</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2344/indicacao_no_88-2019_-_10.9.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2344/indicacao_no_88-2019_-_10.9.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que seja realizada operação tapa buraco na estrada de Witmarsum, que inicia na BR 376 até o centro de Witmarsum</t>
   </si>
   <si>
     <t>2348</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2348/indicacao_no_89-2019_-_16.9.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2348/indicacao_no_89-2019_-_16.9.2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Segurança e Trânsito que veja da possibilidade de providenciar melhorias na sinalização para pedestres na esquina da Rua Conceição com a Rua Barão do Rio Branco</t>
   </si>
   <si>
     <t>2361</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2361/indicacao_no_90-2019_-_24.9.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2361/indicacao_no_90-2019_-_24.9.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizado cascalhamento e patrolamento do roteiro escolar, ligando Paiol do Fundo até a Escola de Pinheiral de Baixo, passando por Pinheiral dos Malucelli</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2362/indicacao_91-2019_-_25.9.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2362/indicacao_91-2019_-_25.9.2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito que veja a possibilidade da restauração para aumentar a altura da lombada já existente na Jesuíno Marcondes, nas proximidades do n.º 1566</t>
   </si>
   <si>
     <t>2363</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2363/indicacao_92-2019_-_25.9.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2363/indicacao_92-2019_-_25.9.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Saúde que veja da possibilidade de providenciar melhorias na acessibilidade ao CEO - Centro de Especialidades Odontológicas, localizado na Rua Coronel Vida, 238</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2365/indicacao_no_93-2019_-_27.9.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2365/indicacao_no_93-2019_-_27.9.2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito que veja da possibilidade de instalar travessia elevada para pedestres, próxima ao portão do Ypiranga Futebol Clube, localizado na Rua Coronel Ottoni Ferreira Maciel, 408</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2366/indicacao_no_94-2019_-_27.9.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2366/indicacao_no_94-2019_-_27.9.2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito que veja da possibilidade da construção de redutor de velocidade, tipo lombada, na Rua Gaspar Bertoni, em frente ao número 490, no Bairro do Rocio I</t>
   </si>
   <si>
     <t>2393</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2393/indicacao_no_95-2019_-_9.10.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2393/indicacao_no_95-2019_-_9.10.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizado o patrolamento e cascalhamento da estrada que iniciai no poço artesiano de Pinheiral de Baixo até a localidade de Pinheiral Serraria, e o alargamento de trecho dessa mesma estrada entre as propriedades de Edson Costa e Ivan Costa</t>
   </si>
   <si>
     <t>2398</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2398/indicacao_no_96-2019_-_15.10.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2398/indicacao_no_96-2019_-_15.10.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Educação que veja da possibilidade de construir mesas de concreto com jogos de tabuleiro no pátio das escolas compartilhadas Municipal Leonor Santos e Estadual Flávio Santos, na localidade de Faxinal dos Quartins</t>
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2399/indicacao_no_97-2019_-_15.10.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2399/indicacao_no_97-2019_-_15.10.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que veja da possibilidade de construir abrigos para passageiros de ônibus em locais estratégicos na extensão da estrada principal da localidade do Pugas e Quero-Quero</t>
   </si>
   <si>
     <t>2406</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2406/indicacao_no_98-2019_-_22.10.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2406/indicacao_no_98-2019_-_22.10.2019.pdf</t>
   </si>
   <si>
     <t>Indicam à Secretaria de Obras e Infraestrutura que sejam efetuadas obras de reparo e reforço da ponte localizada na estrada da Colônia Maciel, que dá acesso às propriedades de Antônio Zaléski, Vitório Hoinaski, Osni Zaléski, Dinho Borges e Lucio Bochenek</t>
   </si>
   <si>
     <t>2407</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2407/indicacao_no_99-2019_-_22.10.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2407/indicacao_no_99-2019_-_22.10.2019.pdf</t>
   </si>
   <si>
     <t>Indicam à Secretaria de Obras e Infraestrutura que seja realizada a construção de calçada na Rua José Vida, nas proximidades da esquina com a Avenida Daniel Mansani</t>
   </si>
   <si>
     <t>2408</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2408/indicacao_no_100-2019_-_22.10.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2408/indicacao_no_100-2019_-_22.10.2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que seja construído um abrigo para os usuários do serviço de táxi instalado recentemente junto à Santa Casa de Palmeira e o serviço de Pronto Atendimento Municipal (PA), localizados na rua Cel. Ottoni Ferreira Maciel, nesta cidade</t>
   </si>
   <si>
     <t>2410</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2410/indicacao_no_101-2019_-_29.10.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2410/indicacao_no_101-2019_-_29.10.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que seja efetuado cascalhamento nos pontos que necessitarem da estrada de Correias, no trecho conhecido como "Altinho de Correias", iniciando na propriedade de Domingos Gremski até a propriedade de Saul Stelzner</t>
   </si>
   <si>
     <t>2411</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2411/indicacao_no_102-2019_-_29.10.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2411/indicacao_no_102-2019_-_29.10.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que veja da possibilidade de colocar material fresado no acesso e na marginal da BR - 277, até a Rua José Caetano de Oliveira</t>
   </si>
   <si>
     <t>2412</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2412/indicacao_no_103-2019_-_29.10.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2412/indicacao_no_103-2019_-_29.10.2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito que sejam realizadas substituições de placas de sinalização na Rua Pedro Sviech, localidade de Vilinha</t>
   </si>
   <si>
     <t>2413</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2413/indicacao_no_104-2019_-_29.10.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2413/indicacao_no_104-2019_-_29.10.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Educação que seja realizada reforma e cobertura da quadra poliesportiva no CMEI Recanto dos Pequeninos, Bairro Santa Rosa</t>
   </si>
   <si>
     <t>2415</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2415/indicacao_no_105-2019_-_29.10.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2415/indicacao_no_105-2019_-_29.10.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Gestão Pública que solicite à empresa terceirizada G2 (manutenção da rodoviária) que seja realizada a instalação de bebedouros elétricos</t>
   </si>
   <si>
     <t>2428</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2428/indicacao_no_106-2019_-_5.11.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2428/indicacao_no_106-2019_-_5.11.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Urbanismo que seja elaborado projeto para pavimentação asfáltica da Rua das Acácias, no Conjunto Residencial Nossa Senhora da Conceição</t>
   </si>
   <si>
     <t>2429</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2429/indicacao_no_107-2019_-_5.11.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2429/indicacao_no_107-2019_-_5.11.2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito que veja da possibilidade da construção de redutor de velocidade, tipo lombada, na Rua Antônio Victório Vianna, nas proximidades da casa 5</t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2434/indicacao_no_108-2019_-_12.11.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2434/indicacao_no_108-2019_-_12.11.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que seja realizado o patrolamento e cascalhamento na estrada que inicia em Colônia Maciel até Paiol do Fundo</t>
   </si>
   <si>
     <t>2437</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2437/indicacao_no_109-2019_-_18.11.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2437/indicacao_no_109-2019_-_18.11.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que sejam realizados reparos no bueiro localizado na comunidade de Campestrinho, nas proximidades do "bar do gordo" e do campo de futebol da mesma localidade.</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2442/indicacao_no_110-2019_-_19.11.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2442/indicacao_no_110-2019_-_19.11.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Educação que veja a possibilidade de destinar bancos e mesas para o refeitório da Escola Municipal do Campo Nossa Senhora do Rosário, localidade de Vieiras</t>
   </si>
   <si>
     <t>2443</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2443/indicacao_no_111-2019_-_19.11.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2443/indicacao_no_111-2019_-_19.11.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que seja realizada operação tapa buraco na Rua Albelegi Alves e pavimentação asfáltica onde se fizer necessário</t>
   </si>
   <si>
     <t>2457</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2457/indicacao_no_112-2019_-_27.11.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2457/indicacao_no_112-2019_-_27.11.2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito que veja da possibilidade da construção de redutor de velocidade, tipo lombada, na Rua Marçal Batista Teixeira, no bairro da Vila Rosa</t>
   </si>
   <si>
     <t>2462</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2462/indicacao_no_113-2019_-_2.12.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2462/indicacao_no_113-2019_-_2.12.2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito que veja da possibilidade da construção de redutor de velocidade, tipo lombada, na Rua Theófilo José de Freitas, em frente ao número 15</t>
   </si>
   <si>
     <t>2473</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2473/indicacao_no_114-2019_-_10.12.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2473/indicacao_no_114-2019_-_10.12.2019.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que seja instalado um redutor de velocidade em frente ao Centro Municipal de Educação Infantil Recanto dos Pequeninos, localizado à Rua Basílio Machado, 65, Bairro Vila Rosa, nesta cidade</t>
   </si>
   <si>
     <t>2482</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2482/indicacao_no_115-2019_-_11.12.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2482/indicacao_no_115-2019_-_11.12.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente que veja da possibilidade de realizar poda de árvores da Rua Cel. Vida, onde se fizer necessário, evitando riscos de quedas dos galhos sobre a rede de energia elétrica, veículos ou até mesmo pessoas</t>
   </si>
   <si>
     <t>2486</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2486/indicacao_no_116-2019_-_16.12.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2486/indicacao_no_116-2019_-_16.12.2019.pdf</t>
   </si>
   <si>
     <t>Indica, ao Departamento de Trânsito, que veja da possibilidade de disponibilizar espaço para vaga especial de estacionamento para deficiente físico em frente ao CEO - Centro de Especialidades Odontológicas, localizado na Rua Cel. Vida, 238.</t>
   </si>
   <si>
     <t>2487</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2487/indicacao_no_117-2019_-_18.12.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2487/indicacao_no_117-2019_-_18.12.2019.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade de refazer, com urgência, o bueiro localizado em frente da propriedade do Sr. Raul Batista, na estrada do Ranchinho que liga Pinheiral de Baixo a Passo do Tio Paulo, nas proximidades da propriedade do Sr. Tadeu Borkoski.</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2138/mocao_-_protocolo_no_300-2019_-_30.04.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2138/mocao_-_protocolo_no_300-2019_-_30.04.2019.pdf</t>
   </si>
   <si>
     <t>Moção de apelo, aos Excelentíssimos Deputados Federais Paranaenses, para que votem contra os itens relacionados da PEC 6/2019, que trata da reforma da previdência</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2158/mocao_de_apelo.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2158/mocao_de_apelo.pdf</t>
   </si>
   <si>
     <t>AO HOSPITAL DE CARIDADE DE PALMEIRA PARA QUE JUNTAMENTE COM OS MÉDICOS INTEGRANTES DO CORPO CLÍNICO, POSSIBILITEM QUE MÉDICOS INTERESSADOS PASSEM A INTEGRAR O MESMO.</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2206/mocao_-_protocolo_no_422-2019_-_11.6.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2206/mocao_-_protocolo_no_422-2019_-_11.6.2019.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos ao Ypiranga Futebol Clube e à sua torcia, pela conquista do título de Campeão da Liga de Futebol Amados de Ponta Grossa 2019</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2275/mocao_-_protocolo_no_556-2019_-_22.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2275/mocao_-_protocolo_no_556-2019_-_22.7.2019.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos à pesquisadora brasileira Jéssica Paula Gillung, vencedora do "Prêmio Marsh" para carreira inicial de entomologia, da "Royal Entomological Society".</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2284/mocao_de_aplausos_-_protocolo_no_565-2019_-_29.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2284/mocao_de_aplausos_-_protocolo_no_565-2019_-_29.7.2019.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos à treinadora professora Luciana Turra e a equipe de handebol feminino sub 17 de Palmeira, pela disputa e conquista da fase regional dos Jogos Escolares da Juventude do Paraná (JOJUPs), disputada no Município de Castro</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2285/mocao_de_aplausos_-_protocolo_no_566-2019_-_29.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2285/mocao_de_aplausos_-_protocolo_no_566-2019_-_29.7.2019.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos à equipe "Pés-na-Trilha", representada por seu fundador Ernani Bittencourt, a qual já representou a cidade de Palmeira em mais de quinze cidades do Estado do Paraná</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2316/mocao_de_aplausos_-_protocolo_no_606-2019_-_9.8.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2316/mocao_de_aplausos_-_protocolo_no_606-2019_-_9.8.2019.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos à Bernadete das Graças Viante Rocha, em decorrência dos vinte e sete anos de serviços prestados ao Município de Palmeira- PR. Sendo lotada na Estratégia de Saúde da Família do Bairro Santa Rosa, atuou no cargo de Cirurgiã Dentista, trabalhou sempre com muita dedicação e responsabilidade junto à população palmeirense, vindo a se aposentar em 5/7/2019</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2317/mocao_de_aplausos_-_protocolo_no_630-2019_-_14.8.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2317/mocao_de_aplausos_-_protocolo_no_630-2019_-_14.8.2019.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos à escritora brasileira Vanderli Bello, pelo lançamento do seu livro "Deu a louca na pata", publicado pela Editora Inverso, no dia 13 de agosto de 2019, nesta cidade</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2329/mocao_de_aplausos_-_protocolo_no_653-2019_-_27.8.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2329/mocao_de_aplausos_-_protocolo_no_653-2019_-_27.8.2019.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos à Paulo Dzierwa e Suzette Dzierwa, da Fazenda Serrana, pela premiação no julgamento de ovinos da raça poll dorset, na Expointer 2019, realizado em 26 de agosto de 2019, na cidade de Esteio/RS</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2340/mocao_de_aplausos_-_protocolo_no_683-2019_-_10.9.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2340/mocao_de_aplausos_-_protocolo_no_683-2019_-_10.9.2019.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos à Pedro Marques de Andrade (Pedrinho), em decorrência dos serviços prestados à comunidade Palmeirense.</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2353/mocao_de_aplausos_-_protocolo_no_705-2019_-_17.9.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2353/mocao_de_aplausos_-_protocolo_no_705-2019_-_17.9.2019.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos ao Movimento Muda Palmeira, pelos serviços prestados ao Município e aos munícipes de Palmeira, de forma voluntária</t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2383/mocao_de_aplausos_-_protocolo_no_749-2019_-_7.10.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2383/mocao_de_aplausos_-_protocolo_no_749-2019_-_7.10.2019.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos à Jiceli Vantroba Comin e Silvani Stafin, pela premiação no "V Concurso Nacional Queijo Brasil"</t>
   </si>
   <si>
     <t>2391</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2391/mocao_de_aplausos_-_protocolo_no_781-2019_-_8.10.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2391/mocao_de_aplausos_-_protocolo_no_781-2019_-_8.10.2019.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos ao professor João Carlos Hoffmann, engenheiro agrônomo do Colégio Agrícola Estadual Getúlio Vargas, autor do projeto de intervenção pedagógica que trabalha com o tema "Assistência técnica no campo - sua contribuição no uso da tecnologia do manejo integrado de pragas na soja em propriedades rurais da região dos Campos Gerais do Paraná</t>
   </si>
   <si>
     <t>2394</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2394/mocao_de_aplausos_-_protocolo_no_773-2019_-_7.10.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2394/mocao_de_aplausos_-_protocolo_no_773-2019_-_7.10.2019.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos à Breno Passoni e seu treinador Ernani Bitencourt, pela disputa e conquista na 3ª etapa do Campeonato Paranaense de Enduro Paraequestre, onde conquistaram o segundo lugar na categoria 20 Km, e também pela conquista do vice-campeonato na categoria de 20 Km do Campeonato Brasileiro de Enduro Paraequestre</t>
   </si>
   <si>
     <t>2395</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2395/mocao_de_aplausos_-_protocolo_no_786-2019_-_10.10.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2395/mocao_de_aplausos_-_protocolo_no_786-2019_-_10.10.2019.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos para a pedagoga Maria Isabel Correia, representante da União Brasileira de Mulheres (UBM), e agora eleita Presidente do Conselho Estadual dos Direitos da Mulher do Estado do Paraná</t>
   </si>
   <si>
     <t>2425</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2425/mocao_-_protocolo_no_814-2019_-_28.10.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2425/mocao_-_protocolo_no_814-2019_-_28.10.2019.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos à direção da Escola Municipal do Campo Pedro Gross Filho de Pinheiral de Baixo, à professora Sandrieli Gross Costa e ao aluno Juan Cordeiro dos Santos, pela premiação no concurso "MPT na Escola", projeto do Ministério Público do Trabalho que visa combater o trabalho infantil</t>
   </si>
   <si>
     <t>2480</t>
   </si>
   <si>
     <t>Arildo Zaleski, Everaldo Kuhn, Gilmar Costa, João Alberto Gaiola, Marcos Ribas, Pastor Anselmo, Rogério Czelusniak</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2480/mocao_de_apelo_-_protocolo_no_1004-2019_-_10.12.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2480/mocao_de_apelo_-_protocolo_no_1004-2019_-_10.12.2019.pdf</t>
   </si>
   <si>
     <t>Moção de apelo pela manutenção da Empresa Brasileira de Correios e Telégrafos como empresa pública, suspensão dos estudos que objetivam viabilizar sua privatização, até que seja promovido um efetivos e qualificado debate com participação de representantes dos Municípios afetados, promovendo o conhecimento dos efeitos desta medida em suas cidades e o envio de expediente às Presidências do Senado Federal e Câmara dos Deputados, à Comissão de Direitos Humanos e Legislação Participativa (CDH) do Senado Federal, às Comissões de Legislação Participativa, de Trabalho e de Administração e Serviço Público da Câmara dos Deputados, aos Ministérios da Economia, da Ciência, Tecnologia, Inovações e Comunicações, à Secretaria de Coordenação e Governança das Empresas Estatais, à Presidência da Empresa Brasileira de Correios e Telégrafos e ao Sindicato dos Trabalhadores nos Correios do Paraná</t>
   </si>
   <si>
     <t>2481</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2481/mocao_de_aplausos_-_protocolo_no_1005-2019_-_10.12.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2481/mocao_de_aplausos_-_protocolo_no_1005-2019_-_10.12.2019.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos à treinadora professora Luciana Turra, à equipe técnica Cíntia A. Vida e Ana Cláudia Kapp e a equipe de handebol feminina sub - 12 de Palmeira, pela conquista do título de vice-campeã no Festival Paranaense de Handebol, promovido pela Liga de Handebol do Paraná e disputada no Município de Astorga</t>
   </si>
   <si>
     <t>2488</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2488/mocao_-_protocolo_no_1021-2019_-_16.12.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2488/mocao_-_protocolo_no_1021-2019_-_16.12.2019.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos ao atleta Luigi Maciel da Silva, pelos resultados obtidos no Campeonato Brasileiro de Natação Juvenil de Veraão 2019 - Troféu Carlos Campos Sobrinho, realizado em Vitória (ES). O nadador conquistou duas medalhas de prata (200 metros peito juvenil 2 e 100 metros peito juvenil 2).</t>
   </si>
   <si>
     <t>2491</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2491/mocao_-_protocolo_no_1054-2019_-_20.12.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2491/mocao_-_protocolo_no_1054-2019_-_20.12.2019.pdf</t>
   </si>
   <si>
     <t>Moção de repúdio a plataforma de streaming Netflix por atacar a fé cristã ao lançar o especial de Natal "A primeira tentação de Cristo", produzido pelo grupo "Porta do Fundos", que zomba da pessoa de Jesus Cristo e da fé dos cristãos.</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>CCLJR - Comissão de Constituição, Legislação, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2067/pelom_25-2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2067/pelom_25-2019.pdf</t>
   </si>
   <si>
     <t>Altera o art. 117 da  Lei Orgânica do Município de Palmeira</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>5190</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2007/5190_e_emendas_1_e_2_09BIlq9.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2007/5190_e_emendas_1_e_2_09BIlq9.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a recomposição salarial dos servidores públicos efetivos, ativos e inativos, detentores de emprego público e comissionados, bem como do subsídio dos agentes políticos do Município de Palmeira e dá outras providências</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>5191</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2008/5191.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2008/5191.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial e dá outras providências</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>5192</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2009/5192.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2009/5192.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar e dá outras providências</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>5193</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2010/5193.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2010/5193.pdf</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>5194</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2011/5194.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2011/5194.pdf</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>5195</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2012/5195.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2012/5195.pdf</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>5196</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2013/5196.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2013/5196.pdf</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>5197</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2014/5197.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2014/5197.pdf</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>5198</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2015/5198.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2015/5198.pdf</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>5199</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2016/5199.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2016/5199.pdf</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>5200</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2017/5200.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2017/5200.pdf</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>5201</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2018/5201.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2018/5201.pdf</t>
   </si>
   <si>
     <t>5202</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2019/5202.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2019/5202.pdf</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>5203</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2020/5203.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2020/5203.pdf</t>
   </si>
   <si>
     <t>Dá denominação à ruas da cidade</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>5204</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2021/5204_e_emenda_AwQyoLP.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2021/5204_e_emenda_AwQyoLP.pdf</t>
   </si>
   <si>
     <t>Institui gratificação pela execução de trabalhos técnicos aos empregados públicos e dá outras providências</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>5205</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2022/5205.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2022/5205.pdf</t>
   </si>
   <si>
     <t>Convalida o primeiro termo aditivo ao termo de colaboração n.º 29/2018, o qual tem por objeto o repasse de recursos financeiros ao Hospital de Caridade de Palmeira e dá outras providências</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>5206</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2023/5206.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2023/5206.pdf</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>5207</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2024/5207.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2024/5207.pdf</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>5208</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2025/5208.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2025/5208.pdf</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>5209</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2026/5209.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2026/5209.pdf</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
     <t>5210</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2027/5210.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2027/5210.pdf</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>5211</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2028/5211.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2028/5211.pdf</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
     <t>5212</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2029/5212.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2029/5212.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação de imóvel público, situado no Loteamento Municipal e dá outras providências</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>5213</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2030/5213.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2030/5213.pdf</t>
   </si>
   <si>
     <t>Denominação de praça da cidade</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>5214</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2032/5214_e_emenda.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2032/5214_e_emenda.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aplicação da lei municipal que trata do reajuste salarial dos servidores públicos efetivos, ativos e inativos, detentores de emprego público e comissionados do município de Palmeira, para os servidores da Câmara Municipal de Palmeira, no ano de 2019</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>5215</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2033/5215.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2033/5215.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a recomposição do subsídio dos agentes políticos municipais, em razão da perda inflacionária, baseada no INPC</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
     <t>5216</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2042/5216.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2042/5216.pdf</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
     <t>5217</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2043/5217.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2043/5217.pdf</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
     <t>5218</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2044/5218.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2044/5218.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei 2702, de 04 de abril de 2008 e dá outras providências</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
     <t>5219</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2045/5219.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2045/5219.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta dispositivos da Lei nº 4133, de 17 de maio de 2016 e dá outras providências</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
     <t>5220</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2046/5220.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2046/5220.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de fomento, o repasse de recursos financeiros à Associação de Pais e Amigos dos Excepcionais de Palmeira (APAE) e dá outras providências</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>5221</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2049/5221.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2049/5221.pdf</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>5222</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2050/5222.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2050/5222.pdf</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>5223</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2051/5223.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2051/5223.pdf</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
     <t>5224</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2052/5224.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2052/5224.pdf</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
     <t>5225</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2053/5225.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2053/5225.pdf</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
     <t>5226</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2054/5226.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2054/5226.pdf</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
     <t>5227</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2055/5227.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2055/5227.pdf</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
     <t>5228</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2056/5228.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2056/5228.pdf</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>5229</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2059/5229.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2059/5229.pdf</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
     <t>5230</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2060/5230.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2060/5230.pdf</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
     <t>5231</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2061/5231.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2061/5231.pdf</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>5232</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2062/5232.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2062/5232.pdf</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
     <t>5233</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2063/5233.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2063/5233.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivos à Lei n.º 4055, de 22 de dezembro de 2015, e dá outras providências</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
     <t>5234</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2064/5234.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2064/5234.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder à alienação onerosa de imóveis urbanos e dá outras providências</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
     <t>5235</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2065/5235.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2065/5235.pdf</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>5236</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2066/5236_e_substitutivo.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2066/5236_e_substitutivo.pdf</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
     <t>5237</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2071/5237.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2071/5237.pdf</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>5238</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2072/5238.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2072/5238.pdf</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>5239</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2073/5239.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2073/5239.pdf</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>5240</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2074/5240.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2074/5240.pdf</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
     <t>5241</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2075/5241.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2075/5241.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de colaboração, o repasse de recursos financeiros ao Hospital de Caridade de Palmeira e dá outras providências</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>5242</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2076/5242.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2076/5242.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Incentivo ao Turismo, à Cultura e à Beleza e dá outras providências</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
     <t>5243</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2083/5243.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2083/5243.pdf</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
     <t>5244</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2084/5244.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2084/5244.pdf</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>5245</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2085/5245.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2085/5245.pdf</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>5246</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2086/5246_NSIHrA2.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2086/5246_NSIHrA2.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a proceder a regularização da posse exercida sobre imóvel público urbano e dá outras providências</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
     <t>5247</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2090/5247.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2090/5247.pdf</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>5248</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2091/5248.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2091/5248.pdf</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
     <t>5249</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2092/5249.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2092/5249.pdf</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
     <t>5250</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2093/5250.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2093/5250.pdf</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>5251</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2096/5251.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2096/5251.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da lei n.º 4884, de 27 de fevereiro de 2019 e dá outras providências</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
     <t>5252</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2097/5252.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2097/5252.pdf</t>
   </si>
   <si>
     <t>Dá nova garantia ao art. 1º e art. 2º da lei municipal n.º 4839, de 6 de dezembro de 2018, que autoriza o Poder Executivo a contratar operação de crédito com a Caixa Econômica Federal, com a garantia da União e dá outras providências</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
     <t>5253</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2099/5253.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2099/5253.pdf</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
     <t>5254</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2100/5254.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2100/5254.pdf</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
     <t>5255</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2105/5255.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2105/5255.pdf</t>
   </si>
   <si>
     <t>Revoga o inciso II do artigo 6º da Lei Municipal n.º 3268, de 26 de outubro de 2011</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
     <t>5256</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2109/5256.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2109/5256.pdf</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
     <t>5257</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2110/5257.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2110/5257.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover a concessão de espaços públicos destinados à instalação de food truck ou carro de comida, e dá outras providências</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
     <t>5258</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2114/5258.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2114/5258.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de colaboração, o repasse de recursos financeiros à Associação Menonita Beneficente - AMB e dá outras providências.</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>5259</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2115/5259.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2115/5259.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de fomento, o repasse de recursos financeiros à Associação de Pais e Amigos dos Excepcionais de Palmeira - APAE e dá outras providências</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
     <t>5260</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2116/5260.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2116/5260.pdf</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
     <t>5261</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2117/5261_PEc5bzz.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2117/5261_PEc5bzz.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder à concessão de direito real de uso resolúvel de imóveis urbanos e dá outras providências</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>5262</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2126/5262.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2126/5262.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias do Município de Palmeira para o exercício financeiro de 2020 e dá outras providências</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
     <t>5263</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2129/5263.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2129/5263.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei n.º 4272, de 15 de dezembro de 2016, e dá outras providências</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
     <t>5264</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2130/5264.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2130/5264.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial, revoga a Lei n.º 4903, de 27/03/2019 e dá outras providências</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
     <t>5265</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2131/5265.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2131/5265.pdf</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
     <t>5266</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2132/5266.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2132/5266.pdf</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
     <t>5267</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2133/5267.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2133/5267.pdf</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>5268</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2134/5268.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2134/5268.pdf</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>5269</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2135/5269.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2135/5269.pdf</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
     <t>5270</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2136/5270.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2136/5270.pdf</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
     <t>5271</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2145/5271.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2145/5271.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
     <t>5272</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2146/5272.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2146/5272.pdf</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
     <t>5273</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2147/5273.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2147/5273.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial e dá outras providências.</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
     <t>5274</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2148/5274.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2148/5274.pdf</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
     <t>5275</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2149/5275.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2149/5275.pdf</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
     <t>5276</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2150/5276.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2150/5276.pdf</t>
   </si>
   <si>
     <t>Altera o dispositivos da Lei nº 4.855, de 28 de dezembro de 2018 e dá outras providências.</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>5277</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2151/5277.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2151/5277.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder à concessão de direito real de uso resolúvel de imóveis urbanos, revoga dispositivos da Lei nº 4.902, de 22 de março de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
     <t>5278</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2152/5278.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2152/5278.pdf</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
     <t>5279</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2153/5279.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2153/5279.pdf</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
     <t>5280</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2154/5280.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2154/5280.pdf</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
     <t>5281</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2159/pl_5281.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2159/pl_5281.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito Adicional Especial e dá outras Providências.</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>5282</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2160/pl_5282.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2160/pl_5282.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
     <t>5283</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2165/pl_5283.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2165/pl_5283.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei nº 3.683, de 18 de junho de 2014 e dá outras providências.</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
     <t>5284</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2172/5284.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2172/5284.pdf</t>
   </si>
   <si>
     <t>Dá denominação à Praça da cidade</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
     <t>5285</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2173/5285.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2173/5285.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo a proceder, mediante termo de fomento, ao repasse de recursos financeiros oriundos do Fundo Estadual de Assistência Social - FEAS, à Associação Menonita Beneficente - AMB/Lar Levi, e dá outras providências</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
     <t>5286</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2174/5286.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2174/5286.pdf</t>
   </si>
   <si>
     <t>Autoriza a participação, com ressalvas, do Município de Palmeira no Consórcio Público Intermunicipal de Inovação e Desenvolvimento do Estado do Paraná - CINDEPAR, e dá outras providências</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
     <t>5287</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2175/5287_aZiUHho.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2175/5287_aZiUHho.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação Nacional de Equoterapia Estrela Guia</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
     <t>5288</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2178/5288.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2178/5288.pdf</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
     <t>5289</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2179/5289.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2179/5289.pdf</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
     <t>5290</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2180/5290.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2180/5290.pdf</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
     <t>5291</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2181/5291.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2181/5291.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Estratégia da Saúde da Família - ESF, do Bairro Rocio II</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
     <t>5292</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2183/5292.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2183/5292.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei n.º 4907, de 27 de março de 2019, e dá outras providências</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
     <t>5293</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2184/5293.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2184/5293.pdf</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
     <t>5294</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2192/5294.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2192/5294.pdf</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
     <t>5295</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2193/5295.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2193/5295.pdf</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
     <t>5296</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2197/5296.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2197/5296.pdf</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
     <t>5297</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2198/5297.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2198/5297.pdf</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
     <t>5298</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2199/5298.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2199/5298.pdf</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
     <t>5299</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2203/5299.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2203/5299.pdf</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
     <t>5300</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2204/5300.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2204/5300.pdf</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
     <t>5301</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2208/5301.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2208/5301.pdf</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
     <t>5302</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2209/5302.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2209/5302.pdf</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
     <t>5303</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2215/5303.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2215/5303.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei n.º 2011, de 13 de agosto de 1999, e dá outras providências</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
     <t>5304</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2216/5304.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2216/5304.pdf</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
     <t>5305</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2217/5305.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2217/5305.pdf</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
     <t>5306</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2218/5306.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2218/5306.pdf</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
     <t>5307</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2220/5307.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2220/5307.pdf</t>
   </si>
   <si>
     <t>Dá denominação de rua da cidade_x000D_
 Protocolo n.º 468/2019</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
     <t>5308</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2221/5308.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2221/5308.pdf</t>
   </si>
   <si>
     <t>Dá denominação de rua da cidade</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
     <t>5309</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2222/5309.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2222/5309.pdf</t>
   </si>
   <si>
     <t>Dá denominação à rua da cidade</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
     <t>5310</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2223/5310.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2223/5310.pdf</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
     <t>5311</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2227/5311_DrDMRA8.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2227/5311_DrDMRA8.pdf</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
     <t>5312</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2225/5312_44j70pg.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2225/5312_44j70pg.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo celebrar convênio com o Estado do Paraná, através da Secretaria de Estado de Segurança Pública, para implantação e continuidade do Programa Educacional de Resistência às Drogas e Violência (PROERD)</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
     <t>5313</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2226/5313.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2226/5313.pdf</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
     <t>5314</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2228/5314.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2228/5314.pdf</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
     <t>5315</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2238/5315.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2238/5315.pdf</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
     <t>5316</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2239/5316.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2239/5316.pdf</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
     <t>5317</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2240/5317.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2240/5317.pdf</t>
   </si>
   <si>
     <t>Altera as leis nº 3616, de 30 de dezembro de 2013 e nº 3668, de 20 de abril de 2014, e dá outras providências</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
     <t>5318</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2241/5318.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2241/5318.pdf</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
     <t>5319</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2242/5319.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2242/5319.pdf</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
     <t>5320</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2244/5320.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2244/5320.pdf</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
     <t>5321</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2245/5321.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2245/5321.pdf</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
     <t>5322</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2246/5322.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2246/5322.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar termo aditivo ao termo de colaboração n.º 55/2019, o qual tem por objeto o repasse de recursos financeiros ao Hospital de Caridade de Palmeira e dá outras providências</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
     <t>5323</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2265/5323.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2265/5323.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a proceder a doação de cascalho à empresa que especifica e dá outras providências</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
     <t>5324</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2266/5324.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2266/5324.pdf</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
     <t>5325</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2276/5325_gZI413A.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2276/5325_gZI413A.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial e dá outras providencias</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
     <t>5326</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2277/5326.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2277/5326.pdf</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
     <t>5327</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2282/5327.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2282/5327.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar e dá outra providências</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
     <t>5328</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2283/5328.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2283/5328.pdf</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>5329</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2290/5329.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2290/5329.pdf</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
     <t>5330</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2291/5330.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2291/5330.pdf</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
     <t>5331</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2292/5331.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2292/5331.pdf</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
     <t>5332</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2293/5332.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2293/5332.pdf</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
     <t>5333</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2294/5333.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2294/5333.pdf</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
     <t>5334</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2295/5334.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2295/5334.pdf</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
     <t>5335</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2296/5335.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2296/5335.pdf</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
     <t>5336</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2298/5336.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2298/5336.pdf</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
     <t>5337</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2299/5337.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2299/5337.pdf</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
     <t>5338</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2300/5338_atualizado.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2300/5338_atualizado.pdf</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
     <t>5339</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2301/5339.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2301/5339.pdf</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
     <t>5340</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2303/5340.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2303/5340.pdf</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
     <t>5341</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2304/5341.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2304/5341.pdf</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
     <t>5342</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2308/5342.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2308/5342.pdf</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
     <t>5343</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2310/5343.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2310/5343.pdf</t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
     <t>5344</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2318/5344.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2318/5344.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar convênio com o Estado do Paraná, através da Secretaria de Estado da Segurança Pública, para fins da instalação e manutenção do PATI2</t>
   </si>
   <si>
     <t>2320</t>
   </si>
   <si>
     <t>5345</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2320/5345.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2320/5345.pdf</t>
   </si>
   <si>
     <t>Denomina a área do Centro Cívico do Município de Palmeira, Estado do Paraná, e dá outras providências</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
     <t>5346</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2321/5346_U9fxUa4.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2321/5346_U9fxUa4.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a Caixa Econômica Federal, com a garantia da União e dá outras providências</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
     <t>5347</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2322/5347.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2322/5347.pdf</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
     <t>5348</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2323/5348.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2323/5348.pdf</t>
   </si>
   <si>
     <t>Dá denominação ao Distrito Industrial e suas respectivas ruas</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
     <t>5349</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2326/5349.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2326/5349.pdf</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
     <t>5350</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2327/5350.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2327/5350.pdf</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
     <t>5351</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2328/5351.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2328/5351.pdf</t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
     <t>5352</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2331/5352_loa_h8BlxXd.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2331/5352_loa_h8BlxXd.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Palmeira para o exercício financeiro de 2020 e dá outras providências</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
     <t>5353</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2332/5353_6dYax5A.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2332/5353_6dYax5A.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder à concessão de direito real de uso resolúvel de imóvel urbano e dá outras providências</t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
     <t>5354</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2338/5354.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2338/5354.pdf</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
     <t>5355</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2341/5355.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2341/5355.pdf</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
     <t>5356</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2342/5356.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2342/5356.pdf</t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
     <t>5357</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2346/5357.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2346/5357.pdf</t>
   </si>
   <si>
     <t>Concede o Prêmio Cidade Clima do Brasil</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
     <t>5358</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2349/5358.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2349/5358.pdf</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
     <t>5359</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2350/5359.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2350/5359.pdf</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
     <t>5360</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2351/5360.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2351/5360.pdf</t>
   </si>
   <si>
     <t>2352</t>
   </si>
   <si>
     <t>5361</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2352/5361.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2352/5361.pdf</t>
   </si>
   <si>
     <t>2359</t>
   </si>
   <si>
     <t>5362</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2359/5362.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2359/5362.pdf</t>
   </si>
   <si>
     <t>2360</t>
   </si>
   <si>
     <t>5363</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2360/5363.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2360/5363.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de rua do loteamento Boa Vista</t>
   </si>
   <si>
     <t>2367</t>
   </si>
   <si>
     <t>5364</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2367/5364.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2367/5364.pdf</t>
   </si>
   <si>
     <t>2368</t>
   </si>
   <si>
     <t>5365</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2368/5365.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2368/5365.pdf</t>
   </si>
   <si>
     <t>2373</t>
   </si>
   <si>
     <t>5366</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2373/5366_3haME9j.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2373/5366_3haME9j.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a promover leilão público com a finalidade de alienar bens móveis inservíveis ao Município e dá outras providências</t>
   </si>
   <si>
     <t>2369</t>
   </si>
   <si>
     <t>5367</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2369/5367_H3M8RFL.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2369/5367_H3M8RFL.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de cooperação, a permissão de uso gratuito de bem público à organização da sociedade civil que especifica e dá outras providências</t>
   </si>
   <si>
     <t>2370</t>
   </si>
   <si>
     <t>5368</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2370/5368_XU8niAH.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2370/5368_XU8niAH.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder a concessão de direito real de uso resolúvel de imóvel urbano e dá outras providências</t>
   </si>
   <si>
     <t>2371</t>
   </si>
   <si>
     <t>5369</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2371/5369_CWzfUj8.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2371/5369_CWzfUj8.pdf</t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
     <t>5370</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2372/5370_LTFoHiC.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2372/5370_LTFoHiC.pdf</t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
     <t>5371</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2374/5371.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2374/5371.pdf</t>
   </si>
   <si>
     <t>2375</t>
   </si>
   <si>
     <t>5372</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2375/5372.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2375/5372.pdf</t>
   </si>
   <si>
     <t>2376</t>
   </si>
   <si>
     <t>5373</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2376/5373.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2376/5373.pdf</t>
   </si>
   <si>
     <t>2377</t>
   </si>
   <si>
     <t>5374</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2377/5374_8qSKi2b.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2377/5374_8qSKi2b.pdf</t>
   </si>
   <si>
     <t>Dá denominação às ruas do loteamento Jardim das Palmeiras</t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
     <t>5375</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2378/5375.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2378/5375.pdf</t>
   </si>
   <si>
     <t>2379</t>
   </si>
   <si>
     <t>5376</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2379/5376.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2379/5376.pdf</t>
   </si>
   <si>
     <t>2380</t>
   </si>
   <si>
     <t>5377</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2380/5377.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2380/5377.pdf</t>
   </si>
   <si>
     <t>Altera o anexo V da Lei n.º 4132, de 17 de maio de 2016 e dá outras providências</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
     <t>5378</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2384/5378_UD7IKGf.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2384/5378_UD7IKGf.pdf</t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
     <t>5379</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2385/5379_hWoNkKq.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2385/5379_hWoNkKq.pdf</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
     <t>5380</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2386/5380.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2386/5380.pdf</t>
   </si>
   <si>
     <t>2387</t>
   </si>
   <si>
     <t>5381</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2387/5381.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2387/5381.pdf</t>
   </si>
   <si>
     <t>2388</t>
   </si>
   <si>
     <t>5382</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2388/5382_pl_e_substitutivo.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2388/5382_pl_e_substitutivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reversão de imóvel público, situado no Distrito Industrial de Palmeira e dá outras providências</t>
   </si>
   <si>
     <t>2389</t>
   </si>
   <si>
     <t>5383</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2389/5383.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2389/5383.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei n.º 4543, de 9 de novembro de 2017 e dá outras providências</t>
   </si>
   <si>
     <t>2390</t>
   </si>
   <si>
     <t>5384</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2390/5384.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2390/5384.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de vias públicas urbanas do Município de Palmeira</t>
   </si>
   <si>
     <t>2392</t>
   </si>
   <si>
     <t>5385</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2392/5385.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2392/5385.pdf</t>
   </si>
   <si>
     <t>2401</t>
   </si>
   <si>
     <t>5386</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2401/pl_no_5386.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2401/pl_no_5386.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>2402</t>
   </si>
   <si>
     <t>5387</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2402/pl_no_5387.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2402/pl_no_5387.pdf</t>
   </si>
   <si>
     <t>Autoriza a Abertura de Crédito Adicional Suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>2403</t>
   </si>
   <si>
     <t>5388</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2403/pl_no_5388.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2403/pl_no_5388.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para ampliação e regularização de edificação, construída em imóvel urbano de propriedade da Associação de Pais e Amigos dos Excepcionais de Palmeira - APAE e dá outras providências.</t>
   </si>
   <si>
     <t>2409</t>
   </si>
   <si>
     <t>5389</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2409/5389.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2409/5389.pdf</t>
   </si>
   <si>
     <t>2414</t>
   </si>
   <si>
     <t>5390</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2414/5390.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2414/5390.pdf</t>
   </si>
   <si>
     <t>2416</t>
   </si>
   <si>
     <t>5391</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2416/5391_substitutivo.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2416/5391_substitutivo.pdf</t>
   </si>
   <si>
     <t>Instituí o projeto "Ruas de lazer" no Município de Palmeira - PR e dá outras providências</t>
   </si>
   <si>
     <t>2418</t>
   </si>
   <si>
     <t>5392</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2418/5392.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2418/5392.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de cooperação, a permissão de uso gratuito de bens públicos às organizações da sociedade civil que especifica e dá outras providências</t>
   </si>
   <si>
     <t>2419</t>
   </si>
   <si>
     <t>5393</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2419/5393.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2419/5393.pdf</t>
   </si>
   <si>
     <t>2420</t>
   </si>
   <si>
     <t>5394</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2420/5394.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2420/5394.pdf</t>
   </si>
   <si>
     <t>2421</t>
   </si>
   <si>
     <t>5395</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2421/5395.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2421/5395.pdf</t>
   </si>
   <si>
     <t>2422</t>
   </si>
   <si>
     <t>5396</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2422/5396.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2422/5396.pdf</t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
     <t>5397</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2423/5397.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2423/5397.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da lei n.º 4055, de 22 de dezembro de 2015 e dá outras providências</t>
   </si>
   <si>
     <t>2424</t>
   </si>
   <si>
     <t>5398</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2424/5398.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2424/5398.pdf</t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
     <t>5399</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2430/5399.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2430/5399.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação de imóveis públicos</t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
     <t>5400</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2431/5400.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2431/5400.pdf</t>
   </si>
   <si>
     <t>2432</t>
   </si>
   <si>
     <t>5401</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2432/5401.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2432/5401.pdf</t>
   </si>
   <si>
     <t>2433</t>
   </si>
   <si>
     <t>5402</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2433/5402.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2433/5402.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder à concessão real de direito real de uso resolúvel de imóvel urbano e dá outras providências</t>
   </si>
   <si>
     <t>2436</t>
   </si>
   <si>
     <t>5403</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2436/5403.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2436/5403.pdf</t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
     <t>5404</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2444/5404.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2444/5404.pdf</t>
   </si>
   <si>
     <t>Fica instituído o programa "Kit Lanche Alimentação" ao paciente e acompanhante transportados para tratamento de saúde em outros municípios e dá outras providências</t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
     <t>5405</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2448/5405_dUBZ83f.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2448/5405_dUBZ83f.pdf</t>
   </si>
   <si>
     <t>Dá denominação à campo de futebol society</t>
   </si>
   <si>
     <t>2449</t>
   </si>
   <si>
     <t>5406</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2449/5406.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2449/5406.pdf</t>
   </si>
   <si>
     <t>Dá denominação à avenida e às ruas do loteamento Jardim Lily Bacila</t>
   </si>
   <si>
     <t>2450</t>
   </si>
   <si>
     <t>5407</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2450/5407.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2450/5407.pdf</t>
   </si>
   <si>
     <t>2451</t>
   </si>
   <si>
     <t>5408</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2451/5408.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2451/5408.pdf</t>
   </si>
   <si>
     <t>2452</t>
   </si>
   <si>
     <t>5409</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2452/5409.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2452/5409.pdf</t>
   </si>
   <si>
     <t>2453</t>
   </si>
   <si>
     <t>5410</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2453/5410.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2453/5410.pdf</t>
   </si>
   <si>
     <t>2454</t>
   </si>
   <si>
     <t>5411</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2454/5411.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2454/5411.pdf</t>
   </si>
   <si>
     <t>2455</t>
   </si>
   <si>
     <t>5412</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2455/5412.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2455/5412.pdf</t>
   </si>
   <si>
     <t>2456</t>
   </si>
   <si>
     <t>5413</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2456/5413.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2456/5413.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de colaboração, o repasse de recursos financeiros à Associação de Pais e Amigos dos Excepcionais de Palmeira - APAE, e dá outras providências</t>
   </si>
   <si>
     <t>2461</t>
   </si>
   <si>
     <t>5414</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2461/5414_ZioQb0n.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2461/5414_ZioQb0n.pdf</t>
   </si>
   <si>
     <t>Dá denominação à travessa da cidade</t>
   </si>
   <si>
     <t>2464</t>
   </si>
   <si>
     <t>5415</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2464/5415.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2464/5415.pdf</t>
   </si>
   <si>
     <t>Abre vagas no serviço público municipal e dá outras providências</t>
   </si>
   <si>
     <t>2465</t>
   </si>
   <si>
     <t>5416</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2465/5416.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2465/5416.pdf</t>
   </si>
   <si>
     <t>Autoriza a instituição de pesquisa de satisfação dos usuários dos serviços públicos prestados pela Administração Municipal de Palmeira</t>
   </si>
   <si>
     <t>2471</t>
   </si>
   <si>
     <t>5417</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2471/5417.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2471/5417.pdf</t>
   </si>
   <si>
     <t>2472</t>
   </si>
   <si>
     <t>5418</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2472/5418.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2472/5418.pdf</t>
   </si>
   <si>
     <t>2474</t>
   </si>
   <si>
     <t>5419</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2474/5419_substitutivo_geral_e_original.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2474/5419_substitutivo_geral_e_original.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a recomposição salarial dos servidores públicos efetivos, ativos e inativos, detentores de emprego público e comissionados do Município de Palmeira e dá outras providências</t>
   </si>
   <si>
     <t>2475</t>
   </si>
   <si>
     <t>5420</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2475/5320novo.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2475/5320novo.pdf</t>
   </si>
   <si>
     <t>Altera o anexo IV da Lei nº 4132, de 17 de maio de 2016 e dá outras providências</t>
   </si>
   <si>
     <t>2476</t>
   </si>
   <si>
     <t>5421</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2476/5321novo.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2476/5321novo.pdf</t>
   </si>
   <si>
     <t>Institui auxílio transporte para servidores e empregados públicos pertencentes ao quadro de pessoal da Secretaria Municipal de Saúde, que exerçam suas atribuições nas unidades básicas de saúde localizadas na zona rural do Município de Palmeira e dá outras providências</t>
   </si>
   <si>
     <t>2477</t>
   </si>
   <si>
     <t>5422</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2477/5422_substitutivo_geral_e_original.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2477/5422_substitutivo_geral_e_original.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aplicação da lei municipal que trata do reajuste salarial dos servidores públicos efetivos, ativos e inativos, detentores de empregos púbicos e comissionados do Município de Palmeira, para os servidores da Câmara Municipal de Palmeira no ano de 2020</t>
   </si>
   <si>
     <t>2478</t>
   </si>
   <si>
     <t>5423</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2478/5423novo.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2478/5423novo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a recomposição do subsídio dos agentes políticos municipais, em razão da perda inflacionária baseada no índice INPC</t>
   </si>
   <si>
     <t>2479</t>
   </si>
   <si>
     <t>5424</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2479/5424novo.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2479/5424novo.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos agentes políticos do Município de Palmeira para o período da Legislatura de 2021 a 2024</t>
   </si>
   <si>
     <t>2485</t>
   </si>
   <si>
     <t>5425</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2485/5425.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2485/5425.pdf</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2247/projeto_de_lei_complementar_n_9-2019_-_11.7.201_VcmWqNA.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2247/projeto_de_lei_complementar_n_9-2019_-_11.7.201_VcmWqNA.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Diretor do Município de Palmeira e dá outras providências</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2248/projeto_de_lei_complementar_no_10-2019_colorido.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2248/projeto_de_lei_complementar_no_10-2019_colorido.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o uso e a ocupação do solo no Município de Palmeira e dá outras providências</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2249/projeto_de_lei_complementar_no_11-2019_-_11.7.2_tU8nX8k.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2249/projeto_de_lei_complementar_no_11-2019_-_11.7.2_tU8nX8k.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a delimitação e denominação dos bairros da sede urbana do Município de Palmeira e dá outras providências</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2250/projeto_de_lei_complementar_no_12-2019_-_11.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2250/projeto_de_lei_complementar_no_12-2019_-_11.7.2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os perímetros urbanos do Município de Palmeira e dá outras providências</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2251/projeto_de_lei_complementar_no_13-2019_-_11.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2251/projeto_de_lei_complementar_no_13-2019_-_11.7.2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os condomínios no Município de Palmeira e dá outras providências</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2252/projeto_de_lei_complementar_no_14-2019_-_11.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2252/projeto_de_lei_complementar_no_14-2019_-_11.7.2019.pdf</t>
   </si>
   <si>
     <t>Institui os instrumentos para o cumprimento da função social da propriedade urbana no Município de Palmeira, especialmente dispondo sobre a notificação para parcelamento, IPTU progressivo no tempo e desapropriação com pagamento com títulos e dá outras providências</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2253/projeto_de_lei_complementar_no_15-2019_-_11.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2253/projeto_de_lei_complementar_no_15-2019_-_11.7.2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transferência do direito de construir no Município de Palmeira e dá outras providências</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2254/projeto_de_lei_complementar_no_16-2019_-_11.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2254/projeto_de_lei_complementar_no_16-2019_-_11.7.2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga onerosa do direito de construir no Município de Palmeira e dá outras providências</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2255/projeto_de_lei_complementar_no_17-2019_-_11.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2255/projeto_de_lei_complementar_no_17-2019_-_11.7.2019.pdf</t>
   </si>
   <si>
     <t>Institui o consórcio imobiliário para urbanização e edificação de unidades imobiliárias e dá outras providências</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2256/projeto_de_lei_complementar_no_18-2019_-_11.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2256/projeto_de_lei_complementar_no_18-2019_-_11.7.2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Código de Posturas do Município de Palmeira e dá outras providências</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2257/projeto_de_lei_complementar_no_19-2019_-_11.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2257/projeto_de_lei_complementar_no_19-2019_-_11.7.2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Código de Obras do Município de Palmeira e dá outras providências</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2258/projeto_de_lei_complementar_no_20-2019_-_11.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2258/projeto_de_lei_complementar_no_20-2019_-_11.7.2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento e remembramento do solo urbano no Município de Palmeira e dá outras providências</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2333/plc_21-2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2333/plc_21-2019.pdf</t>
   </si>
   <si>
     <t>Altera a lei complementar n.º 5/2018, tabela I - classificação da COSIP por faixa de consumo e tipo de estabelecimento</t>
   </si>
   <si>
     <t>2463</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2463/plc_22.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2463/plc_22.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da lei complementar nº 1, de 28 de setembro de 2017 e dá outras providências</t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2426/pr_138.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2426/pr_138.pdf</t>
   </si>
   <si>
     <t>Aprova o relatório final e as recomendações da Comissão Parlamentar de Inquérito instituída pela portaria n.º 847 de 10/7/2019 (requerimento de origem n.º 472 de 26/6/2019)</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2039/requerimento_-_protocolo_no_38-2019_-_08.02.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2039/requerimento_-_protocolo_no_38-2019_-_08.02.2019.pdf</t>
   </si>
   <si>
     <t>Requer, ao Exmo. Sr. Prefeito Municipal, informações sobre quais os motivos de ainda não ocorrer a distribuição de água para os moradores do Sítio Vitória, do poço artesiano construído naquela localidade</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>Pastor Anselmo, Rogério Czelusniak</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2040/requerimento_-_protocolo_no_39-2019_-_08.02.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2040/requerimento_-_protocolo_no_39-2019_-_08.02.2019.pdf</t>
   </si>
   <si>
     <t>Requerem, à Secretaria Municipal de Indústria e Comércio, informações sobre a relação dos terrenos do Distrito Industrial cedidos às empresas e que ainda não estão sendo utilizados</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2041/requerimento_-_protocolo_no_40-2019_-_08.02.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2041/requerimento_-_protocolo_no_40-2019_-_08.02.2019.pdf</t>
   </si>
   <si>
     <t>Requer, à Secretaria Municipal de Urbanismo, informações sobre a pavimentação da Vila Mayer e quais os motivos da paralisação das obras</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2047/requerimento_-_protocolo_no_092-2019_-_12.02.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2047/requerimento_-_protocolo_no_092-2019_-_12.02.2019.pdf</t>
   </si>
   <si>
     <t>Requer a aprovação do presente requerimento, com a consequente indicação de no mínimo três membros para que no prazo de 45 dias, prorrogáveis por mais 45, se necessário, apresentem relatório fundamentado sobre os fatos em questão</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2048/requerimento_-_protocolo_no_96-2019_-_19.02.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2048/requerimento_-_protocolo_no_96-2019_-_19.02.2019.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, seja encaminhado expediente à 3ª Regional de Saúde, solicitando as seguintes informações: se a 3ª Regional de Saúde capacitou a servidora do Município de Palmeira Rosilene Calixto, para ministrar o curso "Cuidador de idosos", e se sim, quais os dias e horários que ocorreram essa capacitação</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2058/requerimento_-_protocolo_no_145-2019_-_26.02.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2058/requerimento_-_protocolo_no_145-2019_-_26.02.2019.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente ao Sr. Telmo Czelusniak, solicitando esclarecimentos e maiores detalhes sobre o contido em vídeo publicado em rede social no dia 24/02/2019, no qual o mesmo afirma estar participando em festa de particular patrocinada com dinheiro público</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2095/requerimento_-_protocolo_no_224-2019_-_26.03.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2095/requerimento_-_protocolo_no_224-2019_-_26.03.2019.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, seja encaminhado expediente à Secretaria Municipal de Cultura, Turismo, Patrimônio Histórico e Relações Públicas, solicitando as seguintes informações: quais as obras de reforma foram realizadas no Museu Histórico de Palmeira, com verbas conseguidas através de emendas parlamentares nos últimos 6 ano; qual o horário em que o Museu permanece aberto ao público durante a semana; se existe a possibilidade de abertura do mesmo aos finais de semana.</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2104/requerimento_-_protocolo_no_247-2019_-_02.04.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2104/requerimento_-_protocolo_no_247-2019_-_02.04.2019.pdf</t>
   </si>
   <si>
     <t>Requer da Secretaria de Esportes o envio à esta Câmara de Vereadores de relatório completo contendo todas as atividades esportivas realizadas ou patrocinadas por essa Secretaria, como também o calendário oficial de atividades esportivas municipais</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2118/requerimento_-_protocolo_no_266-2019_-_09042019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2118/requerimento_-_protocolo_no_266-2019_-_09042019.pdf</t>
   </si>
   <si>
     <t>Baseado no Código de Posturas (Lei n.º 2274, de 10/07/2003), requer do Poder Executivo Municipal, providências cabíveis nos casos de infração por moradores, investidores e lojistas que descumprem os artigos 73, 74 e 75</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2123/requerimento_-_protocolo_no_272-2019_-_12.04.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2123/requerimento_-_protocolo_no_272-2019_-_12.04.2019.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, seja encaminhado expediente à Secretaria Municipal de Gestão Pública, solicitando as seguintes informações: 1) Se há servidores públicos que ultrapassam o teto constitucional citado no artigo 37, inciso XI da Constituição Federal? 2) Se positivo, quais os servidores, cargos e valores descontados? 3) Ainda onde os mesmos estão lotados e quais os locais de trabalho?</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2127/requerimento_-_protocolo_no_293-2019_-_16.04.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2127/requerimento_-_protocolo_no_293-2019_-_16.04.2019.pdf</t>
   </si>
   <si>
     <t>Requer, do Exmo. Sr. Prefeito Municipal, informações sobre quando será dado início as obras da Unidade Básica de Saúde da localidade de Vieiras e qual o motivo pelo atraso do início da referida obra, tendo em vista que tinha previsão de início a data de 26/12/2018</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2139/requerimento_-_protocolo_no_299-2019_-_23.04.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2139/requerimento_-_protocolo_no_299-2019_-_23.04.2019.pdf</t>
   </si>
   <si>
     <t>Requer da Mesa Diretora da Câmara, que veja da possibilidade de convocar uma audiência pública para possibilitar a participação popular neste assunto tão urgente e importante (reforma da previdência)</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
     <t>Denis Sanson, Gilmar Costa</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2142/requerimento_-_protocolo_no_302-2019_-_26.04.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2142/requerimento_-_protocolo_no_302-2019_-_26.04.2019.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o Plenário, seja encaminhado expediente ao Executivo Municipal, solicitando esclarecimentos e maiores detalhes sobre o publicado na imprensa local, com referência ao cancelamento de recursos federais de R$ 1.100.000,00 (um milhão e cem mil reais), que seriam destinados à construção de quadras esportivas em localidades do interior do Município. Requer ainda informações sobre os motivos da não realização da obra, visto que desde o ano de 2012 o convênio já estava assinado</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2144/req.304_denis.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2144/req.304_denis.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, seja encaminhado expediente a Procuradoria geral do município, solicitando o envio a esta Casa da relação das sentenças judiciais pagas e os acordos realizados pelo município de Palmeira desde o inicio do ano de 2017 até a presente data.</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2157/336.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2157/336.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido plenário, seja encaminhado expediente ao Departamento de Estradas e Rodagem - DER, que veja da possibilidade de construção de travessia elevada ou  lombada física, eletrônica ou outro instrumento que se fizer necessário para redução de velocidade no Km 404, em frente à Escola Estadual Flávio Santos, localizado em Faxinal dos Quartins.</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2161/requerimento_no_342.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2161/requerimento_no_342.pdf</t>
   </si>
   <si>
     <t>Requer, da Secretaria Municipal de Esportes, informações sobre a existência ou não de projeto de reforma da Quadra Poliesportiva Theófilo de Freitas Filho, localizada no Complexo Esportivo e Recreativo Geovane Amâncio dos Santos, na Praça Manoel Ribas.</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2162/requerimento_no_343.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2162/requerimento_no_343.pdf</t>
   </si>
   <si>
     <t>Requer, da Secretária Municipal de Meio Ambiente, informações sobre o não recolhimento de lixo nas comunidades de Vieiras, Queimadas e Campestre de Vieiras.</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2168/requerimento_no_356.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2168/requerimento_no_356.pdf</t>
   </si>
   <si>
     <t>Requer, da Secretaria Municipal de Educação, informações sobre os motivos da não construção do barracão (10x12 metros) na Escola Municipal Pedro Gross Filho, da localidade de Pinheiral de Baixo, indicada ao prefeito Municipal no ano de 2017.</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2171/requerimento_-_protocolo_no_360-2019_-_21.05.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2171/requerimento_-_protocolo_no_360-2019_-_21.05.2019.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Obras e Infraestrutura, solicitando informações acerca de qual finalidade será dada às pedras da calçada da extensão da Rua XV de Novembro, entre o Posto Bordignon e a PR - 151, as quais estão sendo retiradas para confecção de nova calçada</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2210/requerimento_-_protocolo_no_441-2019_-_17.6.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2210/requerimento_-_protocolo_no_441-2019_-_17.6.2019.pdf</t>
   </si>
   <si>
     <t>Requer, da Secretaria de Obras e Infraestrutura, informações sobre as obras do poço artesiano comunitário, construído na propriedade de Roberto Germinski, localidade de Faxinal dos Silva</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
     <t>Arildo Zaleski, Gilmar Costa</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2219/requerimento_-_protocolo_no_467-2019_-_25.6.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2219/requerimento_-_protocolo_no_467-2019_-_25.6.2019.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o Plenário, seja encaminhado ofício à Secretaria Municipal de Finanças, solicitando o envio a esta Casa das seguintes informações: valores arrecadados pela COSIP nos doze meses do ano de 2018; valores arrecadados pela COSIP nos meses do ano de 2019, após entrar em vigor a lei complementar n.º 5, de 19/12/2018; os custos com a iluminação pública desde o início do ano de 2018 até a presente data; explicações que justifiquem as informações repassadas aos munícipes que procuram esta Secretaria de Finanças que foram os Vereadores que aprovaram os reajustes na COSIP, omitindo a verdadeira informação de que a iniciativa da lei complementar n.º 5, de 19/12/2019, foi única e exclusiva do Poder Executivo Municipal</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2224/requerimento_-_protocolo_no_472-2019_-_26.6.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2224/requerimento_-_protocolo_no_472-2019_-_26.6.2019.pdf</t>
   </si>
   <si>
     <t>No uso de suas atribuições legais, o Vereador João Alberto Ferreira da Costa, com base no artigo 45 do Regimento Interno da Câmara Municipal de Vereadores de Palmeira/PR, requer a instalação de uma Comissão Parlamentar de Inquérito - CPI, conforme prevê o Regimento Interno, para que, no prazo de 90 (noventa) dias, investigue a suposta contratação e pagamento irregular de médicos na área da saúde pública do Município de Palmeira</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2232/requerimento_-_protocolo_no_486-2019_-_2.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2232/requerimento_-_protocolo_no_486-2019_-_2.7.2019.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria de Segurança Pública do Estado do Paraná, solicitando a possibilidade de ampliar a altura do muro da Delegacia de Polícia Civil da cidade de Palmeira, em pelo menos, mais 1,5 metros</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2233/requerimento_-_protocolo_no_487-2019_-_2.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2233/requerimento_-_protocolo_no_487-2019_-_2.7.2019.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Urbanismo, solicitando o envio a esta Casa de informações a respeito dos motivos da paralisação das obras e pavimentação asfáltica da Rua João Klimiont, no Bairro Rocio I, e qual o cronograma para término da referida obra</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2288/requerimento_-_protocolo_no_576-2019_-_31.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2288/requerimento_-_protocolo_no_576-2019_-_31.7.2019.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o Plenário, seja encaminhado expediente ao Exmo. Sr. Prefeito Municipal, solicitando explicação do motivo do atraso para início da reforma da unidade básica da comunidade Jardim Santa Rosa</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
     <t>Everaldo Kuhn, Marcos Ribas, Rogério Czelusniak</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2334/requerimento_-_protocolo_no_669-2019_-_3.9.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2334/requerimento_-_protocolo_no_669-2019_-_3.9.2019.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido soberanamente o Plenário desta Casa de Leis, seja encaminhado ofício ao Sr. Edir Havrechaki, DD. Prefeito Municipal de Palmeira, para que o mesmo determine estudos e proceda a equiparação salarial dos servidores municipais ocupantes do cargo de operador de máquinas ao cargo de motorista II</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2345/requerimento_-_protocolo_no_689-2019_-_10.9.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2345/requerimento_-_protocolo_no_689-2019_-_10.9.2019.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente ao Departamento de Estrada de Rodagem - DER, solicitando operação tapa buracos na estrada que inicia na BR 277, até a Cooperativa de Witmarsum, centro de Witmarsum</t>
   </si>
   <si>
     <t>2358</t>
   </si>
   <si>
     <t>Marcos Ribas, Rogério Czelusniak</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2358/requerimento_-_protocolo_no_717-2019_-_24.9.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2358/requerimento_-_protocolo_no_717-2019_-_24.9.2019.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o Plenário, seja encaminhado expediente à concessionária Caminhos do Paraná, solicitando reforço na sinalização para entrada ao posto de combustíveis do MEL V, nas proximidades do Km 194 da rodovia BR - 277, em Queimadas, neste Município</t>
   </si>
   <si>
     <t>2417</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2417/requerimento_-_protocolo_no_833-2019_-_29.10.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2417/requerimento_-_protocolo_no_833-2019_-_29.10.2019.pdf</t>
   </si>
   <si>
     <t>Propõe que, após ouvido o Plenário desta Casa, seja encaminhado ofício ao Chefe do Poder Executivo do Município de Palmeira, indagando se, no período de 2015 a 2019, algum servidor disponibilizado ao RPPS ou sindicatos recebeu ou recebe verbas de natureza transitória, principalmente adicional de insalubridade ou periculosidade. Em casa positivo, deverão ser enviados detalhes dos pagamentos (nome do beneficiado, valor recebido, período recebido e natureza da verba)</t>
   </si>
   <si>
     <t>2435</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2435/requerimento_-_protocolo_no_894-2019_-_12.11.20_7O7s2z5.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2435/requerimento_-_protocolo_no_894-2019_-_12.11.20_7O7s2z5.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo que envie para a Câmara de Vereadores a identificação dos profissionais Felipe Lucas e Luiz de Lima, bem como nome completo, CPF, RG, data e local em que trabalharam, valores que receberam e quem os contratou</t>
   </si>
   <si>
     <t>2483</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2483/requerimento_-_protocolo_no_1016-2019_-_11.12.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2483/requerimento_-_protocolo_no_1016-2019_-_11.12.2019.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Urbanismo, solicitando o envio à esta Casa de informações a respeito dos motivos da paralisação das obras e abandono de materiais na Rua João Klimiont, travessa com a Rua José Adriano de Freitas e Tenente Manoel José de Araújo no Bairro Rocio I, e qual o cronograma para término da referida obra</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
     <t>REQC</t>
   </si>
   <si>
     <t>Requerimento das Comissões</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2035/requerimento_das_comisoes_-_protocolo_no_33-201_LLM6lUa.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2035/requerimento_das_comisoes_-_protocolo_no_33-201_LLM6lUa.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, prazo de 30 dias para emitir o parecer aos projetos de lei 5204 e 5212</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
     <t>CEOFF - Comissão de Economia, Orçamento, Finanças e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2036/requerimento_das_comisoes_-_protocolo_no_34-201_R0q9gvd.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2036/requerimento_das_comisoes_-_protocolo_no_34-201_R0q9gvd.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, prazo de 30 dias para emitir o parecer ao projeto de lei 5204</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>CECBESMA - Comissão de Educação, Cultura, Bem-estar Social e Meio Ambiente</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2037/requerimento_das_comisoes_-_protocolo_no_35-201_ZxVxoLJ.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2037/requerimento_das_comisoes_-_protocolo_no_35-201_ZxVxoLJ.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, prazo de 30 dias para emitir o parecer aos projetos de lei 4857 e 5204</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
     <t>CUOP - Comissão de Urbanismo e Obras Públicas</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2038/requerimento_das_comisoes_-_protocolo_no_36-201_cQz8mo8.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2038/requerimento_das_comisoes_-_protocolo_no_36-201_cQz8mo8.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, prazo de 30 dias para melhores estudos ao projeto de lei 5212</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>CCLJR - Comissão de Constituição, Legislação, Justiça e Redação, CEOFF - Comissão de Economia, Orçamento, Finanças e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2068/requerimento_das_comissoes_-_protocolo_no_155-2_5lBrJgl.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2068/requerimento_das_comissoes_-_protocolo_no_155-2_5lBrJgl.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o Plenário, prazo de 30 dias para melhores estudos aos projetos de lei 5234 e 5236</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2069/requerimento_-_protocolo_no_169-2019_-_06.03.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2069/requerimento_-_protocolo_no_169-2019_-_06.03.2019.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, prazo de 30 dias para melhores estudos ao projeto de lei 5234</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2078/requerimento_das_comissoes_-_protocolo_no_183-2_cURx84s.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2078/requerimento_das_comissoes_-_protocolo_no_183-2_cURx84s.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, prazo de 120 dias para emitir o parecer ao projeto de lei 4857</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
     <t>CCLJR - Comissão de Constituição, Legislação, Justiça e Redação, CECBESMA - Comissão de Educação, Cultura, Bem-estar Social e Meio Ambiente, CEOFF - Comissão de Economia, Orçamento, Finanças e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2079/requerimento_das_comissoes_-_protocolo_no_184-2_7jjNHM8.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2079/requerimento_das_comissoes_-_protocolo_no_184-2_7jjNHM8.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o plenário, prazo de 30 dias para melhores estudos ao projeto de lei 5241</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2122/requerimento_das_comissoes_-_protocolo_no_270-2_btZ19Iw.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2122/requerimento_das_comissoes_-_protocolo_no_270-2_btZ19Iw.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, prazo de 7 dias para melhores estudos ao projeto de lei 5257</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2143/requerimento_das_comissoes_-_protocolo_no_303-2_aI8XCQb.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2143/requerimento_das_comissoes_-_protocolo_no_303-2_aI8XCQb.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para melhores estudos ao projeto de lei 5257</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2155/requerimento_das_comissoes_-_protocolo_no_318-2_htGnj5w.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2155/requerimento_das_comissoes_-_protocolo_no_318-2_htGnj5w.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para melhores estudos aos projetos de lei 5276 e 5277</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2156/requerimento_das_comissoes_-_protocolo_no_319-2_DBXJIXR.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2156/requerimento_das_comissoes_-_protocolo_no_319-2_DBXJIXR.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para melhores estudos ao projeto de lei 5277</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2176/requerimento_das_comissoes_-_protocolo_no_372-2_lg0Jimi.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2176/requerimento_das_comissoes_-_protocolo_no_372-2_lg0Jimi.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para emitir o parecer ao projeto de lei 5284</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
     <t>CCLJR - Comissão de Constituição, Legislação, Justiça e Redação, CECBESMA - Comissão de Educação, Cultura, Bem-estar Social e Meio Ambiente</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2185/requerimento_das_comissoes_-_protocolo_no_386-2_T91T6Dm.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2185/requerimento_das_comissoes_-_protocolo_no_386-2_T91T6Dm.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o Plenário, prazo de 30 dias para melhores estudos ao projeto de lei 5287</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2186/requerimento_das_comissoes_-_protocolo_no_387-2_PM6X2sU.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2186/requerimento_das_comissoes_-_protocolo_no_387-2_PM6X2sU.pdf</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2196/requerimento_das_comissoes_-_protocolo_no_408-2_b3ISEWz.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2196/requerimento_das_comissoes_-_protocolo_no_408-2_b3ISEWz.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para melhores estudos ao projeto de lei 5276</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2237/requerimento_das_comissoes_-_protocolo_no_491_-_vox2dWZ.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2237/requerimento_das_comissoes_-_protocolo_no_491_-_vox2dWZ.pdf</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2259/requerimento_-_protocolo_no_522-2019_-_12.7.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2259/requerimento_-_protocolo_no_522-2019_-_12.7.2019.pdf</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2269/requerimento_das_comissoes_-_protocolo_no_549-2_9q8f6TZ.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2269/requerimento_das_comissoes_-_protocolo_no_549-2_9q8f6TZ.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 60 dias para emitir os pareceres aos projetos de lei complementar 9 ao 20/2019</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2270/requerimento_das_comissoes_-_protocolo_no_550-2_qmi3XxS.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2270/requerimento_das_comissoes_-_protocolo_no_550-2_qmi3XxS.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 15 dias para emitir o parecer ao projeto de lei 5323</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2271/requerimento_das_comissoes_-_protocolo_no_551-2_wJFDkxr.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2271/requerimento_das_comissoes_-_protocolo_no_551-2_wJFDkxr.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário prazo de 60 dias para emitir os pareceres aos projetos de lei complementar 14 ao 19/2019</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2272/requerimento_das_comissoes_-_protocolo_no_552-2_jTen1jK.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2272/requerimento_das_comissoes_-_protocolo_no_552-2_jTen1jK.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 60 dias para emitir os pareceres aos projetos de lei complementar 9 e 18/2019, e ao projeto de lei 4857</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2273/requerimento_das_comissoes_-_protocolo_no_553-2_G1zcuSs.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2273/requerimento_das_comissoes_-_protocolo_no_553-2_G1zcuSs.pdf</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2274/requerimento_das_comissoes_-_protocolo_no_554-2_0gNBe1y.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2274/requerimento_das_comissoes_-_protocolo_no_554-2_0gNBe1y.pdf</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2305/requerimento_das_comissoes_-_protocolo_no_603-2_5yXjsn3.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2305/requerimento_das_comissoes_-_protocolo_no_603-2_5yXjsn3.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para emitir os pareceres aos projetos de lei 5335 e 5338</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2306/requerimento_das_comissoes_-_protocolo_no_604-2_pbAUQLi.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2306/requerimento_das_comissoes_-_protocolo_no_604-2_pbAUQLi.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para emitir os pareceres aos projetos de lei 5257, 5335 e 5338</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2319/requerimento_das_comissoes_-_protocolo_no_633-2_Sb1yr0G.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2319/requerimento_das_comissoes_-_protocolo_no_633-2_Sb1yr0G.pdf</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2337/requerimento_das_comissoes_-_protocolo_no_674-2_Eeh4hv1.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2337/requerimento_das_comissoes_-_protocolo_no_674-2_Eeh4hv1.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 15 dias para melhores estudos ao projeto de lei 5353</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2347/requerimento_das_comissoes_-_protocolo_no_691-2_vrPQ0n9.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2347/requerimento_das_comissoes_-_protocolo_no_691-2_vrPQ0n9.pdf</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2354/requerimento_das_comissoes_-_protocolo_no_706-2_U5ipi6B.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2354/requerimento_das_comissoes_-_protocolo_no_706-2_U5ipi6B.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 60 dias para emitir os pareceres aos projetos de lei complementar 9 a 20/2019 e ao projeto de lei 5276</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2355/requerimento_das_comissoes_-_protocolo_no_707-2_Pf8q6IQ.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2355/requerimento_das_comissoes_-_protocolo_no_707-2_Pf8q6IQ.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 60 dias para emitir os pareceres aos projetos de lei complementar 14 a 19/2019</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2356/requerimento_das_comissoes_-_protocolo_no_708-2_GmHprxS.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2356/requerimento_das_comissoes_-_protocolo_no_708-2_GmHprxS.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 60 dias para emitir os pareceres aos projetos de lei complementar 9 e 18/2019 e ao projeto de lei 4857</t>
   </si>
   <si>
     <t>2357</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2357/requerimento_das_comissoes_-_protocolo_no_709-2_8q6EBXk.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2357/requerimento_das_comissoes_-_protocolo_no_709-2_8q6EBXk.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, prazo de 60 dias para emitir os pareceres aos projetos de lei complementar 9 a 20/2019</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2364/requerimento_das_comissoes_-_protocolo_no_723-2_LSA5BGd.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2364/requerimento_das_comissoes_-_protocolo_no_723-2_LSA5BGd.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para melhores estudos ao projeto de lei 5353</t>
   </si>
   <si>
     <t>2381</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2381/requerimento_das_comissoes_-_protocolo_no_747-2_eCcg8CE.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2381/requerimento_das_comissoes_-_protocolo_no_747-2_eCcg8CE.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 15 dias para melhores estudos ao projeto de lei 5368</t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2382/requerimento_das_comissoes_-_protocolo_no_748-2_yY0s2nC.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2382/requerimento_das_comissoes_-_protocolo_no_748-2_yY0s2nC.pdf</t>
   </si>
   <si>
     <t>2396</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2396/requerimento_das_comissoes_-_protocolo_no_787-2_yirADOx.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2396/requerimento_das_comissoes_-_protocolo_no_787-2_yirADOx.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para melhores estudos ao projeto de lei 5382</t>
   </si>
   <si>
     <t>2397</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2397/requerimento_das_comissoes_-_protocolo_no_788-2_qIpJkHN.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2397/requerimento_das_comissoes_-_protocolo_no_788-2_qIpJkHN.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para melhores estudos aos projetos de lei 5382 e 5384</t>
   </si>
   <si>
     <t>2404</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2404/requerimento_-_protocolo_no_805-2019_-_18.10.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2404/requerimento_-_protocolo_no_805-2019_-_18.10.2019.pdf</t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2427/requerimento_das_comissoes_-_protocolo_no_844-2_6KoGexb.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2427/requerimento_das_comissoes_-_protocolo_no_844-2_6KoGexb.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, prazo de 30 dias para melhores estudos ao projeto de lei 5353</t>
   </si>
   <si>
     <t>2438</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2438/requerimento_das_comissoes_-_protocolo_no_897-2_llbogVY.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2438/requerimento_das_comissoes_-_protocolo_no_897-2_llbogVY.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para melhores estudos aos projetos de lei 5382 e 5402</t>
   </si>
   <si>
     <t>2439</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2439/requerimento_das_comissoes_-_protocolo_no_898-2_0zQS2fK.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2439/requerimento_das_comissoes_-_protocolo_no_898-2_0zQS2fK.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 15 dias para melhores estudos ao projeto de lei 5399</t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2440/requerimento_das_comissoes_-_protocolo_no_899-2_8gZyFMo.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2440/requerimento_das_comissoes_-_protocolo_no_899-2_8gZyFMo.pdf</t>
   </si>
   <si>
     <t>2441</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2441/requerimento_das_comissoes_-_protocolo_no_900-2_IYipmTx.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2441/requerimento_das_comissoes_-_protocolo_no_900-2_IYipmTx.pdf</t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2445/requerimento_das_comissoes_-_protocolo_no_933-2_CcdFOAi.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2445/requerimento_das_comissoes_-_protocolo_no_933-2_CcdFOAi.pdf</t>
   </si>
   <si>
     <t>2446</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2446/requerimento_das_comissoes_-_protocolo_no_934-2_lv6PjNC.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2446/requerimento_das_comissoes_-_protocolo_no_934-2_lv6PjNC.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 60 dias para emitir o parecer ao projeto de lei complementar 11/2019</t>
   </si>
   <si>
     <t>2447</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2447/requerimento_das_comissoes_-_protocolo_no_935-2_SeJBlnd.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2447/requerimento_das_comissoes_-_protocolo_no_935-2_SeJBlnd.pdf</t>
   </si>
   <si>
     <t>2458</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2458/requerimento_das_comissoes_-_protocolo_no_956-2_EAK0yOR.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2458/requerimento_das_comissoes_-_protocolo_no_956-2_EAK0yOR.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para emitir o parecer ao projeto de lei 5404</t>
   </si>
   <si>
     <t>2459</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2459/requerimento_das_comissoes_-_protocolo_no_957-2_TPZVpvh.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2459/requerimento_das_comissoes_-_protocolo_no_957-2_TPZVpvh.pdf</t>
   </si>
   <si>
     <t>2460</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2460/requerimento_das_comissoes_-_protocolo_no_958-2_Z9Xf06V.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2460/requerimento_das_comissoes_-_protocolo_no_958-2_Z9Xf06V.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para emitir os pareceres aos projetos de lei 4857 e 5404</t>
   </si>
   <si>
     <t>2466</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2466/requerimento_das_comissoes_-_protocolo_no_988-2_DqKpjBT.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2466/requerimento_das_comissoes_-_protocolo_no_988-2_DqKpjBT.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 15 dias para emitir o parecer ao projeto de lei 5353</t>
   </si>
   <si>
     <t>2467</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2467/requerimento_das_comissoes_-_protocolo_no_989-2_pMSLkYs.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2467/requerimento_das_comissoes_-_protocolo_no_989-2_pMSLkYs.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para emitir o parecer à emenda protocolada sob n.º 960/2019</t>
   </si>
   <si>
     <t>2468</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2468/requerimento_das_comissoes_-_protocolo_no_990-2_2eDWFdG.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2468/requerimento_das_comissoes_-_protocolo_no_990-2_2eDWFdG.pdf</t>
   </si>
   <si>
     <t>2469</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2469/requerimento_das_comissoes_-_protocolo_no_991-2_EUsv4j1.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2469/requerimento_das_comissoes_-_protocolo_no_991-2_EUsv4j1.pdf</t>
   </si>
   <si>
     <t>2470</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2470/requerimento_das_comissoes_-_protocolo_no_992-2_8sojsoM.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2470/requerimento_das_comissoes_-_protocolo_no_992-2_8sojsoM.pdf</t>
   </si>
   <si>
     <t>2484</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2484/requerimento_das_comissoes_-_protocolo_no_1018-2019_-_13.12.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2484/requerimento_das_comissoes_-_protocolo_no_1018-2019_-_13.12.2019.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o Plenário, prazo de 30 dias para emitirem pareceres ao projeto de lei 5424</t>
   </si>
   <si>
     <t>2489</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2489/requerimento_das_comissoes_-_protocolo_no_1048-2019_-_19.12.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2489/requerimento_das_comissoes_-_protocolo_no_1048-2019_-_19.12.2019.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 90 dias para emitir os pareceres aos projetos de lei 5276, 5353, 5382 e ao projeto de lei complementar 11/2019.</t>
   </si>
   <si>
     <t>2490</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2490/requerimento_das_comissoes_-_protocolo_no_1049-2019_-_19.12.2019.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2490/requerimento_das_comissoes_-_protocolo_no_1049-2019_-_19.12.2019.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 90 dias para emitir os pareceres ao projeto de lei 5382 e ao projeto de lei complementar 11/2019.</t>
   </si>
   <si>
     <t>2636</t>
   </si>
   <si>
     <t>COMUNICADO: A PARTIR DE 2020 OS REQUERIMENTOS DE PRAZO DAS COMISSÕES PASSARÃO A SER PUBLICADOS JUNTAMENTE COM OS DEMAIS REQUERIMENTOS. PARA ACESSÁ-LOS SELECIONE "REQUERIMENTOS" NO CAMPO "TIPO DE MATÉRIA LEGISLATIVA".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -5413,67 +5413,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2111/anteprojeto_de_lei_no_4-2019_-_05.04.2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2405/anteprojeto_de_lei_no_2-2019_-_22.10.2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2006/indicacao_n_1-2019_-_17.01.2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2031/indicacao_no_02-2019_-_05.02.2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2057/indicacao_no_3-2019_-_20.02.2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2070/indicacao_no_4-2019_-_14.02.2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2077/indicacao_no_5-2019_-_12.03.2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2080/indicacao_no_6-2019_-_19.03.2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2081/indicacao_no_7-2019_-_19.03.2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2082/indicacao_no_8-2019_-_19.03.2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2087/indicacao_no_9-2019_-_19.03.2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2088/indicacao_no_10-2019_-_25.03.2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2089/indicacao_no_11-2019_-_25.03.2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2094/indicacao_no_12-2019_-_26.03.2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2098/indicacao_no_13-2019_-_27.03.2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2101/indicacao_no_14-2019_-_02.04.2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2102/indicacao_no_15-2019_-_02.04.2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2103/indicacao_no_16-2019_-_02.04.2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2106/indicacao_no_17-2019_-_02.04.2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2107/indicacao_no_18-2019_-_02.04.2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2108/indicacao_no_19-2019_-_02.04.2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2112/indicacao_no20_09.04.2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2113/indicacao_no21_09.04.2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2119/indicacao_no_22-2019_-_09.04.2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2120/indicacao_no_23-2019_-_10.04.2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2121/indicacao_no_24-2019_-_10.04.2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2124/indicacao_no_25-2019_-_12.04.2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2125/indicacao_no_26-2019_-_12.04.2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2128/indicacao_no_27-2019_-_16.04.2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2163/indicacao_no_29.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2164/indicacao_no_30.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2166/indicacao_no_31.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2167/indicacao_no_32.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2169/indicacao_no_33-2019_-_21.05.2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2170/indicacao_no_34-2019_-_21.05.2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2177/indicacao_no_35-2019_-_protocolo_no_373-2019_-__fiOQ3H1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2182/indicacao_no_36-2019_-_28.05.2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2187/indicacao_no_37-2019_-_31.05.2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2188/indicacao_no_38-2019_-_04.06.2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2189/indicacao_no_39-2019_-_04.06.2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2190/indicacao_no_40-2019_-_04.06.2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2191/indicacao_no_41-2019_-_04.06.2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2194/indicacao_no_42-2019_-_5.6.2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2195/indicacao_no_43-2019_-_5.6.2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2200/indicacao_no_44-2019_-_11.6.2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2201/indicacao_no_45-2019_-_11.6.2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2202/indicacao_no_46-2019_-_11.6.2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2205/indicacao_no_47-2019_-_11.6.2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2207/indicacao_no_48-2019_-_13.6.2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2211/indicacao_no_49-2019_-_18.6.2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2212/indicacao_no_50-2019_-_18.6.2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2213/indicacao_no_51-2019_-_18.6.2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2214/indicacao_no_52-2019_-_18.6.2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2229/indicacao_no_53-2019_-_2.7.2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2230/indicacao_no_54-2019_-_2.7.2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2231/indicacao_no_55-2019_-_2.7.2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2234/indicacao_no_56-2019_-_2.7.2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2235/indicacao_no_57-2019_-_2.7.2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2236/indicacao_no_58-2019_-_2.7.2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2243/indicacao_no_59-2019_-_8.7.2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2260/indicacao_no_60-2019_-_12.7.2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2261/indicacao_no_61-2019_-_12.7.2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2262/indicacao_no_62-2019_-_12.7.2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2263/indicacao_no_63-2019_-_12.7.2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2264/indicacao_no_64-2019_-_12.7.2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2267/indicacao_no_65-2019_-_17.7.2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2268/indicacao_no_66-2019_-_17.7.2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2278/indicacao_no_67-2019_-_23.7.2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2279/indicacao_no_68-2019_-_23.7.2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2280/indicacao_no_69-2019_-29.7.2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2281/indicacao_no_70-2019_-29.7.2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2286/indicacao_no_71-2019_-_31.7.2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2287/indicacao_no_72-2019_-_31.7.2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2289/indicacao_no_73-2019_-_1.8.2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2297/indicacao_no_74-2019_-_6.8.2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2302/indicacao_no_75-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2311/indicacao_no_77-2019_-_13.8.2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2312/indicacao_no_78-2019_-_13.8.2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2313/indicacao_no_79-2019_-_13.8.2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2314/indicacao_no_80-2019_-_13.8.2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2324/indicacao_no_81-2019_-_23.8.2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2325/indicacao_no_82-2019_-_23.8.2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2330/indicacao_no_83-2019_-_29.8.2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2335/indicacao_no_84-2019_-_3.9.2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2336/indicacao_no_85-2019_-_3.9.2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2339/indicacao_no_86-2019_-_10.9.2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2343/indicacao_no_87-2019_-_10.9.2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2344/indicacao_no_88-2019_-_10.9.2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2348/indicacao_no_89-2019_-_16.9.2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2361/indicacao_no_90-2019_-_24.9.2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2362/indicacao_91-2019_-_25.9.2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2363/indicacao_92-2019_-_25.9.2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2365/indicacao_no_93-2019_-_27.9.2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2366/indicacao_no_94-2019_-_27.9.2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2393/indicacao_no_95-2019_-_9.10.2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2398/indicacao_no_96-2019_-_15.10.2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2399/indicacao_no_97-2019_-_15.10.2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2406/indicacao_no_98-2019_-_22.10.2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2407/indicacao_no_99-2019_-_22.10.2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2408/indicacao_no_100-2019_-_22.10.2019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2410/indicacao_no_101-2019_-_29.10.2019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2411/indicacao_no_102-2019_-_29.10.2019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2412/indicacao_no_103-2019_-_29.10.2019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2413/indicacao_no_104-2019_-_29.10.2019.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2415/indicacao_no_105-2019_-_29.10.2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2428/indicacao_no_106-2019_-_5.11.2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2429/indicacao_no_107-2019_-_5.11.2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2434/indicacao_no_108-2019_-_12.11.2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2437/indicacao_no_109-2019_-_18.11.2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2442/indicacao_no_110-2019_-_19.11.2019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2443/indicacao_no_111-2019_-_19.11.2019.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2457/indicacao_no_112-2019_-_27.11.2019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2462/indicacao_no_113-2019_-_2.12.2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2473/indicacao_no_114-2019_-_10.12.2019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2482/indicacao_no_115-2019_-_11.12.2019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2486/indicacao_no_116-2019_-_16.12.2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2487/indicacao_no_117-2019_-_18.12.2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2138/mocao_-_protocolo_no_300-2019_-_30.04.2019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2158/mocao_de_apelo.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2206/mocao_-_protocolo_no_422-2019_-_11.6.2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2275/mocao_-_protocolo_no_556-2019_-_22.7.2019.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2284/mocao_de_aplausos_-_protocolo_no_565-2019_-_29.7.2019.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2285/mocao_de_aplausos_-_protocolo_no_566-2019_-_29.7.2019.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2316/mocao_de_aplausos_-_protocolo_no_606-2019_-_9.8.2019.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2317/mocao_de_aplausos_-_protocolo_no_630-2019_-_14.8.2019.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2329/mocao_de_aplausos_-_protocolo_no_653-2019_-_27.8.2019.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2340/mocao_de_aplausos_-_protocolo_no_683-2019_-_10.9.2019.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2353/mocao_de_aplausos_-_protocolo_no_705-2019_-_17.9.2019.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2383/mocao_de_aplausos_-_protocolo_no_749-2019_-_7.10.2019.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2391/mocao_de_aplausos_-_protocolo_no_781-2019_-_8.10.2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2394/mocao_de_aplausos_-_protocolo_no_773-2019_-_7.10.2019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2395/mocao_de_aplausos_-_protocolo_no_786-2019_-_10.10.2019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2425/mocao_-_protocolo_no_814-2019_-_28.10.2019.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2480/mocao_de_apelo_-_protocolo_no_1004-2019_-_10.12.2019.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2481/mocao_de_aplausos_-_protocolo_no_1005-2019_-_10.12.2019.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2488/mocao_-_protocolo_no_1021-2019_-_16.12.2019.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2491/mocao_-_protocolo_no_1054-2019_-_20.12.2019.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2067/pelom_25-2019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2007/5190_e_emendas_1_e_2_09BIlq9.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2008/5191.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2009/5192.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2010/5193.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2011/5194.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2012/5195.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2013/5196.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2014/5197.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2015/5198.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2016/5199.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2017/5200.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2018/5201.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2019/5202.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2020/5203.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2021/5204_e_emenda_AwQyoLP.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2022/5205.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2023/5206.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2024/5207.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2025/5208.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2026/5209.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2027/5210.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2028/5211.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2029/5212.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2030/5213.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2032/5214_e_emenda.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2033/5215.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2042/5216.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2043/5217.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2044/5218.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2045/5219.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2046/5220.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2049/5221.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2050/5222.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2051/5223.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2052/5224.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2053/5225.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2054/5226.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2055/5227.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2056/5228.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2059/5229.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2060/5230.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2061/5231.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2062/5232.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2063/5233.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2064/5234.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2065/5235.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2066/5236_e_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2071/5237.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2072/5238.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2073/5239.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2074/5240.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2075/5241.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2076/5242.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2083/5243.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2084/5244.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2085/5245.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2086/5246_NSIHrA2.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2090/5247.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2091/5248.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2092/5249.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2093/5250.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2096/5251.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2097/5252.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2099/5253.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2100/5254.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2105/5255.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2109/5256.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2110/5257.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2114/5258.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2115/5259.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2116/5260.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2117/5261_PEc5bzz.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2126/5262.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2129/5263.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2130/5264.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2131/5265.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2132/5266.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2133/5267.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2134/5268.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2135/5269.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2136/5270.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2145/5271.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2146/5272.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2147/5273.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2148/5274.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2149/5275.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2150/5276.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2151/5277.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2152/5278.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2153/5279.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2154/5280.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2159/pl_5281.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2160/pl_5282.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2165/pl_5283.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2172/5284.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2173/5285.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2174/5286.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2175/5287_aZiUHho.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2178/5288.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2179/5289.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2180/5290.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2181/5291.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2183/5292.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2184/5293.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2192/5294.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2193/5295.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2197/5296.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2198/5297.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2199/5298.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2203/5299.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2204/5300.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2208/5301.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2209/5302.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2215/5303.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2216/5304.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2217/5305.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2218/5306.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2220/5307.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2221/5308.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2222/5309.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2223/5310.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2227/5311_DrDMRA8.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2225/5312_44j70pg.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2226/5313.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2228/5314.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2238/5315.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2239/5316.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2240/5317.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2241/5318.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2242/5319.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2244/5320.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2245/5321.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2246/5322.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2265/5323.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2266/5324.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2276/5325_gZI413A.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2277/5326.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2282/5327.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2283/5328.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2290/5329.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2291/5330.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2292/5331.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2293/5332.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2294/5333.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2295/5334.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2296/5335.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2298/5336.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2299/5337.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2300/5338_atualizado.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2301/5339.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2303/5340.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2304/5341.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2308/5342.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2310/5343.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2318/5344.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2320/5345.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2321/5346_U9fxUa4.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2322/5347.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2323/5348.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2326/5349.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2327/5350.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2328/5351.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2331/5352_loa_h8BlxXd.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2332/5353_6dYax5A.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2338/5354.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2341/5355.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2342/5356.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2346/5357.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2349/5358.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2350/5359.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2351/5360.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2352/5361.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2359/5362.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2360/5363.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2367/5364.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2368/5365.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2373/5366_3haME9j.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2369/5367_H3M8RFL.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2370/5368_XU8niAH.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2371/5369_CWzfUj8.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2372/5370_LTFoHiC.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2374/5371.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2375/5372.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2376/5373.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2377/5374_8qSKi2b.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2378/5375.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2379/5376.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2380/5377.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2384/5378_UD7IKGf.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2385/5379_hWoNkKq.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2386/5380.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2387/5381.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2388/5382_pl_e_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2389/5383.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2390/5384.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2392/5385.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2401/pl_no_5386.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2402/pl_no_5387.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2403/pl_no_5388.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2409/5389.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2414/5390.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2416/5391_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2418/5392.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2419/5393.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2420/5394.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2421/5395.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2422/5396.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2423/5397.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2424/5398.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2430/5399.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2431/5400.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2432/5401.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2433/5402.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2436/5403.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2444/5404.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2448/5405_dUBZ83f.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2449/5406.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2450/5407.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2451/5408.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2452/5409.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2453/5410.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2454/5411.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2455/5412.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2456/5413.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2461/5414_ZioQb0n.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2464/5415.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2465/5416.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2471/5417.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2472/5418.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2474/5419_substitutivo_geral_e_original.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2475/5320novo.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2476/5321novo.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2477/5422_substitutivo_geral_e_original.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2478/5423novo.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2479/5424novo.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2485/5425.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2247/projeto_de_lei_complementar_n_9-2019_-_11.7.201_VcmWqNA.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2248/projeto_de_lei_complementar_no_10-2019_colorido.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2249/projeto_de_lei_complementar_no_11-2019_-_11.7.2_tU8nX8k.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2250/projeto_de_lei_complementar_no_12-2019_-_11.7.2019.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2251/projeto_de_lei_complementar_no_13-2019_-_11.7.2019.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2252/projeto_de_lei_complementar_no_14-2019_-_11.7.2019.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2253/projeto_de_lei_complementar_no_15-2019_-_11.7.2019.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2254/projeto_de_lei_complementar_no_16-2019_-_11.7.2019.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2255/projeto_de_lei_complementar_no_17-2019_-_11.7.2019.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2256/projeto_de_lei_complementar_no_18-2019_-_11.7.2019.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2257/projeto_de_lei_complementar_no_19-2019_-_11.7.2019.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2258/projeto_de_lei_complementar_no_20-2019_-_11.7.2019.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2333/plc_21-2019.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2463/plc_22.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2426/pr_138.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2039/requerimento_-_protocolo_no_38-2019_-_08.02.2019.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2040/requerimento_-_protocolo_no_39-2019_-_08.02.2019.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2041/requerimento_-_protocolo_no_40-2019_-_08.02.2019.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2047/requerimento_-_protocolo_no_092-2019_-_12.02.2019.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2048/requerimento_-_protocolo_no_96-2019_-_19.02.2019.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2058/requerimento_-_protocolo_no_145-2019_-_26.02.2019.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2095/requerimento_-_protocolo_no_224-2019_-_26.03.2019.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2104/requerimento_-_protocolo_no_247-2019_-_02.04.2019.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2118/requerimento_-_protocolo_no_266-2019_-_09042019.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2123/requerimento_-_protocolo_no_272-2019_-_12.04.2019.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2127/requerimento_-_protocolo_no_293-2019_-_16.04.2019.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2139/requerimento_-_protocolo_no_299-2019_-_23.04.2019.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2142/requerimento_-_protocolo_no_302-2019_-_26.04.2019.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2144/req.304_denis.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2157/336.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2161/requerimento_no_342.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2162/requerimento_no_343.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2168/requerimento_no_356.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2171/requerimento_-_protocolo_no_360-2019_-_21.05.2019.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2210/requerimento_-_protocolo_no_441-2019_-_17.6.2019.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2219/requerimento_-_protocolo_no_467-2019_-_25.6.2019.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2224/requerimento_-_protocolo_no_472-2019_-_26.6.2019.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2232/requerimento_-_protocolo_no_486-2019_-_2.7.2019.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2233/requerimento_-_protocolo_no_487-2019_-_2.7.2019.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2288/requerimento_-_protocolo_no_576-2019_-_31.7.2019.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2334/requerimento_-_protocolo_no_669-2019_-_3.9.2019.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2345/requerimento_-_protocolo_no_689-2019_-_10.9.2019.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2358/requerimento_-_protocolo_no_717-2019_-_24.9.2019.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2417/requerimento_-_protocolo_no_833-2019_-_29.10.2019.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2435/requerimento_-_protocolo_no_894-2019_-_12.11.20_7O7s2z5.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2483/requerimento_-_protocolo_no_1016-2019_-_11.12.2019.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2035/requerimento_das_comisoes_-_protocolo_no_33-201_LLM6lUa.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2036/requerimento_das_comisoes_-_protocolo_no_34-201_R0q9gvd.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2037/requerimento_das_comisoes_-_protocolo_no_35-201_ZxVxoLJ.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2038/requerimento_das_comisoes_-_protocolo_no_36-201_cQz8mo8.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2068/requerimento_das_comissoes_-_protocolo_no_155-2_5lBrJgl.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2069/requerimento_-_protocolo_no_169-2019_-_06.03.2019.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2078/requerimento_das_comissoes_-_protocolo_no_183-2_cURx84s.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2079/requerimento_das_comissoes_-_protocolo_no_184-2_7jjNHM8.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2122/requerimento_das_comissoes_-_protocolo_no_270-2_btZ19Iw.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2143/requerimento_das_comissoes_-_protocolo_no_303-2_aI8XCQb.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2155/requerimento_das_comissoes_-_protocolo_no_318-2_htGnj5w.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2156/requerimento_das_comissoes_-_protocolo_no_319-2_DBXJIXR.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2176/requerimento_das_comissoes_-_protocolo_no_372-2_lg0Jimi.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2185/requerimento_das_comissoes_-_protocolo_no_386-2_T91T6Dm.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2186/requerimento_das_comissoes_-_protocolo_no_387-2_PM6X2sU.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2196/requerimento_das_comissoes_-_protocolo_no_408-2_b3ISEWz.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2237/requerimento_das_comissoes_-_protocolo_no_491_-_vox2dWZ.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2259/requerimento_-_protocolo_no_522-2019_-_12.7.2019.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2269/requerimento_das_comissoes_-_protocolo_no_549-2_9q8f6TZ.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2270/requerimento_das_comissoes_-_protocolo_no_550-2_qmi3XxS.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2271/requerimento_das_comissoes_-_protocolo_no_551-2_wJFDkxr.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2272/requerimento_das_comissoes_-_protocolo_no_552-2_jTen1jK.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2273/requerimento_das_comissoes_-_protocolo_no_553-2_G1zcuSs.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2274/requerimento_das_comissoes_-_protocolo_no_554-2_0gNBe1y.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2305/requerimento_das_comissoes_-_protocolo_no_603-2_5yXjsn3.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2306/requerimento_das_comissoes_-_protocolo_no_604-2_pbAUQLi.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2319/requerimento_das_comissoes_-_protocolo_no_633-2_Sb1yr0G.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2337/requerimento_das_comissoes_-_protocolo_no_674-2_Eeh4hv1.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2347/requerimento_das_comissoes_-_protocolo_no_691-2_vrPQ0n9.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2354/requerimento_das_comissoes_-_protocolo_no_706-2_U5ipi6B.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2355/requerimento_das_comissoes_-_protocolo_no_707-2_Pf8q6IQ.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2356/requerimento_das_comissoes_-_protocolo_no_708-2_GmHprxS.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2357/requerimento_das_comissoes_-_protocolo_no_709-2_8q6EBXk.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2364/requerimento_das_comissoes_-_protocolo_no_723-2_LSA5BGd.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2381/requerimento_das_comissoes_-_protocolo_no_747-2_eCcg8CE.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2382/requerimento_das_comissoes_-_protocolo_no_748-2_yY0s2nC.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2396/requerimento_das_comissoes_-_protocolo_no_787-2_yirADOx.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2397/requerimento_das_comissoes_-_protocolo_no_788-2_qIpJkHN.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2404/requerimento_-_protocolo_no_805-2019_-_18.10.2019.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2427/requerimento_das_comissoes_-_protocolo_no_844-2_6KoGexb.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2438/requerimento_das_comissoes_-_protocolo_no_897-2_llbogVY.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2439/requerimento_das_comissoes_-_protocolo_no_898-2_0zQS2fK.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2440/requerimento_das_comissoes_-_protocolo_no_899-2_8gZyFMo.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2441/requerimento_das_comissoes_-_protocolo_no_900-2_IYipmTx.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2445/requerimento_das_comissoes_-_protocolo_no_933-2_CcdFOAi.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2446/requerimento_das_comissoes_-_protocolo_no_934-2_lv6PjNC.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2447/requerimento_das_comissoes_-_protocolo_no_935-2_SeJBlnd.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2458/requerimento_das_comissoes_-_protocolo_no_956-2_EAK0yOR.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2459/requerimento_das_comissoes_-_protocolo_no_957-2_TPZVpvh.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2460/requerimento_das_comissoes_-_protocolo_no_958-2_Z9Xf06V.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2466/requerimento_das_comissoes_-_protocolo_no_988-2_DqKpjBT.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2467/requerimento_das_comissoes_-_protocolo_no_989-2_pMSLkYs.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2468/requerimento_das_comissoes_-_protocolo_no_990-2_2eDWFdG.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2469/requerimento_das_comissoes_-_protocolo_no_991-2_EUsv4j1.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2470/requerimento_das_comissoes_-_protocolo_no_992-2_8sojsoM.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2484/requerimento_das_comissoes_-_protocolo_no_1018-2019_-_13.12.2019.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2489/requerimento_das_comissoes_-_protocolo_no_1048-2019_-_19.12.2019.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2490/requerimento_das_comissoes_-_protocolo_no_1049-2019_-_19.12.2019.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2111/anteprojeto_de_lei_no_4-2019_-_05.04.2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2405/anteprojeto_de_lei_no_2-2019_-_22.10.2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2006/indicacao_n_1-2019_-_17.01.2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2031/indicacao_no_02-2019_-_05.02.2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2057/indicacao_no_3-2019_-_20.02.2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2070/indicacao_no_4-2019_-_14.02.2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2077/indicacao_no_5-2019_-_12.03.2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2080/indicacao_no_6-2019_-_19.03.2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2081/indicacao_no_7-2019_-_19.03.2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2082/indicacao_no_8-2019_-_19.03.2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2087/indicacao_no_9-2019_-_19.03.2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2088/indicacao_no_10-2019_-_25.03.2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2089/indicacao_no_11-2019_-_25.03.2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2094/indicacao_no_12-2019_-_26.03.2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2098/indicacao_no_13-2019_-_27.03.2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2101/indicacao_no_14-2019_-_02.04.2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2102/indicacao_no_15-2019_-_02.04.2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2103/indicacao_no_16-2019_-_02.04.2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2106/indicacao_no_17-2019_-_02.04.2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2107/indicacao_no_18-2019_-_02.04.2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2108/indicacao_no_19-2019_-_02.04.2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2112/indicacao_no20_09.04.2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2113/indicacao_no21_09.04.2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2119/indicacao_no_22-2019_-_09.04.2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2120/indicacao_no_23-2019_-_10.04.2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2121/indicacao_no_24-2019_-_10.04.2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2124/indicacao_no_25-2019_-_12.04.2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2125/indicacao_no_26-2019_-_12.04.2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2128/indicacao_no_27-2019_-_16.04.2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2163/indicacao_no_29.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2164/indicacao_no_30.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2166/indicacao_no_31.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2167/indicacao_no_32.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2169/indicacao_no_33-2019_-_21.05.2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2170/indicacao_no_34-2019_-_21.05.2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2177/indicacao_no_35-2019_-_protocolo_no_373-2019_-__fiOQ3H1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2182/indicacao_no_36-2019_-_28.05.2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2187/indicacao_no_37-2019_-_31.05.2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2188/indicacao_no_38-2019_-_04.06.2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2189/indicacao_no_39-2019_-_04.06.2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2190/indicacao_no_40-2019_-_04.06.2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2191/indicacao_no_41-2019_-_04.06.2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2194/indicacao_no_42-2019_-_5.6.2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2195/indicacao_no_43-2019_-_5.6.2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2200/indicacao_no_44-2019_-_11.6.2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2201/indicacao_no_45-2019_-_11.6.2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2202/indicacao_no_46-2019_-_11.6.2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2205/indicacao_no_47-2019_-_11.6.2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2207/indicacao_no_48-2019_-_13.6.2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2211/indicacao_no_49-2019_-_18.6.2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2212/indicacao_no_50-2019_-_18.6.2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2213/indicacao_no_51-2019_-_18.6.2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2214/indicacao_no_52-2019_-_18.6.2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2229/indicacao_no_53-2019_-_2.7.2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2230/indicacao_no_54-2019_-_2.7.2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2231/indicacao_no_55-2019_-_2.7.2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2234/indicacao_no_56-2019_-_2.7.2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2235/indicacao_no_57-2019_-_2.7.2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2236/indicacao_no_58-2019_-_2.7.2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2243/indicacao_no_59-2019_-_8.7.2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2260/indicacao_no_60-2019_-_12.7.2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2261/indicacao_no_61-2019_-_12.7.2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2262/indicacao_no_62-2019_-_12.7.2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2263/indicacao_no_63-2019_-_12.7.2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2264/indicacao_no_64-2019_-_12.7.2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2267/indicacao_no_65-2019_-_17.7.2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2268/indicacao_no_66-2019_-_17.7.2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2278/indicacao_no_67-2019_-_23.7.2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2279/indicacao_no_68-2019_-_23.7.2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2280/indicacao_no_69-2019_-29.7.2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2281/indicacao_no_70-2019_-29.7.2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2286/indicacao_no_71-2019_-_31.7.2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2287/indicacao_no_72-2019_-_31.7.2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2289/indicacao_no_73-2019_-_1.8.2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2297/indicacao_no_74-2019_-_6.8.2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2302/indicacao_no_75-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2311/indicacao_no_77-2019_-_13.8.2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2312/indicacao_no_78-2019_-_13.8.2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2313/indicacao_no_79-2019_-_13.8.2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2314/indicacao_no_80-2019_-_13.8.2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2324/indicacao_no_81-2019_-_23.8.2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2325/indicacao_no_82-2019_-_23.8.2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2330/indicacao_no_83-2019_-_29.8.2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2335/indicacao_no_84-2019_-_3.9.2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2336/indicacao_no_85-2019_-_3.9.2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2339/indicacao_no_86-2019_-_10.9.2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2343/indicacao_no_87-2019_-_10.9.2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2344/indicacao_no_88-2019_-_10.9.2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2348/indicacao_no_89-2019_-_16.9.2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2361/indicacao_no_90-2019_-_24.9.2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2362/indicacao_91-2019_-_25.9.2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2363/indicacao_92-2019_-_25.9.2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2365/indicacao_no_93-2019_-_27.9.2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2366/indicacao_no_94-2019_-_27.9.2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2393/indicacao_no_95-2019_-_9.10.2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2398/indicacao_no_96-2019_-_15.10.2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2399/indicacao_no_97-2019_-_15.10.2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2406/indicacao_no_98-2019_-_22.10.2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2407/indicacao_no_99-2019_-_22.10.2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2408/indicacao_no_100-2019_-_22.10.2019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2410/indicacao_no_101-2019_-_29.10.2019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2411/indicacao_no_102-2019_-_29.10.2019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2412/indicacao_no_103-2019_-_29.10.2019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2413/indicacao_no_104-2019_-_29.10.2019.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2415/indicacao_no_105-2019_-_29.10.2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2428/indicacao_no_106-2019_-_5.11.2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2429/indicacao_no_107-2019_-_5.11.2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2434/indicacao_no_108-2019_-_12.11.2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2437/indicacao_no_109-2019_-_18.11.2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2442/indicacao_no_110-2019_-_19.11.2019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2443/indicacao_no_111-2019_-_19.11.2019.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2457/indicacao_no_112-2019_-_27.11.2019.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2462/indicacao_no_113-2019_-_2.12.2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2473/indicacao_no_114-2019_-_10.12.2019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2482/indicacao_no_115-2019_-_11.12.2019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2486/indicacao_no_116-2019_-_16.12.2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2487/indicacao_no_117-2019_-_18.12.2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2138/mocao_-_protocolo_no_300-2019_-_30.04.2019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2158/mocao_de_apelo.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2206/mocao_-_protocolo_no_422-2019_-_11.6.2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2275/mocao_-_protocolo_no_556-2019_-_22.7.2019.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2284/mocao_de_aplausos_-_protocolo_no_565-2019_-_29.7.2019.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2285/mocao_de_aplausos_-_protocolo_no_566-2019_-_29.7.2019.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2316/mocao_de_aplausos_-_protocolo_no_606-2019_-_9.8.2019.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2317/mocao_de_aplausos_-_protocolo_no_630-2019_-_14.8.2019.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2329/mocao_de_aplausos_-_protocolo_no_653-2019_-_27.8.2019.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2340/mocao_de_aplausos_-_protocolo_no_683-2019_-_10.9.2019.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2353/mocao_de_aplausos_-_protocolo_no_705-2019_-_17.9.2019.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2383/mocao_de_aplausos_-_protocolo_no_749-2019_-_7.10.2019.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2391/mocao_de_aplausos_-_protocolo_no_781-2019_-_8.10.2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2394/mocao_de_aplausos_-_protocolo_no_773-2019_-_7.10.2019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2395/mocao_de_aplausos_-_protocolo_no_786-2019_-_10.10.2019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2425/mocao_-_protocolo_no_814-2019_-_28.10.2019.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2480/mocao_de_apelo_-_protocolo_no_1004-2019_-_10.12.2019.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2481/mocao_de_aplausos_-_protocolo_no_1005-2019_-_10.12.2019.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2488/mocao_-_protocolo_no_1021-2019_-_16.12.2019.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2491/mocao_-_protocolo_no_1054-2019_-_20.12.2019.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2067/pelom_25-2019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2007/5190_e_emendas_1_e_2_09BIlq9.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2008/5191.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2009/5192.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2010/5193.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2011/5194.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2012/5195.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2013/5196.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2014/5197.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2015/5198.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2016/5199.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2017/5200.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2018/5201.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2019/5202.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2020/5203.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2021/5204_e_emenda_AwQyoLP.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2022/5205.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2023/5206.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2024/5207.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2025/5208.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2026/5209.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2027/5210.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2028/5211.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2029/5212.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2030/5213.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2032/5214_e_emenda.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2033/5215.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2042/5216.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2043/5217.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2044/5218.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2045/5219.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2046/5220.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2049/5221.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2050/5222.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2051/5223.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2052/5224.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2053/5225.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2054/5226.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2055/5227.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2056/5228.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2059/5229.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2060/5230.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2061/5231.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2062/5232.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2063/5233.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2064/5234.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2065/5235.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2066/5236_e_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2071/5237.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2072/5238.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2073/5239.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2074/5240.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2075/5241.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2076/5242.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2083/5243.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2084/5244.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2085/5245.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2086/5246_NSIHrA2.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2090/5247.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2091/5248.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2092/5249.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2093/5250.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2096/5251.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2097/5252.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2099/5253.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2100/5254.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2105/5255.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2109/5256.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2110/5257.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2114/5258.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2115/5259.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2116/5260.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2117/5261_PEc5bzz.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2126/5262.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2129/5263.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2130/5264.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2131/5265.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2132/5266.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2133/5267.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2134/5268.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2135/5269.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2136/5270.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2145/5271.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2146/5272.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2147/5273.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2148/5274.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2149/5275.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2150/5276.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2151/5277.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2152/5278.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2153/5279.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2154/5280.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2159/pl_5281.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2160/pl_5282.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2165/pl_5283.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2172/5284.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2173/5285.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2174/5286.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2175/5287_aZiUHho.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2178/5288.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2179/5289.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2180/5290.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2181/5291.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2183/5292.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2184/5293.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2192/5294.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2193/5295.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2197/5296.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2198/5297.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2199/5298.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2203/5299.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2204/5300.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2208/5301.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2209/5302.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2215/5303.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2216/5304.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2217/5305.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2218/5306.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2220/5307.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2221/5308.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2222/5309.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2223/5310.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2227/5311_DrDMRA8.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2225/5312_44j70pg.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2226/5313.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2228/5314.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2238/5315.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2239/5316.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2240/5317.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2241/5318.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2242/5319.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2244/5320.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2245/5321.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2246/5322.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2265/5323.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2266/5324.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2276/5325_gZI413A.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2277/5326.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2282/5327.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2283/5328.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2290/5329.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2291/5330.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2292/5331.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2293/5332.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2294/5333.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2295/5334.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2296/5335.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2298/5336.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2299/5337.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2300/5338_atualizado.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2301/5339.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2303/5340.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2304/5341.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2308/5342.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2310/5343.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2318/5344.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2320/5345.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2321/5346_U9fxUa4.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2322/5347.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2323/5348.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2326/5349.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2327/5350.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2328/5351.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2331/5352_loa_h8BlxXd.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2332/5353_6dYax5A.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2338/5354.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2341/5355.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2342/5356.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2346/5357.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2349/5358.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2350/5359.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2351/5360.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2352/5361.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2359/5362.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2360/5363.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2367/5364.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2368/5365.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2373/5366_3haME9j.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2369/5367_H3M8RFL.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2370/5368_XU8niAH.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2371/5369_CWzfUj8.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2372/5370_LTFoHiC.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2374/5371.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2375/5372.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2376/5373.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2377/5374_8qSKi2b.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2378/5375.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2379/5376.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2380/5377.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2384/5378_UD7IKGf.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2385/5379_hWoNkKq.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2386/5380.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2387/5381.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2388/5382_pl_e_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2389/5383.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2390/5384.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2392/5385.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2401/pl_no_5386.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2402/pl_no_5387.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2403/pl_no_5388.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2409/5389.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2414/5390.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2416/5391_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2418/5392.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2419/5393.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2420/5394.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2421/5395.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2422/5396.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2423/5397.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2424/5398.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2430/5399.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2431/5400.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2432/5401.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2433/5402.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2436/5403.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2444/5404.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2448/5405_dUBZ83f.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2449/5406.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2450/5407.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2451/5408.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2452/5409.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2453/5410.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2454/5411.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2455/5412.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2456/5413.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2461/5414_ZioQb0n.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2464/5415.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2465/5416.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2471/5417.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2472/5418.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2474/5419_substitutivo_geral_e_original.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2475/5320novo.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2476/5321novo.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2477/5422_substitutivo_geral_e_original.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2478/5423novo.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2479/5424novo.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2485/5425.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2247/projeto_de_lei_complementar_n_9-2019_-_11.7.201_VcmWqNA.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2248/projeto_de_lei_complementar_no_10-2019_colorido.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2249/projeto_de_lei_complementar_no_11-2019_-_11.7.2_tU8nX8k.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2250/projeto_de_lei_complementar_no_12-2019_-_11.7.2019.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2251/projeto_de_lei_complementar_no_13-2019_-_11.7.2019.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2252/projeto_de_lei_complementar_no_14-2019_-_11.7.2019.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2253/projeto_de_lei_complementar_no_15-2019_-_11.7.2019.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2254/projeto_de_lei_complementar_no_16-2019_-_11.7.2019.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2255/projeto_de_lei_complementar_no_17-2019_-_11.7.2019.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2256/projeto_de_lei_complementar_no_18-2019_-_11.7.2019.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2257/projeto_de_lei_complementar_no_19-2019_-_11.7.2019.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2258/projeto_de_lei_complementar_no_20-2019_-_11.7.2019.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2333/plc_21-2019.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2463/plc_22.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2426/pr_138.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2039/requerimento_-_protocolo_no_38-2019_-_08.02.2019.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2040/requerimento_-_protocolo_no_39-2019_-_08.02.2019.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2041/requerimento_-_protocolo_no_40-2019_-_08.02.2019.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2047/requerimento_-_protocolo_no_092-2019_-_12.02.2019.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2048/requerimento_-_protocolo_no_96-2019_-_19.02.2019.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2058/requerimento_-_protocolo_no_145-2019_-_26.02.2019.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2095/requerimento_-_protocolo_no_224-2019_-_26.03.2019.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2104/requerimento_-_protocolo_no_247-2019_-_02.04.2019.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2118/requerimento_-_protocolo_no_266-2019_-_09042019.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2123/requerimento_-_protocolo_no_272-2019_-_12.04.2019.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2127/requerimento_-_protocolo_no_293-2019_-_16.04.2019.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2139/requerimento_-_protocolo_no_299-2019_-_23.04.2019.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2142/requerimento_-_protocolo_no_302-2019_-_26.04.2019.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2144/req.304_denis.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2157/336.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2161/requerimento_no_342.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2162/requerimento_no_343.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2168/requerimento_no_356.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2171/requerimento_-_protocolo_no_360-2019_-_21.05.2019.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2210/requerimento_-_protocolo_no_441-2019_-_17.6.2019.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2219/requerimento_-_protocolo_no_467-2019_-_25.6.2019.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2224/requerimento_-_protocolo_no_472-2019_-_26.6.2019.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2232/requerimento_-_protocolo_no_486-2019_-_2.7.2019.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2233/requerimento_-_protocolo_no_487-2019_-_2.7.2019.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2288/requerimento_-_protocolo_no_576-2019_-_31.7.2019.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2334/requerimento_-_protocolo_no_669-2019_-_3.9.2019.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2345/requerimento_-_protocolo_no_689-2019_-_10.9.2019.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2358/requerimento_-_protocolo_no_717-2019_-_24.9.2019.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2417/requerimento_-_protocolo_no_833-2019_-_29.10.2019.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2435/requerimento_-_protocolo_no_894-2019_-_12.11.20_7O7s2z5.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2483/requerimento_-_protocolo_no_1016-2019_-_11.12.2019.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2035/requerimento_das_comisoes_-_protocolo_no_33-201_LLM6lUa.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2036/requerimento_das_comisoes_-_protocolo_no_34-201_R0q9gvd.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2037/requerimento_das_comisoes_-_protocolo_no_35-201_ZxVxoLJ.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2038/requerimento_das_comisoes_-_protocolo_no_36-201_cQz8mo8.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2068/requerimento_das_comissoes_-_protocolo_no_155-2_5lBrJgl.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2069/requerimento_-_protocolo_no_169-2019_-_06.03.2019.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2078/requerimento_das_comissoes_-_protocolo_no_183-2_cURx84s.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2079/requerimento_das_comissoes_-_protocolo_no_184-2_7jjNHM8.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2122/requerimento_das_comissoes_-_protocolo_no_270-2_btZ19Iw.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2143/requerimento_das_comissoes_-_protocolo_no_303-2_aI8XCQb.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2155/requerimento_das_comissoes_-_protocolo_no_318-2_htGnj5w.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2156/requerimento_das_comissoes_-_protocolo_no_319-2_DBXJIXR.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2176/requerimento_das_comissoes_-_protocolo_no_372-2_lg0Jimi.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2185/requerimento_das_comissoes_-_protocolo_no_386-2_T91T6Dm.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2186/requerimento_das_comissoes_-_protocolo_no_387-2_PM6X2sU.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2196/requerimento_das_comissoes_-_protocolo_no_408-2_b3ISEWz.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2237/requerimento_das_comissoes_-_protocolo_no_491_-_vox2dWZ.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2259/requerimento_-_protocolo_no_522-2019_-_12.7.2019.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2269/requerimento_das_comissoes_-_protocolo_no_549-2_9q8f6TZ.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2270/requerimento_das_comissoes_-_protocolo_no_550-2_qmi3XxS.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2271/requerimento_das_comissoes_-_protocolo_no_551-2_wJFDkxr.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2272/requerimento_das_comissoes_-_protocolo_no_552-2_jTen1jK.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2273/requerimento_das_comissoes_-_protocolo_no_553-2_G1zcuSs.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2274/requerimento_das_comissoes_-_protocolo_no_554-2_0gNBe1y.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2305/requerimento_das_comissoes_-_protocolo_no_603-2_5yXjsn3.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2306/requerimento_das_comissoes_-_protocolo_no_604-2_pbAUQLi.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2319/requerimento_das_comissoes_-_protocolo_no_633-2_Sb1yr0G.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2337/requerimento_das_comissoes_-_protocolo_no_674-2_Eeh4hv1.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2347/requerimento_das_comissoes_-_protocolo_no_691-2_vrPQ0n9.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2354/requerimento_das_comissoes_-_protocolo_no_706-2_U5ipi6B.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2355/requerimento_das_comissoes_-_protocolo_no_707-2_Pf8q6IQ.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2356/requerimento_das_comissoes_-_protocolo_no_708-2_GmHprxS.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2357/requerimento_das_comissoes_-_protocolo_no_709-2_8q6EBXk.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2364/requerimento_das_comissoes_-_protocolo_no_723-2_LSA5BGd.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2381/requerimento_das_comissoes_-_protocolo_no_747-2_eCcg8CE.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2382/requerimento_das_comissoes_-_protocolo_no_748-2_yY0s2nC.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2396/requerimento_das_comissoes_-_protocolo_no_787-2_yirADOx.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2397/requerimento_das_comissoes_-_protocolo_no_788-2_qIpJkHN.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2404/requerimento_-_protocolo_no_805-2019_-_18.10.2019.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2427/requerimento_das_comissoes_-_protocolo_no_844-2_6KoGexb.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2438/requerimento_das_comissoes_-_protocolo_no_897-2_llbogVY.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2439/requerimento_das_comissoes_-_protocolo_no_898-2_0zQS2fK.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2440/requerimento_das_comissoes_-_protocolo_no_899-2_8gZyFMo.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2441/requerimento_das_comissoes_-_protocolo_no_900-2_IYipmTx.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2445/requerimento_das_comissoes_-_protocolo_no_933-2_CcdFOAi.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2446/requerimento_das_comissoes_-_protocolo_no_934-2_lv6PjNC.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2447/requerimento_das_comissoes_-_protocolo_no_935-2_SeJBlnd.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2458/requerimento_das_comissoes_-_protocolo_no_956-2_EAK0yOR.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2459/requerimento_das_comissoes_-_protocolo_no_957-2_TPZVpvh.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2460/requerimento_das_comissoes_-_protocolo_no_958-2_Z9Xf06V.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2466/requerimento_das_comissoes_-_protocolo_no_988-2_DqKpjBT.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2467/requerimento_das_comissoes_-_protocolo_no_989-2_pMSLkYs.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2468/requerimento_das_comissoes_-_protocolo_no_990-2_2eDWFdG.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2469/requerimento_das_comissoes_-_protocolo_no_991-2_EUsv4j1.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2470/requerimento_das_comissoes_-_protocolo_no_992-2_8sojsoM.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2484/requerimento_das_comissoes_-_protocolo_no_1018-2019_-_13.12.2019.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2489/requerimento_das_comissoes_-_protocolo_no_1048-2019_-_19.12.2019.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2019/2490/requerimento_das_comissoes_-_protocolo_no_1049-2019_-_19.12.2019.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H482"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="190.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="138.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="137.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>