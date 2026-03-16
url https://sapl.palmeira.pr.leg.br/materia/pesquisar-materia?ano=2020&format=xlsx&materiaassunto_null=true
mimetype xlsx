--- v0 (2025-11-28)
+++ v1 (2026-03-16)
@@ -54,3678 +54,3678 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2492</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>João Alberto Gaiola</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2492/indicacao_no_1-2020_-_3.1.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2492/indicacao_no_1-2020_-_3.1.2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que seja realizada uma "revisão" no sistema de iluminação pública no Bairro Rocio II, nesta cidade.</t>
   </si>
   <si>
     <t>2627</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2627/indicacao_no_2-2020_-_29.1.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2627/indicacao_no_2-2020_-_29.1.2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que veja a possibilidade de instalar redutor de velocidade, tipo lombada, próximo ao cruzamento das ruas Pedro Moscaleski e Francisco Sink Ferreira no Bairro da Vila Rosa, nesta cidade.</t>
   </si>
   <si>
     <t>2628</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Pastor Anselmo</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2628/indicacao_no_3-2020_-_29.1.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2628/indicacao_no_3-2020_-_29.1.2020.pdf</t>
   </si>
   <si>
     <t>Indica, à Secretaria de Obras e Infraestrutura, que seja realizado patrolamento e cascalhamento em pontos críticos das estradas de roteiro escolar das localidades de Queimadas, Campestrinho e Vileiros.</t>
   </si>
   <si>
     <t>2650</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Everaldo Kuhn</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2650/indicacao_no_4-2020_-_17.2.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2650/indicacao_no_4-2020_-_17.2.2020.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que seja realizado patrolamento e cascalhamento na Rua Manoel Ribas, núcleo Arco-íris, nesta cidade</t>
   </si>
   <si>
     <t>2651</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>João Savi, Denis Sanson</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2651/indicacao_no_5-2020_-_17.2.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2651/indicacao_no_5-2020_-_17.2.2020.pdf</t>
   </si>
   <si>
     <t>Indicam ao Departamento de Trânsito que veja da possibilidade de instalar travessia elevada na Rua João Honório dos Santos, esquina com a Rua Heitor Stockler de França, em frente ao CMEI Cristo Rei, no Bairro Rocio I.</t>
   </si>
   <si>
     <t>2664</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2664/indicacao_no_6-2020_-_21.2.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2664/indicacao_no_6-2020_-_21.2.2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que veja a possibilidade de instalar uma travessia elevada na Rua Moisés Marcondes, junto a ponte (passarela) instalada sobre o Rio Monjolo, nesta cidade.</t>
   </si>
   <si>
     <t>2686</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Gilmar Costa</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2686/indicacao_no_7-2020_-_3.3.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2686/indicacao_no_7-2020_-_3.3.2020.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade de realizar patrolamento e cascalhamento da estrada de Pinheiral de Baixo, no trecho que inicia na propriedade de Luiz Carlos Costa até a propriedade de Vicente Gross.</t>
   </si>
   <si>
     <t>2687</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2687/indicacao_no_8-2020_-_3.3.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2687/indicacao_no_8-2020_-_3.3.2020.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade de realizar alargamento e cascalhamento da estrada de Pinheiral de Baixo, desde a Escola Municipal Compartilhada Pedro Gross Filho até a propriedade de Luiz Carlos Costa.</t>
   </si>
   <si>
     <t>2688</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2688/indicacao_no_9-2020_-_3.3.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2688/indicacao_no_9-2020_-_3.3.2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito que veja da possibilidade de modificar as lombadas existentes nas proximidades da Escola Municipal compartilhada Pedro Gross Filho, de Pinheiral de Baixo, substituindo as mesmas por travessias elevadas.</t>
   </si>
   <si>
     <t>2689</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Gilmar Costa, Rogério Czelusniak</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2689/indicacao_no_10-2020_-_3.3.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2689/indicacao_no_10-2020_-_3.3.2020.pdf</t>
   </si>
   <si>
     <t>Indicam a Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade de realizar patrolamento e cascalhamento da estrada que inicia na PR - 151 até a localidade de Poço Grande.</t>
   </si>
   <si>
     <t>2690</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Denis Sanson, João Savi</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2690/indicacao_no_11-2020_-_3.3.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2690/indicacao_no_11-2020_-_3.3.2020.pdf</t>
   </si>
   <si>
     <t>Indicam à Secretaria Municipal de Obras e Infraestrutura que sejam espalhadas as pedras nas estradas rurais da localidade de Guaraúna dos Borges, que se encontram armazenadas há algum tempo na beira da estrada principal, em frente à igreja naquela localidade.</t>
   </si>
   <si>
     <t>2691</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2691/indicacao_no_12-2020_-_3.3.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2691/indicacao_no_12-2020_-_3.3.2020.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja feita operação tapa buraco na pavimentação asfáltica em Witmarsum, trecho que compete ao Município, iniciando na igreja da torre até a BR 376.</t>
   </si>
   <si>
     <t>2693</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Marcos Ribas</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2693/indicacao_no_13-2020_-_5.3.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2693/indicacao_no_13-2020_-_5.3.2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito que veja da possibilidade de instalar travessia elevada para pedestres em frente ou próxima ao portão do Ypiranga Futebol Clube, localizado na Rua Cel. Otoni Ferreira Maciel, 408.</t>
   </si>
   <si>
     <t>2698</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Denis Sanson</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2698/indicacao_no_14-2020_-_6.3.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2698/indicacao_no_14-2020_-_6.3.2020.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente que veja da possibilidade de realizar a poda de árvores da "pracinha" localizada no Bairro Rocio I, nesta cidade.</t>
   </si>
   <si>
     <t>2715</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Rogério Czelusniak</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2715/indicacao_no_15-2020_-_25.3.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2715/indicacao_no_15-2020_-_25.3.2020.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Esportes e Lazer que veja da possibilidade de realizar a colocação de grama sintética no campo de futebol já existente na localidade de Poço Grande.</t>
   </si>
   <si>
     <t>2716</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2716/indicacao_no_16-2020_-_25.3.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2716/indicacao_no_16-2020_-_25.3.2020.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade de fazer a ligação da rede de água do poço artesiano localizado no "Sítio Vitória".</t>
   </si>
   <si>
     <t>2720</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2720/indicacao_o_17-2020_-_13.4.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2720/indicacao_o_17-2020_-_13.4.2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que seja instalado um redutor de velocidade (lombada), na Rua Basílio Machado, próximo ao número 33 e Supermercado Pingo, Bairro Vila Rosa, nesta cidade.</t>
   </si>
   <si>
     <t>2745</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2745/indicacao_no_18-2020_-_6.5.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2745/indicacao_no_18-2020_-_6.5.2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que sejam realizados serviços de manutenção no Memorial Colônia Cecília, na comunidade de Santa Bárbara, nesta cidade.</t>
   </si>
   <si>
     <t>2761</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2761/indicacao_no_19-2020_-_25.5.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2761/indicacao_no_19-2020_-_25.5.2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito, que veja da possibilidade de refazer a sinalização horizontal na Rua Flávio Santos, nesta cidade.</t>
   </si>
   <si>
     <t>2763</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2763/indicacao_no_20-2020_-_29.5.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2763/indicacao_no_20-2020_-_29.5.2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que sejam trocadas as lâmpadas utilizadas para iluminação pública na Rua Azaleia e, também, no poste central da Praça Amadeu Mário Margraf, no Núcleo João Paulo II, nesta cidade.</t>
   </si>
   <si>
     <t>2786</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2786/indicacao_no_21-2020_-_15.6.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2786/indicacao_no_21-2020_-_15.6.2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito que veja da possibilidade de realizar a colocação de placas indicando a denominação da Rua Ludovico Ristow, no Bairro Regina Vitória.</t>
   </si>
   <si>
     <t>2790</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2790/indicacao_no_22-2020_-_17.6.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2790/indicacao_no_22-2020_-_17.6.2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do poder Executivo que veja da possibilidade de realizar serviços de manutenção em condução de águas (valeta) em um pequeno trecho da estrada de Vieiras, próximo à Escola do Campo de Vieiras, em frente a propriedade do Sr. Vilson Scepanki.</t>
   </si>
   <si>
     <t>2791</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2791/indicacao_no_23-2020_-_17.6.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2791/indicacao_no_23-2020_-_17.6.2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que determine ao setor de trânsito da Prefeitura o estudo e uma solução para aquele pequeno trecho e seu grande problema.</t>
   </si>
   <si>
     <t>2795</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2795/indicacao_no_24-2020_-_22.6.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2795/indicacao_no_24-2020_-_22.6.2020.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Indústria e Comércio que veja da possibilidade de prestar auxílio à Indústria MAM - Gesso Moretti Decorações, inscrita no CNPJ 30.385.896/00001-35, contato (42) 9 9916-7104, para que a mesma possa adquirir terreno do Distrito Industrial.</t>
   </si>
   <si>
     <t>2796</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Arildo Zaleski</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2796/indicacao_no_25-2020_-_23.6.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2796/indicacao_no_25-2020_-_23.6.2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito que veja da possibilidade da construção de redutor de velocidade, tipo lombada, na Rua Gaspar Bertoni, nas proximidades do número 690, no Bairro Rocio I.</t>
   </si>
   <si>
     <t>2803</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2803/indicacao_no_26-2020_-_25.6.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2803/indicacao_no_26-2020_-_25.6.2020.pdf</t>
   </si>
   <si>
     <t>Indicam à Secretaria de Obras e Infraestrutura que sejam efetuadas obras de reparo e reforço da ponte localizada na estrada de Ranchinho, nas proximidades da propriedade de Casemiro Simon.</t>
   </si>
   <si>
     <t>2807</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2807/indicacao_no_27-2020_-_30.6.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2807/indicacao_no_27-2020_-_30.6.2020.pdf</t>
   </si>
   <si>
     <t>Indicam à Secretaria de Obras e Infraestrutura que seja efetuada a colocação de pedras nas duas extremidades da ponte localizada na estrada de Ranchinho, nas proximidades da propriedade de Casemiro Simon.</t>
   </si>
   <si>
     <t>2993</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Arildo Zaleski, Everaldo Kuhn</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2993/indicacao_no_28-2020_-_16.7.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2993/indicacao_no_28-2020_-_16.7.2020.pdf</t>
   </si>
   <si>
     <t>Indicam ao Departamento de Trânsito que veja da possibilidade de realizar colocação de placas indicativas de velocidade permitida na extensão da Avenida das Palmeira, no Bairro Colônia Francesa.</t>
   </si>
   <si>
     <t>2995</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2995/indicacao_no_29-2020_-_21.7.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2995/indicacao_no_29-2020_-_21.7.2020.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizado o patrolamento e cascalhamento da estrada que inicia na PR-151, em Faxinal dos Quartins, nas proximidades do Restaurante Gawlak, passando pela localidade de Canta Galo, até a balsa.</t>
   </si>
   <si>
     <t>2996</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2996/indicacao_no_30-2020_-_21.7.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2996/indicacao_no_30-2020_-_21.7.2020.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizado o patrolamento e cascalhamento da estrada de Pinheiral de Baixo, passando por Pinheiral Serraria até a localidade de Paiol do Fundo.</t>
   </si>
   <si>
     <t>3005</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Everaldo Kuhn, Marcos Ribas</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3005/indicacao_no_31-2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3005/indicacao_no_31-2020.pdf</t>
   </si>
   <si>
     <t>Indicam à Secretaria de Obras e Infraestrutura a realização de pavimentação asfáltica, na Rua Maria Rogalski Passoni, no Bairro Colônia Francesa.</t>
   </si>
   <si>
     <t>3027</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3027/indicacao_no_32-2020_-_14.8.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3027/indicacao_no_32-2020_-_14.8.2020.pdf</t>
   </si>
   <si>
     <t>Indica ao Chefe do Poder Executivo que determine ao setor competente da Prefeitura a realização de um termo de conduta entre a Prefeitura e a empresa Porto de Areia Brasil, determinando a redução da velocidade dos veículos e do empoeiramento das casas e das pessoas, termo este adequado ao bem estar daquela comunidade.</t>
   </si>
   <si>
     <t>3039</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3039/indicacao_no_33-2020_-_25.8.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3039/indicacao_no_33-2020_-_25.8.2020.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizado o patrolamento e cascalhamento da estrada de Pinheiral de Baixo, que passa pela propriedade de Ademar Mayer.</t>
   </si>
   <si>
     <t>3040</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3040/indicacao_no_34-2020_-_25.8.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3040/indicacao_no_34-2020_-_25.8.2020.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizado o patrolamento e cascalhamento da estrada que liga as comunidades de Santa Bárbara e Boqueirão.</t>
   </si>
   <si>
     <t>3041</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3041/indicacao_no_35-2020_-_25.8.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3041/indicacao_no_35-2020_-_25.8.2020.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizado o patrolamento e cascalhamento da estrada que inicia na PR 151, até a comunidade de Santa Bárbara.</t>
   </si>
   <si>
     <t>3048</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Arildo Zaleski, Pastor Anselmo</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3048/indicacao_n.o_36-2020_-_1.9.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3048/indicacao_n.o_36-2020_-_1.9.2020.pdf</t>
   </si>
   <si>
     <t>Indicam à Secretaria de Obras e Infraestrutura a construção de mata-burros e melhorias na estrada que tem início na localidade de Rincão do Cocho, até a propriedade da sra. Maria Nice Ribas, visando facilitar o tráfego e o acesso de caminhão que realiza o transporte de leite produzido naquela região e ainda o tráfego de máquinas utilizadas na agricultura e caminhões que realizam o transporte da safra agrícola. Anexo abaixo-assinado solicitando e reforçando tal proposição.</t>
   </si>
   <si>
     <t>3054</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3054/indicacao_no_37-2020_-_10.9.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3054/indicacao_no_37-2020_-_10.9.2020.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizado o patrolamento e cascalhamento na estrada do Boqueirão, próximo a propriedade do sr. José Banhuk.</t>
   </si>
   <si>
     <t>3059</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3059/indicacao_no_38-2020_-_14.9.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3059/indicacao_no_38-2020_-_14.9.2020.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que providencie o mais breve possível a realização de contenção de águas pluviais que adentram em residências na Avenida 7 de Abril e Pedro Sawatski, no bairro Rocio I, nesta cidade.</t>
   </si>
   <si>
     <t>3088</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3088/indicacao_no_39-2020_-_8.10.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3088/indicacao_no_39-2020_-_8.10.2020.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de patrolamento da estrada que inicia no Posto do Mel, na localidade de Queimadas, até Correias, neste Município.</t>
   </si>
   <si>
     <t>2630</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2630/mocao_-_protocolo_no_29-2020_-_27.1.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2630/mocao_-_protocolo_no_29-2020_-_27.1.2020.pdf</t>
   </si>
   <si>
     <t>Moção de repúdio à empresa Arauco Forest S.A, em razão da deterioração da estrada rural com o frequente trânsito de caminhões com cargas elevadas no trecho entre Vilinha e Rincão do Cocho, bem como do calçamento poliédrico entre Vilinha e Colônia Maciel, comprometendo-se em recuperar o trecho de extração de madeira no prazo de 90 dias e até o momento não efetuando o que foi combinado, pondo em dificuldades as comunidades que se utilizam dessas estradas.</t>
   </si>
   <si>
     <t>2665</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2665/mocao_-_protocolo_no_77-2020_-_17.2.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2665/mocao_-_protocolo_no_77-2020_-_17.2.2020.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos à Allyson Hideo Yamaguchi, pela conquista do 1º lugar na categoria amador master B - Freio do Proprietário.</t>
   </si>
   <si>
     <t>2673</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2673/mocao_-_protocolo_no_90-2020_-_21.2.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2673/mocao_-_protocolo_no_90-2020_-_21.2.2020.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos à Luan Gabardo, por várias conquistas e bom desempenho que vem tendo em provas de gineteada.</t>
   </si>
   <si>
     <t>2717</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2717/mocao_de_apelo_-_protocolo_no_205-2020_-_25.3.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2717/mocao_de_apelo_-_protocolo_no_205-2020_-_25.3.2020.pdf</t>
   </si>
   <si>
     <t>Moção de apelo à Prefeitura Municipal de Palmeira, para que realize com a máxima urgência os procedimentos necessários para reabertura do Hospital Madre Tereza de Calcutá e mantenha o seu devido funcionamento para atender apenas os casos relacionados com a COVID-19.</t>
   </si>
   <si>
     <t>2755</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2755/mocao_-_protocolo_no_312-2020_-_19.5.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2755/mocao_-_protocolo_no_312-2020_-_19.5.2020.pdf</t>
   </si>
   <si>
     <t>Moção de apelo ao excelentíssimo senhor Prefeito Municipal, para que seja liberada a realização presencial de cultos, liturgias, missas, reuniões ou quaisquer outras celebrações religiosas no âmbito do Município de Palmeira.</t>
   </si>
   <si>
     <t>2781</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2781/mocao_de_aplausos_-_protocolo_n.o_343-2020_-_8.6.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2781/mocao_de_aplausos_-_protocolo_n.o_343-2020_-_8.6.2020.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos ao Departamento de Vigilância Epidemiológica, em especial ao enfermeiro epidemiologista Jean Carlos das Almas e à chefe da Vigilância Sanitária Angela Hass Dias, que atuam na linha de frente nas medidas de orientação para os estabelecimentos comerciais e população no enfrentamento da pandemia da Covid-19.</t>
   </si>
   <si>
     <t>2985</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2985/mocao_-_protocolo_no_456-2020_-_7.7.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2985/mocao_-_protocolo_no_456-2020_-_7.7.2020.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos ao Pastor Alceu Borges, pela decorrência dos 18 anos do lançamento da pedra fundamental do novo templo da Igreja do Evangelho Quadrangular de Palmeira.</t>
   </si>
   <si>
     <t>3006</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3006/mocao_-_protocolo_no_512-2020_-_27.7.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3006/mocao_-_protocolo_no_512-2020_-_27.7.2020.pdf</t>
   </si>
   <si>
     <t>Moção de apelo à Presidência do Senado Federal e as Senadores do Estado do Paraná, para que aprovem a Proposta de Emenda à Constituição (PEC) 15/2015, da forma com que foi aprovada pela Câmara dos Deputados.</t>
   </si>
   <si>
     <t>3028</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3028/mocao_de_apelo_-_protocolo_n.o_555-2020_-_14.8.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3028/mocao_de_apelo_-_protocolo_n.o_555-2020_-_14.8.2020.pdf</t>
   </si>
   <si>
     <t>Moção de apelo à empresa Porto de Areia Brasil, que tem suas atividades na Chácara Porto da Canoa, Colônia Primavera, neste Município, para que a mesma providencie a redução de velocidade dos caminhões que transitam na estrada pública da comunidade de Quero-Quero, tendo em vista que os mesmos oferecem alta risco às pessoas e produzem nuvens de poeira altamente prejudicial à saúde das pessoas, como também às residências daquelas comunidades.</t>
   </si>
   <si>
     <t>3049</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3049/mocao_-_protocolo_no_600-2020_-_1.9.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3049/mocao_-_protocolo_no_600-2020_-_1.9.2020.pdf</t>
   </si>
   <si>
     <t>Moção de apelo ao Excelentíssimo Senhor Prefeito Municipal para que destine as pedras paralelepípedos retiradas da Rua Barão do Rio Branco para colocação em ruas do Distrito Industrial.</t>
   </si>
   <si>
     <t>3082</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3082/mocao_-_protocolo_no_663-2020_-_29.9.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3082/mocao_-_protocolo_no_663-2020_-_29.9.2020.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos à AMAS pelos 50 anos de uma linda história no Município de Palmeira.</t>
   </si>
   <si>
     <t>3142</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Moção de aplausos ao Pastor João Vaz, pelos anos que esteve a frente da superintendência da Igreja do Evangelho Quadrangular - Região de Rebouças.</t>
   </si>
   <si>
     <t>3169</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3169/mocao_-_protocolo_no_780-2020_-_29.12.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3169/mocao_-_protocolo_no_780-2020_-_29.12.2020.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos ao escritor palmeirense Rogério Geraldo Lima, pelo Prêmio de Obras Literárias no concurso Outras Palavras, selecionado na categoria Coletânea de Contos e Crônicas com o projeto do livro de contos Contaria, oficializado pela Secretaria de Estado da Comunicação Social e da Cultura do Paraná, promovido através da Lei Aldir Blanc.</t>
   </si>
   <si>
     <t>3170</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3170/mocao_-_protocolo_no_781-2020_-_29.12.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3170/mocao_-_protocolo_no_781-2020_-_29.12.2020.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos ao escritor palmeirense Arnoldo Monteiro Bach, pelo Prêmio Jornada em Reconhecimento à Trajetória, oficializado pela Secretaria de Estado da Comunicação Social e da Cultura do Paraná, promovido através da Lei Aldir Blanc.</t>
   </si>
   <si>
     <t>2714</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CEOFF - Comissão de Economia, Orçamento, Finanças e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2714/projeto_de_decreto_legislativo_no_712-2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2714/projeto_de_decreto_legislativo_no_712-2020.pdf</t>
   </si>
   <si>
     <t>Aprova a prestação de contas do Município de Palmeira, relativas ao exercício financeiro de 2017, e dá outras providências.</t>
   </si>
   <si>
     <t>2792</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2792/projeto_de_decreto_legislativo_713-2020_-_17.6.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2792/projeto_de_decreto_legislativo_713-2020_-_17.6.2020.pdf</t>
   </si>
   <si>
     <t>Aprova a prestação de contas do Município de Palmeira, relativas ao exercício de 2018 e dá outras providências.</t>
   </si>
   <si>
     <t>2793</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2793/projeto_de_decreto_legislativo_714-2020_-_17.6.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2793/projeto_de_decreto_legislativo_714-2020_-_17.6.2020.pdf</t>
   </si>
   <si>
     <t>Desaprova a prestação de contas do termo de adesão n.º 122.012.026-4/2012, referente ao exercício financeiro de 2012 do Município de Palmeira e dá outras providências.</t>
   </si>
   <si>
     <t>2493</t>
   </si>
   <si>
     <t>5426</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2493/5426.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2493/5426.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial e dá outras providências</t>
   </si>
   <si>
     <t>2494</t>
   </si>
   <si>
     <t>5427</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2494/5427.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2494/5427.pdf</t>
   </si>
   <si>
     <t>2495</t>
   </si>
   <si>
     <t>5428</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2495/5428.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2495/5428.pdf</t>
   </si>
   <si>
     <t>2496</t>
   </si>
   <si>
     <t>5429</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2496/5429.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2496/5429.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar e da outras providências.</t>
   </si>
   <si>
     <t>2497</t>
   </si>
   <si>
     <t>5430</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2497/5430.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2497/5430.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial e dá outras providências.</t>
   </si>
   <si>
     <t>2498</t>
   </si>
   <si>
     <t>5431</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2498/5431.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2498/5431.pdf</t>
   </si>
   <si>
     <t>2499</t>
   </si>
   <si>
     <t>5432</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2499/5432.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2499/5432.pdf</t>
   </si>
   <si>
     <t>2500</t>
   </si>
   <si>
     <t>5433</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2500/5433.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2500/5433.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>2629</t>
   </si>
   <si>
     <t>5434</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2629/5434.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2629/5434.pdf</t>
   </si>
   <si>
     <t>Dá denominação à Central de Atendimento ao Cidadão.</t>
   </si>
   <si>
     <t>2631</t>
   </si>
   <si>
     <t>5435</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2631/5435.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2631/5435.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar e dá outras providências</t>
   </si>
   <si>
     <t>2632</t>
   </si>
   <si>
     <t>5436</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2632/5436.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2632/5436.pdf</t>
   </si>
   <si>
     <t>2633</t>
   </si>
   <si>
     <t>5437</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2633/5437.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2633/5437.pdf</t>
   </si>
   <si>
     <t>Dá denominação à rua da cidade</t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
     <t>5438</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2635/5438.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2635/5438.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de equipamento eliminador de ar na tubulação do sistema de abastecimento de água do Município de Palmeira e dá outras providências.</t>
   </si>
   <si>
     <t>2644</t>
   </si>
   <si>
     <t>5439</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2644/5439.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2644/5439.pdf</t>
   </si>
   <si>
     <t>2645</t>
   </si>
   <si>
     <t>5440</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2645/5440.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2645/5440.pdf</t>
   </si>
   <si>
     <t>2646</t>
   </si>
   <si>
     <t>5441</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2646/5441.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2646/5441.pdf</t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
     <t>5442</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2653/5442.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2653/5442.pdf</t>
   </si>
   <si>
     <t>2654</t>
   </si>
   <si>
     <t>5443</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2654/5443.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2654/5443.pdf</t>
   </si>
   <si>
     <t>2655</t>
   </si>
   <si>
     <t>5444</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2655/5444.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2655/5444.pdf</t>
   </si>
   <si>
     <t>2668</t>
   </si>
   <si>
     <t>5445</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2668/5445.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2668/5445.pdf</t>
   </si>
   <si>
     <t>Fixa o subsídio do Prefeito do Município de Palmeira</t>
   </si>
   <si>
     <t>2669</t>
   </si>
   <si>
     <t>5446</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2669/5446.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2669/5446.pdf</t>
   </si>
   <si>
     <t>Fixa o subsídio do Prefeito Municipal e do Vice-prefeito do Município de Palmeira para o período da legislatura de 2021 a 2024</t>
   </si>
   <si>
     <t>2670</t>
   </si>
   <si>
     <t>5447</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2670/5447.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2670/5447.pdf</t>
   </si>
   <si>
     <t>Fixa o subsídio dos secretários, do procurador geral e do chefe de gabinete, todos agentes políticos do Município de Palmeira, para o período da legislatura de 2021 a 2024.</t>
   </si>
   <si>
     <t>2671</t>
   </si>
   <si>
     <t>5448</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2671/5448.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2671/5448.pdf</t>
   </si>
   <si>
     <t>Fixa o subsídio dos Vereadores do Município de Palmeira para o período da legislatura de 2021 a 2024.</t>
   </si>
   <si>
     <t>2676</t>
   </si>
   <si>
     <t>5449</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2676/5449.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2676/5449.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de fomento, ao repasse de recursos financeiros à Associação de Pais e Amigos dos Excepcionais de Palmeira - APAE e dá outras providências.</t>
   </si>
   <si>
     <t>2677</t>
   </si>
   <si>
     <t>5450</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2677/5450corrigido.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2677/5450corrigido.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de via pública urbana do Município de Palmeira</t>
   </si>
   <si>
     <t>2678</t>
   </si>
   <si>
     <t>5451</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2678/5451.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2678/5451.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar terraplanagem em áreas de expansão empresarial que específica e dá outras providências.</t>
   </si>
   <si>
     <t>2679</t>
   </si>
   <si>
     <t>5452</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2679/5452.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2679/5452.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta dispositivo à Lei n.º 4290, de 29 de dezembro de 2016 e dá outras providências.</t>
   </si>
   <si>
     <t>2681</t>
   </si>
   <si>
     <t>5453</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2681/5453.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2681/5453.pdf</t>
   </si>
   <si>
     <t>2682</t>
   </si>
   <si>
     <t>5454</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2682/5454.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2682/5454.pdf</t>
   </si>
   <si>
     <t>2683</t>
   </si>
   <si>
     <t>5455</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2683/5455.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2683/5455.pdf</t>
   </si>
   <si>
     <t>2684</t>
   </si>
   <si>
     <t>5456</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2684/5456.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2684/5456.pdf</t>
   </si>
   <si>
     <t>2685</t>
   </si>
   <si>
     <t>5457</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2685/5457.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2685/5457.pdf</t>
   </si>
   <si>
     <t>Convalida as disposições constantes da Lei n.º 5089, de 13/1/2020, que autoriza a abertura de crédito adicional especial.</t>
   </si>
   <si>
     <t>2700</t>
   </si>
   <si>
     <t>5458</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2700/5458.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2700/5458.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder à concessão de direito real de uso resolúvel de imóvel rural e dá outras providências.</t>
   </si>
   <si>
     <t>2701</t>
   </si>
   <si>
     <t>5459</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2701/5459.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2701/5459.pdf</t>
   </si>
   <si>
     <t>2702</t>
   </si>
   <si>
     <t>5460</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2702/5460.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2702/5460.pdf</t>
   </si>
   <si>
     <t>2703</t>
   </si>
   <si>
     <t>5461</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2703/5461.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2703/5461.pdf</t>
   </si>
   <si>
     <t>2704</t>
   </si>
   <si>
     <t>5462</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2704/5462.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2704/5462.pdf</t>
   </si>
   <si>
     <t>2705</t>
   </si>
   <si>
     <t>5463</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2705/5463.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2705/5463.pdf</t>
   </si>
   <si>
     <t>2706</t>
   </si>
   <si>
     <t>5464</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2706/5464.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2706/5464.pdf</t>
   </si>
   <si>
     <t>2708</t>
   </si>
   <si>
     <t>5465</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2708/5465.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2708/5465.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de fomento, o repasse de recursos financeiros oriundos do Fundo Estadual de Assistência Social - FEAS, à Associação Menonita Beneficente - AMB/Lar LEvi, e dá outras providências.</t>
   </si>
   <si>
     <t>2709</t>
   </si>
   <si>
     <t>5466</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2709/5466.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2709/5466.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de fomento, o repasse de recursos financeiros oriundos do Fundo Nacional de Assistência Social - FNAS, à Associação Menonita Beneficente - AMB/Lar Levi, e dá outras providências.</t>
   </si>
   <si>
     <t>2710</t>
   </si>
   <si>
     <t>5467</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2710/5467.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2710/5467.pdf</t>
   </si>
   <si>
     <t>2711</t>
   </si>
   <si>
     <t>5468</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2711/5468.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2711/5468.pdf</t>
   </si>
   <si>
     <t>2712</t>
   </si>
   <si>
     <t>5469</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2712/5469.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2712/5469.pdf</t>
   </si>
   <si>
     <t>2713</t>
   </si>
   <si>
     <t>5470</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2713/5470.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2713/5470.pdf</t>
   </si>
   <si>
     <t>2721</t>
   </si>
   <si>
     <t>5471</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2721/5471.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2721/5471.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o Município de Palmeira para o exercício financeiro de 2021 e dá outras providências</t>
   </si>
   <si>
     <t>2722</t>
   </si>
   <si>
     <t>5472</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2722/5472.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2722/5472.pdf</t>
   </si>
   <si>
     <t>Autoriza a Abertura de Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>2723</t>
   </si>
   <si>
     <t>5473</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2723/5473.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2723/5473.pdf</t>
   </si>
   <si>
     <t>2724</t>
   </si>
   <si>
     <t>5474</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2724/5474.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2724/5474.pdf</t>
   </si>
   <si>
     <t>Autoriza a Abertura de Crédito Adicional Suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>2725</t>
   </si>
   <si>
     <t>5475</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2725/5475.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2725/5475.pdf</t>
   </si>
   <si>
     <t>2726</t>
   </si>
   <si>
     <t>5476</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2726/5476.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2726/5476.pdf</t>
   </si>
   <si>
     <t>2727</t>
   </si>
   <si>
     <t>5477</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2727/5477.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2727/5477.pdf</t>
   </si>
   <si>
     <t>2728</t>
   </si>
   <si>
     <t>5478</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2728/5478.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2728/5478.pdf</t>
   </si>
   <si>
     <t>2729</t>
   </si>
   <si>
     <t>5479</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2729/5479.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2729/5479.pdf</t>
   </si>
   <si>
     <t>2730</t>
   </si>
   <si>
     <t>5480</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2730/5480.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2730/5480.pdf</t>
   </si>
   <si>
     <t>2731</t>
   </si>
   <si>
     <t>5481</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2731/5481.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2731/5481.pdf</t>
   </si>
   <si>
     <t>2732</t>
   </si>
   <si>
     <t>5482</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2732/5482.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2732/5482.pdf</t>
   </si>
   <si>
     <t>2733</t>
   </si>
   <si>
     <t>5483</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2733/5483.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2733/5483.pdf</t>
   </si>
   <si>
     <t>2734</t>
   </si>
   <si>
     <t>5484</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2734/5484.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2734/5484.pdf</t>
   </si>
   <si>
     <t>2735</t>
   </si>
   <si>
     <t>5485</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2735/5485.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2735/5485.pdf</t>
   </si>
   <si>
     <t>2736</t>
   </si>
   <si>
     <t>5486</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2736/5486.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2736/5486.pdf</t>
   </si>
   <si>
     <t>2737</t>
   </si>
   <si>
     <t>5487</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2737/5487.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2737/5487.pdf</t>
   </si>
   <si>
     <t>2738</t>
   </si>
   <si>
     <t>5488</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2738/5488.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2738/5488.pdf</t>
   </si>
   <si>
     <t>2739</t>
   </si>
   <si>
     <t>5489</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2739/5489.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2739/5489.pdf</t>
   </si>
   <si>
     <t>2740</t>
   </si>
   <si>
     <t>5490</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2740/5490.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2740/5490.pdf</t>
   </si>
   <si>
     <t>2741</t>
   </si>
   <si>
     <t>5491</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2741/5491.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2741/5491.pdf</t>
   </si>
   <si>
     <t>2742</t>
   </si>
   <si>
     <t>5492</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2742/5492.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2742/5492.pdf</t>
   </si>
   <si>
     <t>2743</t>
   </si>
   <si>
     <t>5493</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2743/5493.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2743/5493.pdf</t>
   </si>
   <si>
     <t>2744</t>
   </si>
   <si>
     <t>5494</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2744/pl_no5494.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2744/pl_no5494.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo Único da Lei nº 3.918, de 13, de julho de 2015 e dá outras providências</t>
   </si>
   <si>
     <t>2746</t>
   </si>
   <si>
     <t>5495</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2746/5495.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2746/5495.pdf</t>
   </si>
   <si>
     <t>2747</t>
   </si>
   <si>
     <t>5496</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2747/5496.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2747/5496.pdf</t>
   </si>
   <si>
     <t>2748</t>
   </si>
   <si>
     <t>5497</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2748/5497.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2748/5497.pdf</t>
   </si>
   <si>
     <t>2749</t>
   </si>
   <si>
     <t>5498</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2749/5498.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2749/5498.pdf</t>
   </si>
   <si>
     <t>2750</t>
   </si>
   <si>
     <t>5499</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2750/5499.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2750/5499.pdf</t>
   </si>
   <si>
     <t>2751</t>
   </si>
   <si>
     <t>5500</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2751/5500.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2751/5500.pdf</t>
   </si>
   <si>
     <t>2752</t>
   </si>
   <si>
     <t>5501</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2752/5501.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2752/5501.pdf</t>
   </si>
   <si>
     <t>2753</t>
   </si>
   <si>
     <t>5502</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2753/5502.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2753/5502.pdf</t>
   </si>
   <si>
     <t>2754</t>
   </si>
   <si>
     <t>5503</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2754/5503.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2754/5503.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei n.º 4.855, de 28 de dezembro de 2018.</t>
   </si>
   <si>
     <t>2756</t>
   </si>
   <si>
     <t>5504</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2756/5504.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2756/5504.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de colaboração, o repasse de recursos financeiros ao Hospital de Caridade de Palmeira e dá outras providências</t>
   </si>
   <si>
     <t>2757</t>
   </si>
   <si>
     <t>5505</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2757/5505.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2757/5505.pdf</t>
   </si>
   <si>
     <t>Acrescenta, altera e revoga dispositivos da Lei n.º 4.180, de 11 de agosto de 2016 e dá outras providências</t>
   </si>
   <si>
     <t>2758</t>
   </si>
   <si>
     <t>5506</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2758/5506.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2758/5506.pdf</t>
   </si>
   <si>
     <t>2759</t>
   </si>
   <si>
     <t>5507</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2759/5507.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2759/5507.pdf</t>
   </si>
   <si>
     <t>2760</t>
   </si>
   <si>
     <t>5508</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2760/5508.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2760/5508.pdf</t>
   </si>
   <si>
     <t>2762</t>
   </si>
   <si>
     <t>5509</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2762/5509.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2762/5509.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação Atlética Banco do Brasil Palmeira (PR).</t>
   </si>
   <si>
     <t>2764</t>
   </si>
   <si>
     <t>5510</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2764/5510.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2764/5510.pdf</t>
   </si>
   <si>
     <t>Dá denominação à rua da cidade.</t>
   </si>
   <si>
     <t>2765</t>
   </si>
   <si>
     <t>5511</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2765/5511.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2765/5511.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 2.404, de 30 de setembro de 2005, que reorganizou o Regime Próprio de Previdência Social - RPPS do Município de Palmeira.</t>
   </si>
   <si>
     <t>2766</t>
   </si>
   <si>
     <t>5512</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2766/5512c.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2766/5512c.pdf</t>
   </si>
   <si>
     <t>Altera e inclui dispositivos na Lei nº 1700, de 27 de março de 1994, que dispõe sobre o Regime Jurídico Único dos Servidores Públicos Municipais da Administração Direta e Indireta e Câmara Municipal de Palmeira, bem como revoga dispositivos da Lei nº 2404, de 30 de setembro de 2005, que reorganiza o Regime Próprio de Previdência Social - RPPS do Município de Palmeira e dá outras providências.</t>
   </si>
   <si>
     <t>2767</t>
   </si>
   <si>
     <t>5513</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2767/5513.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2767/5513.pdf</t>
   </si>
   <si>
     <t>2768</t>
   </si>
   <si>
     <t>5514</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2768/5514.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2768/5514.pdf</t>
   </si>
   <si>
     <t>2769</t>
   </si>
   <si>
     <t>5515</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2769/5515.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2769/5515.pdf</t>
   </si>
   <si>
     <t>2770</t>
   </si>
   <si>
     <t>5516</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2770/5516.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2770/5516.pdf</t>
   </si>
   <si>
     <t>2771</t>
   </si>
   <si>
     <t>5517</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2771/5517.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2771/5517.pdf</t>
   </si>
   <si>
     <t>2772</t>
   </si>
   <si>
     <t>5518</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2772/5518.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2772/5518.pdf</t>
   </si>
   <si>
     <t>2773</t>
   </si>
   <si>
     <t>5519</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2773/5519.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2773/5519.pdf</t>
   </si>
   <si>
     <t>2774</t>
   </si>
   <si>
     <t>5520</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2774/5520.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2774/5520.pdf</t>
   </si>
   <si>
     <t>Reconhece, no âmbito do Município de Palmeira, a visão monocular como deficiência sensorial do tipo visual e dá outras providências.</t>
   </si>
   <si>
     <t>2776</t>
   </si>
   <si>
     <t>5521</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2776/5521.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2776/5521.pdf</t>
   </si>
   <si>
     <t>2777</t>
   </si>
   <si>
     <t>5522</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2777/5522.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2777/5522.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de cooperação, a concessão de uso gratuito de bem públicos à organização da sociedade civil que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>2778</t>
   </si>
   <si>
     <t>5523</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2778/5523.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2778/5523.pdf</t>
   </si>
   <si>
     <t>2779</t>
   </si>
   <si>
     <t>5524</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2779/5524.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2779/5524.pdf</t>
   </si>
   <si>
     <t>2780</t>
   </si>
   <si>
     <t>5525</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2780/5525.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2780/5525.pdf</t>
   </si>
   <si>
     <t>2787</t>
   </si>
   <si>
     <t>5526</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2787/5526.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2787/5526.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Estratégia de Saúde da Família - ESF, da localidade de Vieiras.</t>
   </si>
   <si>
     <t>2788</t>
   </si>
   <si>
     <t>5527</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2788/5527.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2788/5527.pdf</t>
   </si>
   <si>
     <t>2789</t>
   </si>
   <si>
     <t>5528</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2789/5528.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2789/5528.pdf</t>
   </si>
   <si>
     <t>2797</t>
   </si>
   <si>
     <t>5529</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2797/5529ematriculas.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2797/5529ematriculas.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder a concessão de direito real de uso resolúvel de imóveis urbanos e dá outras providências.</t>
   </si>
   <si>
     <t>2798</t>
   </si>
   <si>
     <t>5530</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2798/5530.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2798/5530.pdf</t>
   </si>
   <si>
     <t>2799</t>
   </si>
   <si>
     <t>5531</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2799/5531.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2799/5531.pdf</t>
   </si>
   <si>
     <t>2800</t>
   </si>
   <si>
     <t>5532</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2800/5532.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2800/5532.pdf</t>
   </si>
   <si>
     <t>2801</t>
   </si>
   <si>
     <t>5533</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2801/5533.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2801/5533.pdf</t>
   </si>
   <si>
     <t>2802</t>
   </si>
   <si>
     <t>5534</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2802/5534.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2802/5534.pdf</t>
   </si>
   <si>
     <t>2808</t>
   </si>
   <si>
     <t>5535</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2808/5535.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2808/5535.pdf</t>
   </si>
   <si>
     <t>2809</t>
   </si>
   <si>
     <t>5536</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2809/5536.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2809/5536.pdf</t>
   </si>
   <si>
     <t>2810</t>
   </si>
   <si>
     <t>5537</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2810/5537.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2810/5537.pdf</t>
   </si>
   <si>
     <t>2811</t>
   </si>
   <si>
     <t>5538</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2811/5538.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2811/5538.pdf</t>
   </si>
   <si>
     <t>2977</t>
   </si>
   <si>
     <t>5539</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2977/5539.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2977/5539.pdf</t>
   </si>
   <si>
     <t>2978</t>
   </si>
   <si>
     <t>5540</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2978/5540.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2978/5540.pdf</t>
   </si>
   <si>
     <t>2979</t>
   </si>
   <si>
     <t>5541</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2979/5541.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2979/5541.pdf</t>
   </si>
   <si>
     <t>2980</t>
   </si>
   <si>
     <t>5542</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2980/5542.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2980/5542.pdf</t>
   </si>
   <si>
     <t>2981</t>
   </si>
   <si>
     <t>5543</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2981/5543.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2981/5543.pdf</t>
   </si>
   <si>
     <t>2982</t>
   </si>
   <si>
     <t>5544</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2982/5544.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2982/5544.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a adquirir bens imóveis, mediante doação com encargos e dá outras providências.</t>
   </si>
   <si>
     <t>2986</t>
   </si>
   <si>
     <t>5545</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2986/5545.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2986/5545.pdf</t>
   </si>
   <si>
     <t>2987</t>
   </si>
   <si>
     <t>5546</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2987/5546.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2987/5546.pdf</t>
   </si>
   <si>
     <t>2988</t>
   </si>
   <si>
     <t>5547</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2988/5547.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2988/5547.pdf</t>
   </si>
   <si>
     <t>2989</t>
   </si>
   <si>
     <t>5548</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2989/5548.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2989/5548.pdf</t>
   </si>
   <si>
     <t>2990</t>
   </si>
   <si>
     <t>5549</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2990/5549.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2990/5549.pdf</t>
   </si>
   <si>
     <t>2991</t>
   </si>
   <si>
     <t>5550</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2991/5550.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2991/5550.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a largura das estradas rurais municipais e respectivas faixas de domínio, fixa limitações de uso, autoriza o recebimento de áreas em doação mediante isenção da contribuição de melhorias e dá outras providências.</t>
   </si>
   <si>
     <t>2992</t>
   </si>
   <si>
     <t>5551</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2992/5551.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2992/5551.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de cooperação, o repasse de cestas básicas alimentícias às Organizações da Sociedade Civil que específica, nos termos da portaria 369/2020 do Ministério da Cidadania e dá outras providências.</t>
   </si>
   <si>
     <t>2997</t>
   </si>
   <si>
     <t>5552</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2997/5552.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2997/5552.pdf</t>
   </si>
   <si>
     <t>2998</t>
   </si>
   <si>
     <t>5553</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2998/5553.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2998/5553.pdf</t>
   </si>
   <si>
     <t>3001</t>
   </si>
   <si>
     <t>5554</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3001/5554.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3001/5554.pdf</t>
   </si>
   <si>
     <t>3002</t>
   </si>
   <si>
     <t>5555</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3002/5555.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3002/5555.pdf</t>
   </si>
   <si>
     <t>Dá denominação ao prédio da Câmara Municipal de Palmeira.</t>
   </si>
   <si>
     <t>3003</t>
   </si>
   <si>
     <t>5556</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3003/5556.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3003/5556.pdf</t>
   </si>
   <si>
     <t>3004</t>
   </si>
   <si>
     <t>5557</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3004/5557.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3004/5557.pdf</t>
   </si>
   <si>
     <t>3008</t>
   </si>
   <si>
     <t>5558</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3008/5558.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3008/5558.pdf</t>
   </si>
   <si>
     <t>Altera os anexo I, IV e V da Lei Municipal n.º 4132, de 17 de maio de 2016, revoga a Lei Municipal n.º 2983, de 28 de outubro de 2009 e dá outras providências.</t>
   </si>
   <si>
     <t>3010</t>
   </si>
   <si>
     <t>5559</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3010/5559_e_matricula.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3010/5559_e_matricula.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo efetivar a transferência de propriedade de imóvel urbano à empresa Agropecuária Ipê Amarelo, e dá outras providências.</t>
   </si>
   <si>
     <t>3011</t>
   </si>
   <si>
     <t>5560</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3011/5560.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3011/5560.pdf</t>
   </si>
   <si>
     <t>3012</t>
   </si>
   <si>
     <t>5561</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3012/5561.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3012/5561.pdf</t>
   </si>
   <si>
     <t>3013</t>
   </si>
   <si>
     <t>5562</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3013/5562.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3013/5562.pdf</t>
   </si>
   <si>
     <t>3018</t>
   </si>
   <si>
     <t>5563</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3018/5563.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3018/5563.pdf</t>
   </si>
   <si>
     <t>3019</t>
   </si>
   <si>
     <t>5564</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3019/5564.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3019/5564.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação de imóvel público, situado no loteamento Jardim Residencial Santa Helena e dá outras providências.</t>
   </si>
   <si>
     <t>3029</t>
   </si>
   <si>
     <t>5565</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3029/5565.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3029/5565.pdf</t>
   </si>
   <si>
     <t>3030</t>
   </si>
   <si>
     <t>5566</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3030/5566.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3030/5566.pdf</t>
   </si>
   <si>
     <t>3031</t>
   </si>
   <si>
     <t>5567</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3031/5567.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3031/5567.pdf</t>
   </si>
   <si>
     <t>3032</t>
   </si>
   <si>
     <t>5568</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3032/5568.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3032/5568.pdf</t>
   </si>
   <si>
     <t>3033</t>
   </si>
   <si>
     <t>5569</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3033/5569.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3033/5569.pdf</t>
   </si>
   <si>
     <t>3037</t>
   </si>
   <si>
     <t>5570</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3037/5570_e_matricula.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3037/5570_e_matricula.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder à concessão de direito real de uso resolúvel de imóvel urbano e dá outras providências.</t>
   </si>
   <si>
     <t>3038</t>
   </si>
   <si>
     <t>5571</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3038/5571.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3038/5571.pdf</t>
   </si>
   <si>
     <t>3043</t>
   </si>
   <si>
     <t>5572</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3043/5572.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3043/5572.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Palmeira para o exercício financeiro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>3044</t>
   </si>
   <si>
     <t>5573</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3044/5573.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3044/5573.pdf</t>
   </si>
   <si>
     <t>3045</t>
   </si>
   <si>
     <t>5574</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3045/5574.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3045/5574.pdf</t>
   </si>
   <si>
     <t>3046</t>
   </si>
   <si>
     <t>5575</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3046/5575.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3046/5575.pdf</t>
   </si>
   <si>
     <t>3047</t>
   </si>
   <si>
     <t>5576</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3047/5576.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3047/5576.pdf</t>
   </si>
   <si>
     <t>3050</t>
   </si>
   <si>
     <t>5577</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3050/5577.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3050/5577.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a remoção de dispositivos inservíveis dos serviços de telecomunicações e de distribuição de energia elétrica dos locais públicos e dá outras providências.</t>
   </si>
   <si>
     <t>3051</t>
   </si>
   <si>
     <t>5578</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3051/5578_e_matricula.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3051/5578_e_matricula.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder a concessão de direito real de uso resolúvel de imóvel urbano e dá outras providências.</t>
   </si>
   <si>
     <t>3052</t>
   </si>
   <si>
     <t>5579</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3052/5579_e_matricula.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3052/5579_e_matricula.pdf</t>
   </si>
   <si>
     <t>3055</t>
   </si>
   <si>
     <t>5580</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3055/5580.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3055/5580.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Associação Valores em Construção - ASVEC.</t>
   </si>
   <si>
     <t>3060</t>
   </si>
   <si>
     <t>5581</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3060/5581.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3060/5581.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo a proceder a concessão de direito real de uso resolúvel de imóveis urbanos e dá outras providências.</t>
   </si>
   <si>
     <t>3061</t>
   </si>
   <si>
     <t>5582</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3061/5582.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3061/5582.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de fomento, o repasse de recursos financeiros à Associação de Pais e Amigos dos Excepcionais de Palmeira - APAE e dá outras providências.</t>
   </si>
   <si>
     <t>3062</t>
   </si>
   <si>
     <t>5583</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3062/5583_novo.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3062/5583_novo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação de pessoal por tempo determinado para atender a necessidade temporária de excepcional interesse público, vincula à Secretaria Municipal de Assistência Social, nos termos do inciso IX do art. 37 da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>3063</t>
   </si>
   <si>
     <t>5584</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3063/5584.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3063/5584.pdf</t>
   </si>
   <si>
     <t>3064</t>
   </si>
   <si>
     <t>5585</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3064/5585.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3064/5585.pdf</t>
   </si>
   <si>
     <t>3065</t>
   </si>
   <si>
     <t>5586</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3065/5586.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3065/5586.pdf</t>
   </si>
   <si>
     <t>3066</t>
   </si>
   <si>
     <t>5587</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3066/5587.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3066/5587.pdf</t>
   </si>
   <si>
     <t>3067</t>
   </si>
   <si>
     <t>5588</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3067/5588.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3067/5588.pdf</t>
   </si>
   <si>
     <t>3074</t>
   </si>
   <si>
     <t>5589</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3074/5589.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3074/5589.pdf</t>
   </si>
   <si>
     <t>3075</t>
   </si>
   <si>
     <t>5590</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3075/5590.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3075/5590.pdf</t>
   </si>
   <si>
     <t>3076</t>
   </si>
   <si>
     <t>5591</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3076/5591.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3076/5591.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de via pública urbana do Município de Palmeira.</t>
   </si>
   <si>
     <t>3077</t>
   </si>
   <si>
     <t>5592</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3077/5592.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3077/5592.pdf</t>
   </si>
   <si>
     <t>3078</t>
   </si>
   <si>
     <t>5593</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3078/5593_novo.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3078/5593_novo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de fomento, o repasse de recursos financeiros destinados ao projeto "Orquestra Tom Jobim", aprovado pela Resolução 17/2019 - CMDCA e dá outras providências.</t>
   </si>
   <si>
     <t>3079</t>
   </si>
   <si>
     <t>5594</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3079/5594.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3079/5594.pdf</t>
   </si>
   <si>
     <t>3080</t>
   </si>
   <si>
     <t>5595</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3080/5595.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3080/5595.pdf</t>
   </si>
   <si>
     <t>3081</t>
   </si>
   <si>
     <t>5596</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3081/5596.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3081/5596.pdf</t>
   </si>
   <si>
     <t>Altera a redação do caput do art. 7º da Lei Municipal 2404, de 30 de setembro de 2005, que reorganiza o Regime Próprio de Previdência Social - RPPS do Município de Palmeira.</t>
   </si>
   <si>
     <t>3084</t>
   </si>
   <si>
     <t>5597</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3084/5597.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3084/5597.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de vias públicas, situadas no perímetro urbano de Witmarsum.</t>
   </si>
   <si>
     <t>3085</t>
   </si>
   <si>
     <t>5598</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3085/5598.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3085/5598.pdf</t>
   </si>
   <si>
     <t>3086</t>
   </si>
   <si>
     <t>5599</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3086/5599.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3086/5599.pdf</t>
   </si>
   <si>
     <t>3089</t>
   </si>
   <si>
     <t>5600</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3089/5600.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3089/5600.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de destinação de imóvel público e dá outras providências.</t>
   </si>
   <si>
     <t>3090</t>
   </si>
   <si>
     <t>5601</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3090/5601.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3090/5601.pdf</t>
   </si>
   <si>
     <t>3091</t>
   </si>
   <si>
     <t>5602</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3091/5602.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3091/5602.pdf</t>
   </si>
   <si>
     <t>3092</t>
   </si>
   <si>
     <t>5603</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3092/5603.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3092/5603.pdf</t>
   </si>
   <si>
     <t>3093</t>
   </si>
   <si>
     <t>5604</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3093/5604.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3093/5604.pdf</t>
   </si>
   <si>
     <t>3095</t>
   </si>
   <si>
     <t>5605</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3095/5605.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3095/5605.pdf</t>
   </si>
   <si>
     <t>3146</t>
   </si>
   <si>
     <t>5606</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3146/5606.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3146/5606.pdf</t>
   </si>
   <si>
     <t>3147</t>
   </si>
   <si>
     <t>5607</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3147/5607.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3147/5607.pdf</t>
   </si>
   <si>
     <t>3148</t>
   </si>
   <si>
     <t>5608</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3148/5608.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3148/5608.pdf</t>
   </si>
   <si>
     <t>3151</t>
   </si>
   <si>
     <t>5609</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3151/5609.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3151/5609.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Municipal do Trabalho do Município de Palmeira e dá outras providências.</t>
   </si>
   <si>
     <t>3152</t>
   </si>
   <si>
     <t>5610</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3152/5610.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3152/5610.pdf</t>
   </si>
   <si>
     <t>3153</t>
   </si>
   <si>
     <t>5611</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3153/5611.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3153/5611.pdf</t>
   </si>
   <si>
     <t>Estabelece normas para regularização das obras construídas em desacordo com lei de uso e ocupação do solo e dá outras providências.</t>
   </si>
   <si>
     <t>3154</t>
   </si>
   <si>
     <t>5612</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3154/5612.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3154/5612.pdf</t>
   </si>
   <si>
     <t>3155</t>
   </si>
   <si>
     <t>5613</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3155/5613.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3155/5613.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de cooperação, a permissão de uso gratuito de bem público à organização da sociedade civil que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>3156</t>
   </si>
   <si>
     <t>5614</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3156/5614.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3156/5614.pdf</t>
   </si>
   <si>
     <t>3157</t>
   </si>
   <si>
     <t>5615</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3157/5615.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3157/5615.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de cooperação, o repasse de kits contendo máscaras descartáveis, álcool em gel e sabonete líquido, como medidas de prevenção da COVID-19 às organizações da sociedade civil que especifica, nos termos da portaria n.º 467/2020, do Ministério da Cidadania e dá outras providências.</t>
   </si>
   <si>
     <t>3158</t>
   </si>
   <si>
     <t>5616</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3158/5616.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3158/5616.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei n.º 5.073, de 11 de dezembro de 2019, que autoriza o Poder Executivo a proceder, mediante termo de colaboração, o repasse de recursos financeiros à Associação de Pais e Amigos dos Excepcionais de Palmeira - APAE e dá outras providências.</t>
   </si>
   <si>
     <t>3159</t>
   </si>
   <si>
     <t>5617</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3159/5617.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3159/5617.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação de pessoal por tempo determinado, para atender a necessidade temporária de excepcional interesse público, vincula ao Regime Próprio de Previdência Social, nos termos do inciso IX do art. 37 da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>3160</t>
   </si>
   <si>
     <t>5618</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3160/5618.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3160/5618.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de colaboração, o repasse de recursos financeiros às organizações da sociedade civil que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>3162</t>
   </si>
   <si>
     <t>5619</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3162/5619.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3162/5619.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Sociedade Recreativa Beneficente Palmeirense.</t>
   </si>
   <si>
     <t>3163</t>
   </si>
   <si>
     <t>5620</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3163/5620.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3163/5620.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder incentivo de infraestrutura para área de expansão empresarial que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>3165</t>
   </si>
   <si>
     <t>5621</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3165/5621.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3165/5621.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de cooperação, a doação de equipamentos à organização da sociedade covil que especifica, nos termos da programação nº 4117700120180002, do Ministério do Desenvolvimento Social e dá outras providências.</t>
   </si>
   <si>
     <t>2656</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2656/projeto_de_lei_complementar_23-2020_-_18.2.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2656/projeto_de_lei_complementar_23-2020_-_18.2.2020.pdf</t>
   </si>
   <si>
     <t>Altera a redação do caput do art. 14, do caput do art. 20, do caput do art. 30, do caput do art. 47, do § 4º do art. 48, acrescenta o § 5º ao art. 47 e revoga os incisos II e III do art. 18, da Lei Complementar n.º 12 de 29/11/2019, que dispõe sobre os condomínios no Município de Palmeira.</t>
   </si>
   <si>
     <t>2657</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2657/projeto_de_lei_complementar_24-2020_-_18.2.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2657/projeto_de_lei_complementar_24-2020_-_18.2.2020.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar n.º 13 de 29/11/2019, que dispõe sobre o parcelamento e remembramento do solo urbano do Município de Palmeira (altera a redação do caput do art. 8º, do caput do art. 14, do caput do art. 19, dos incisos III e IV do art. 31, dos incisos III e IV do art. 32 e revoga o inciso I do art. 6º, o parágrafo único do art. 15 e o parágrafo único do art. 29).</t>
   </si>
   <si>
     <t>2658</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2658/projeto_de_lei_complementar_25-2020_-_18.2.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2658/projeto_de_lei_complementar_25-2020_-_18.2.2020.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar n.º 14 de 12/12/2019, que dispõe sobre o uso e a ocupação do solo no Município de Palmeira (altera a redação do § 3º do art. 15 e os quadros 4.1.1, 4.1.2, 4.1.3, 4.1.4, 4.1.5, 4.1.6, 4.1.7, 4.1.8, 4.1.9, 4.1.10, 4.1.12 e 4.1.13 do anexo IV).</t>
   </si>
   <si>
     <t>2659</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2659/projeto_de_lei_complementar_26-2020_-_18.2.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2659/projeto_de_lei_complementar_26-2020_-_18.2.2020.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar n.º 15 de 12/12/2019, que dispõe sobre o código de obras do Município de Palmeira (revoga a alínea g do inciso V do art. 17, o incido I do § 2º do art. 18, o caput do art. 44, o caput e os incisos I a V do art. 51, os incisos I e II do art. 58 e o parágrafo único do art. 74, altera o § 4º do art. 58, o caput do art. 60, o caput do art. 79, o inciso II do art. 81 e os anexo II, V e X e acrescenta os §§ 1º, 2º e 3º art. 61).</t>
   </si>
   <si>
     <t>2680</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2680/projeto_de_lei_complementar_no_27-2020_-_3.3.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2680/projeto_de_lei_complementar_no_27-2020_-_3.3.2020.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar nº 16 de 12/12/2019, que dispõe sobre o Plano Diretor do Município de Palmeira (altera as alíneas a, b e c do inciso II do § 1º do art. 41, o título da seção II, a redação do caput do art. 56, a redação do caput do art. 58, a redação do inciso I e acrescenta o inciso XIV ao art. 59)</t>
   </si>
   <si>
     <t>2775</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2775/projeto_de_lei_complementar_28-2020_-_4.6.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2775/projeto_de_lei_complementar_28-2020_-_4.6.2020.pdf</t>
   </si>
   <si>
     <t>3143</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3143/29.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3143/29.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o sistema tributário municipal e as normas de direito tributário aplicáveis ao município de Palmeira, aprova o código tributário e dá outras providências.</t>
   </si>
   <si>
     <t>2812</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2812/projeto_de_resolucao_139-2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2812/projeto_de_resolucao_139-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a gravação em áudio e vídeo das reuniões da Câmara de Vereadores de Palmeira.</t>
   </si>
   <si>
     <t>3009</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>CCLJR - Comissão de Constituição, Legislação, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3009/pr_140.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3009/pr_140.pdf</t>
   </si>
   <si>
     <t>Altera o Regimento Interno da Câmara Municipal de Palmeira (Resolução n.º 116, de 16 de novembro de 2016).</t>
   </si>
   <si>
     <t>3036</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3036/pr_141.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3036/pr_141.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1º da Resolução n.º 136, de 23/7/2020, que dispõe sobre a gravação em áudio e vídeo das reuniões oficiais da Câmara de Vereadores de Palmeira.</t>
   </si>
   <si>
     <t>2626</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2626/requerimento_no_1-2020_-_24.1.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2626/requerimento_no_1-2020_-_24.1.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Finanças, solicitando informações se a empresa Arauco Forest Brasil S.A., inscrita no C.N.P.J. 00.198.057/0001-47 realizou a retirada da nota do produtor no ano de 2019 até janeiro de 2020.</t>
   </si>
   <si>
     <t>2634</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2634/requerimento_no_2-2020_-_4.2.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2634/requerimento_no_2-2020_-_4.2.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente ao Chefe do Poder Executivo Municipal, para que forneça informações sobre o desmembramento de lotes executado na Colônia de Witmarsum, neste Município, conforme croqui em anexo, denominado Loteamento Centro Empresarial dos Campos Gerais na Cidade de Palmeira/PR, de propriedade de ABP Administradora de Bens Próprios LTDA. - E.P.P, e cópias dos projetos e documentos totais do trâmite do processo de aprovação, com documentos comprobatórios da aprovação municipal técnica e ambiental, e ainda informações de áreas destinadas ao Poder Público, conforme legislação vigente da data da aprovação.</t>
   </si>
   <si>
     <t>2637</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2637/requerimento_no_3-2020_-_7.2.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2637/requerimento_no_3-2020_-_7.2.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Obras e Infraestrutura, solicitando as seguintes informações acerca da retirada de pedras para outros Municípios da pedreira localizada em Campestre de Vieiras: explicações a respeito de caminhões do Município de São João do Triunfo estarem transportando pedras desta pedreira; qual a negociação realizada entre os dois Municípios; qual a quantidade de pedra que já foi retirada e que ainda será; qual a finalidade destas pedras e onde foram e serão utilizadas.</t>
   </si>
   <si>
     <t>2638</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2638/requerimento_no_4-2020_-_7.2.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2638/requerimento_no_4-2020_-_7.2.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 60 dias para emitir o parecer à emenda protocolada sob n.º 960/2019.</t>
   </si>
   <si>
     <t>2639</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2639/requerimento_no_5-2020_-_7.2.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2639/requerimento_no_5-2020_-_7.2.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 7 dias para emitir os pareceres aos projetos de lei 5434 e 5437.</t>
   </si>
   <si>
     <t>2640</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2640/requerimento_no_6-2020_-_7.2.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2640/requerimento_no_6-2020_-_7.2.2020.pdf</t>
   </si>
   <si>
     <t>2641</t>
   </si>
   <si>
     <t>CECBESMA - Comissão de Educação, Cultura, Bem-estar Social e Meio Ambiente</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2641/requerimento_no_7-2020_-_7.2.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2641/requerimento_no_7-2020_-_7.2.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 120 dias para emitir os pareceres aos projetos de lei 4857 e 5404.</t>
   </si>
   <si>
     <t>2642</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2642/requerimento_no_8-2020_-_7.2.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2642/requerimento_no_8-2020_-_7.2.2020.pdf</t>
   </si>
   <si>
     <t>2643</t>
   </si>
   <si>
     <t>CUOP - Comissão de Urbanismo e Obras Públicas</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2643/requerimento_no_9-2020_-_7.2.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2643/requerimento_no_9-2020_-_7.2.2020.pdf</t>
   </si>
   <si>
     <t>2647</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2647/requerimento_no_10-2020_-_14.2.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2647/requerimento_no_10-2020_-_14.2.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 60 dias para emitir o parecer ao projeto de lei 5424.</t>
   </si>
   <si>
     <t>2648</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2648/requerimento_no_11-2020_-_14.2.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2648/requerimento_no_11-2020_-_14.2.2020.pdf</t>
   </si>
   <si>
     <t>2649</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2649/requerimento_no_12-2020_-_14.2.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2649/requerimento_no_12-2020_-_14.2.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente ao Chefe do Poder Executivo Municipal para que esclareça por qual motivo a UTI Móvel recebida pelo Município de Palmeira e entregue à população no dia 16 de dezembro de 2019, ainda não está definitivamente a disposição da população para ser usada, sendo que a 2 meses encontra-se guardada como pode ser comprovado de acordo com a foto abaixo.</t>
   </si>
   <si>
     <t>2652</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2652/requerimento_no_13-2020_-_17.2.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2652/requerimento_no_13-2020_-_17.2.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Gestão Pública, solicitando o agendamento de reunião para tratar de assunto sobre a manutenção do roteiro de ônibus da empresa Stelle Transportes.</t>
   </si>
   <si>
     <t>2660</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2660/requerimento_no_14-2020_-_21.2.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2660/requerimento_no_14-2020_-_21.2.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 60 dias para emitir os pareceres aos projetos de lei complementar 23, 24, 25 e 26/2020.</t>
   </si>
   <si>
     <t>2661</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2661/requerimento_no_15-2020_-_21.2.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2661/requerimento_no_15-2020_-_21.2.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 60 dias para emitir os pareceres aos projetos de lei complementar 24, 25 e 26/2020.</t>
   </si>
   <si>
     <t>2662</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2662/requerimento_no_16-2020_-_21.2.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2662/requerimento_no_16-2020_-_21.2.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 60 dias para emitir os pareceres aos projetos de lei 23, 24, 25 e 26/2020.</t>
   </si>
   <si>
     <t>2663</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2663/requerimento_no_17-2020_-_21.2.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2663/requerimento_no_17-2020_-_21.2.2020.pdf</t>
   </si>
   <si>
     <t>2666</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2666/requerimento_no_18-2020_-_27.2.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2666/requerimento_no_18-2020_-_27.2.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente ao Chefe do Poder Executivo solicitando o agendamento de reunião para tratar de assunto de interesse de moradores da comunidade da Vila Rural. Solicita ainda que a reunião seja realizada na sede do Poder Legislativo.</t>
   </si>
   <si>
     <t>2667</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2667/requerimento_no_19-2020_-_27.2.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2667/requerimento_no_19-2020_-_27.2.2020.pdf</t>
   </si>
   <si>
     <t>Requer a retirada do projeto de lei n.º 5424, que fixa os subsídios dos agentes políticos do Município de Palmeira para o período da legislatura 2021 a 2024.</t>
   </si>
   <si>
     <t>2672</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2672/requerimento_no_20-2020_-_27.2.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2672/requerimento_no_20-2020_-_27.2.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Saúde, solicitando informações a respeito de agendamento médico para a paciente Maria Luiza Sczepanik (dois anos de idade).</t>
   </si>
   <si>
     <t>2674</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2674/requerimento_no_21-2020_-_28.2.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2674/requerimento_no_21-2020_-_28.2.2020.pdf</t>
   </si>
   <si>
     <t>Requer-se junto à Mesa Diretora desta Casa, o encaminhamento do valor de R$ 300.000,00 (trezentos mil reais) ao Poder Executivo, com a finalidade de reforçar as transferências na forma de subvenção social à Santa Casa de Saúde Municipal, para evitar a paralisação dos serviços daquela casa hospitalar.</t>
   </si>
   <si>
     <t>2675</t>
   </si>
   <si>
     <t>CCLJR - Comissão de Constituição, Legislação, Justiça e Redação, CEOFF - Comissão de Economia, Orçamento, Finanças e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2675/requerimento_no_22-2020_-_28.2.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2675/requerimento_no_22-2020_-_28.2.2020.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o Plenário, prazo de 120 dias para emitirem os pareceres aos projetos de lei 5445, 5446, 5447 e 5448.</t>
   </si>
   <si>
     <t>2692</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2692/requerimento_no_23-2020_-_3.3.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2692/requerimento_no_23-2020_-_3.3.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente ao Departamento de Estradas de Rodagem - DER, regional de Ponta Grossa, solicitando que seja efetuada operação tapa buracos na pavimentação asfáltica, trecho de responsabilidade deste órgão, o qual inicia na BR 277, até a Cooperativa Agroindustrial de Witmarsum, Palmeira - PR.</t>
   </si>
   <si>
     <t>2694</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2694/requerimento_no_24-2020_-_6.3.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2694/requerimento_no_24-2020_-_6.3.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 60 dias para emitir os pareceres ao projeto de lei complementar 27 e as emendas 111, 112, 113 e 114.</t>
   </si>
   <si>
     <t>2695</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2695/requerimento_no_25-2020_-_6.3.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2695/requerimento_no_25-2020_-_6.3.2020.pdf</t>
   </si>
   <si>
     <t>2696</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2696/requerimento_no_26-2020_-_6.3.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2696/requerimento_no_26-2020_-_6.3.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 60 dias para emitir os pareceres ao projeto de lei complementar 27 e às emendas 111, 112, 113 e 114.</t>
   </si>
   <si>
     <t>2697</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2697/requerimento_no_27-2020_-_6.3.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2697/requerimento_no_27-2020_-_6.3.2020.pdf</t>
   </si>
   <si>
     <t>2699</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2699/requerimento_no_28-2020_-_6.3.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2699/requerimento_no_28-2020_-_6.3.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente ao Chefe do Poder Executivo, solicitando que o mesmo determine ao setor competente que notifique a empresa que realizou a obra de construção da quadra de futebol sintético da localidade de Witmarsum para a realização das reformas que já se fazem necessárias, ou então, que a própria Prefeitura realize os devidos consertos.</t>
   </si>
   <si>
     <t>2707</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2707/requerimento_no_29-2020_-_16.3.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2707/requerimento_no_29-2020_-_16.3.2020.pdf</t>
   </si>
   <si>
     <t>Requer, de conformidade com o disposto no Regimento Interno da Câmara Municipal, em seu art. 129, a retirada da pauta de votações dos projetos de lei complementar 23, 24, 25, 26 e 27/2020 e das emendas com protocolo 111, 112, 113 e 114/2020.</t>
   </si>
   <si>
     <t>2718</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2718/requerimento_no_30-2020_-_13.4.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2718/requerimento_no_30-2020_-_13.4.2020.pdf</t>
   </si>
   <si>
     <t>Requer, do Poder Executivo Municipal, as explicações que motivaram a instalação dos redutores de velocidade (lombadas) naquele local, para que sejam dadas as devidas informações à comunidade.</t>
   </si>
   <si>
     <t>2719</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2719/requerimento_no_31-2020_-_13.4.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2719/requerimento_no_31-2020_-_13.4.2020.pdf</t>
   </si>
   <si>
     <t>Requer do poder Executivo Municipal as explicações que motivaram a instalação daquele redutor de velocidade (lombada) naquele local, para que possamos dar as devidas informações à comunidade.</t>
   </si>
   <si>
     <t>2782</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2782/requerimento_no_32-2020_-_10.6.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2782/requerimento_no_32-2020_-_10.6.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para emitir o parecer aos projetos de lei 5510, 5511 e 5520.</t>
   </si>
   <si>
     <t>2783</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2783/requerimento_no_33-2020_-_10.6.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2783/requerimento_no_33-2020_-_10.6.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para emitir o parecer ao projeto de lei 5511.</t>
   </si>
   <si>
     <t>2784</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2784/requerimento_no_34-2020_-_10.6.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2784/requerimento_no_34-2020_-_10.6.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, prazo de 7 dias para emitir o parecer ao projeto de lei 5520.</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2785/requerimento_no_35-2020_-_10.6.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2785/requerimento_no_35-2020_-_10.6.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, seja encaminhado expediente à Secretaria Municipal de Meio Ambiente, para que notifique a empresa responsável pela coleta de lixo reciclável para que passe a realizar a coleta de isopor corretamente.</t>
   </si>
   <si>
     <t>2794</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2794/requerimento_no_36-2020_-_19.6.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2794/requerimento_no_36-2020_-_19.6.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, prazo de 15 duas para emitir o parecer ao projeto de lei 5526.</t>
   </si>
   <si>
     <t>2804</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2804/requeirmento_no_37-2020_-_25.6.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2804/requeirmento_no_37-2020_-_25.6.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Saúde, solicitando informações sobre os motivos para a diferença de preços na aquisição de máscaras de proteção individual em comparação com os Municípios de Porto Amazonas e São João do Triunfo, conforme documentos de compras em anexo.</t>
   </si>
   <si>
     <t>2805</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2805/requerimento_no_38-2020_-_26.6.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2805/requerimento_no_38-2020_-_26.6.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente ao Poder Executivo, solicitando respostas aos processos protocolados sob n.º 12444/2018, 16113/2019 e 3500/2020, que tem como requerente o Instituto Municipal de Assistência à Saúde de Palmeira - IMASP.</t>
   </si>
   <si>
     <t>2806</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2806/requerimento_no_39-2020_-_25.6.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2806/requerimento_no_39-2020_-_25.6.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 15 dias para melhore estudos ao projeto de lei 5529.</t>
   </si>
   <si>
     <t>2975</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2975/requerimento_no_40-2020_-_7.7.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2975/requerimento_no_40-2020_-_7.7.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente ao Poder Executivo, solicitando: explicação quanto ao posicionamento do piso tátil direcional no projeto de revitalização da Rua Conceição (fotos em anexo); cópia do projeto de revitalização da Rua Conceição.</t>
   </si>
   <si>
     <t>2976</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2976/requerimento_no_41-2020_-_7.7.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2976/requerimento_no_41-2020_-_7.7.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Saúde, solicitando informações sobre como é embasado o cálculo de salário e remuneração do servidor qual encontra-se em anexo.</t>
   </si>
   <si>
     <t>2983</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>CCLJR - Comissão de Constituição, Legislação, Justiça e Redação, CUOP - Comissão de Urbanismo e Obras Públicas</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2983/requerimento_no_42-2020_-_10.7.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2983/requerimento_no_42-2020_-_10.7.2020.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o plenário, prazo de 120 dias para melhores estudos e emissão de parecer ao projeto de lei complementar 11/2019.</t>
   </si>
   <si>
     <t>2984</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2984/requerimento_no_43-2020_-_10.7.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2984/requerimento_no_43-2020_-_10.7.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, prazo de 30 dias para melhores estudos e emissão de pareceres ao projeto de lei 5529.</t>
   </si>
   <si>
     <t>2994</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2994/requerimento_no_44-2020_-_17.7.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2994/requerimento_no_44-2020_-_17.7.2020.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o Plenário, prazo de 15 dias para melhores estudos e emissão de parecer ao projeto de lei 5550.</t>
   </si>
   <si>
     <t>2999</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2999/requerimento_no_45-2020_-_27.7.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2999/requerimento_no_45-2020_-_27.7.2020.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o Plenário, prazo de 7 dias para melhores estudos e emissão de pareceres aos projetos de lei 5552 e 5553.</t>
   </si>
   <si>
     <t>3000</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3000/requerimento_no_46-2020_-_27.7.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3000/requerimento_no_46-2020_-_27.7.2020.pdf</t>
   </si>
   <si>
     <t>Requer, em conformidade com o disposto no Regimento Interno da Câmara Municipal, em seu artigo 141, inciso III, a retirada da pauta de votações do projeto de lei 5503/2020, que "altera dispositivos da lei 4855, de 28 de dezembro de 2018".</t>
   </si>
   <si>
     <t>3007</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3007/requerimento_no_47-2020_-_31.7.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3007/requerimento_no_47-2020_-_31.7.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 15 dias para emitir o parecer aos projetos de lei 5554 e 5555.</t>
   </si>
   <si>
     <t>3014</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3014/requerimento_n.o_48-2020_-_7.8.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3014/requerimento_n.o_48-2020_-_7.8.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, prazo de 7 dias para melhores estudos e emissão de parecer ao projeto de resolução 140/2020.</t>
   </si>
   <si>
     <t>3015</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3015/requerimento_no_49-2020_-_7.8.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3015/requerimento_no_49-2020_-_7.8.2020.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o Plenário, prazo de 7 dias para melhores estudos e emissão de parecer ao projeto de lei 5558.</t>
   </si>
   <si>
     <t>3016</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3016/requerimento_n.o_50-2020_-_7.8.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3016/requerimento_n.o_50-2020_-_7.8.2020.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o Plenário, prazo de 30 dias para melhores estudos e emissão de pareceres aos projetos de lei 550 e 5559.</t>
   </si>
   <si>
     <t>3017</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3017/requerimento_no_51-2020_-_10.8.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3017/requerimento_no_51-2020_-_10.8.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Urbanismo, solicitando o que segue: informações sobre como se encontra a execução dos serviços da rede de abastecimento de água na localidade de Volta Grande.</t>
   </si>
   <si>
     <t>3024</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3024/requerimento_no_52-2020_-_14.8.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3024/requerimento_no_52-2020_-_14.8.2020.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o Plenário, prazo de 120 dias para melhores estudos e emissão de pareceres aos projetos de lei 5445, 5446, 5447 e 5448.</t>
   </si>
   <si>
     <t>3025</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3025/requerimento_no_53-2020_-_14.8.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3025/requerimento_no_53-2020_-_14.8.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 duas para emitir o parecer ao projeto de lei 5563/2020.</t>
   </si>
   <si>
     <t>3026</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3026/requerimento_no_54-2020_-_14.8.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3026/requerimento_no_54-2020_-_14.8.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para melhores estudos e emissão de parecer ao projeto de lei 5564/2020.</t>
   </si>
   <si>
     <t>3034</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3034/requerimento_no_55-2020_-_21.8.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3034/requerimento_no_55-2020_-_21.8.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 15 dias para emitir o parecer ao projeto de lei 5568.</t>
   </si>
   <si>
     <t>3035</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3035/requerimento_no_56-2020_-_21.8.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3035/requerimento_no_56-2020_-_21.8.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 120 dias para emitir o parecer ao projeto de lei 5404.</t>
   </si>
   <si>
     <t>3042</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3042/requerimento_no_57-2020_-_28.8.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3042/requerimento_no_57-2020_-_28.8.2020.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o Plenário, prazo de 15 dias para melhores estudos e emissão de parecer ao projeto de lei 5570.</t>
   </si>
   <si>
     <t>3053</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3053/requerimento_n.o_58-2020_-_8.9.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3053/requerimento_n.o_58-2020_-_8.9.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Urbanismo solicitando informações a respeito do envio de projeto alterando a lei complementar n.º 15, de 12/12/2019, que dispõe sobre ao Código de Obras do Município de Palmeira, regularizando os recuos frontais, diminuindo para 3 metros, conforme combinado com empresários ligados a construção civil</t>
   </si>
   <si>
     <t>3057</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3057/requerimento_no_59-2020_-_11.9.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3057/requerimento_no_59-2020_-_11.9.2020.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o Plenário, prazo de 15 dias para melhores estudos e emissão de pareceres ao projeto de lei 5550/2020.</t>
   </si>
   <si>
     <t>3056</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3056/requerimento_no_59-2020_-_11.9.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3056/requerimento_no_59-2020_-_11.9.2020.pdf</t>
   </si>
   <si>
     <t>Requer, em conformidade com o disposto no Regimento Interno da Câmara Municipal, em seu art. 129, a retirada da pauta de votações do projeto de lei n.º 5577/2020.</t>
   </si>
   <si>
     <t>3058</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3058/requerimento_no_61-2020_-_14.9.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3058/requerimento_no_61-2020_-_14.9.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente às concessionárias, permissionárias e autorizadas dos serviços de telecomunicações e  distribuição de energia elétrica, para que sejam removidos dispositivos inservíveis que tenham sido instalados em locais públicos em razão da prestação desses serviços.</t>
   </si>
   <si>
     <t>3068</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3068/requerimento_no_62-2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3068/requerimento_no_62-2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Saúde, solicitando informações a respeito do agendamento de procedimento cirúrgico para a paciente Lilian Aparecida de Campos e se existe previsão para esse agendamento.</t>
   </si>
   <si>
     <t>3073</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3073/requerimento_no_63-2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3073/requerimento_no_63-2020.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o Plenário, prazo de 30 dias para melhores estudos e emissão de parecer ao projeto de lei 5583.</t>
   </si>
   <si>
     <t>3069</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3069/requerimento_no_64-2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3069/requerimento_no_64-2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 15 dias para melhores estudos e emissão de parecer ao projeto de lei 5564.</t>
   </si>
   <si>
     <t>3070</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3070/requerimento_no_65-2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3070/requerimento_no_65-2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Companhia Paranaense de Saneamento - SANEPAR, solicitando o retorno do atendimento presencial no escritório de Palmeira/PR.</t>
   </si>
   <si>
     <t>3071</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3071/requerimento_no_66-2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3071/requerimento_no_66-2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhando expediente à Secretaria Municipal de Urbanismo, solicitando as seguintes informações: qual a previsão da conclusão do loteamento Sol Nascente? Quais as famílias que serão realocadas da Vila Monjolo para o loteamento Sol Nascente?</t>
   </si>
   <si>
     <t>3072</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3072/requerimento_no_67-2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3072/requerimento_no_67-2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Saúde, solicitando as seguintes informações: se está tendo atendimento médico na comunidade de Quero-Quero? Se não está tendo, quais os motivos? E se tem previsão para voltar a ter atendimento.</t>
   </si>
   <si>
     <t>3083</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3083/requerimento_no_68-2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3083/requerimento_no_68-2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente ao Prefeito Municipal Edir Havrechaki, solicitando o envio da seguinte informação: de onde provém a renda para compra de casa no valor de R$ 1.200,000,00?</t>
   </si>
   <si>
     <t>3087</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3087/requerimento_no_69-2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3087/requerimento_no_69-2020.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o Plenário, prazo de 15 dias para melhores estudos e emissão de parecer ao projeto de lei 5593 e 60 dias para melhores estudos e emissão de parecer ao projeto de lei 5596.</t>
   </si>
   <si>
     <t>3094</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3094/requerimento_no_70-2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3094/requerimento_no_70-2020.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o Plenário, prazo de 15 dias para melhores estudos e emissão de pareceres aos projetos de lei 5600 e 5601.</t>
   </si>
   <si>
     <t>3138</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3138/requerimento_no_71-2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3138/requerimento_no_71-2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente ao Poder Executivo solicitando cópia do projeto do "Beco e Boulevard".</t>
   </si>
   <si>
     <t>3141</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3141/requerimento_no_72-2020_-_29.10.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3141/requerimento_no_72-2020_-_29.10.2020.pdf</t>
   </si>
   <si>
     <t>Solicita que seja abonada a ausência na 29ª sessão ordinária.</t>
   </si>
   <si>
     <t>3139</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3139/requerimento_no_73-2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3139/requerimento_no_73-2020.pdf</t>
   </si>
   <si>
     <t>Requer junto a Mesa Diretora desta casa, o encaminhamentos do valor de R$ 450.000,00 ao Poder Executivo, com a finalidade de reforçar as transferências na forma de subvenção social à Santa Casa de Saúde Municipal, para evitar a paralisação dos serviços daquela casa hospitalar.</t>
   </si>
   <si>
     <t>3140</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3140/requerimento_no_74-2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3140/requerimento_no_74-2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente ao Ministério Público da Comarca de Palmeira, informando que empresas vencedoras de licitações para realização de obras no Município estão terceirizando serviços para a empresa Sebastião Arodi Passoni Neto - EIRELI, CNPJ 21.061.827/0001-85, que tem como proprietário Sebastião Arodi Passonu Neto, sócio do senhor Esloy HAvrechaki, irmão do Prefeito Municipal Edir Havrechaki, na empresa Sebastião Comércio de Materia de Construção LTDA, CNPJ 35.654.812/0001-35.</t>
   </si>
   <si>
     <t>3144</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3144/requerimento_no_75-2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3144/requerimento_no_75-2020.pdf</t>
   </si>
   <si>
     <t>Requer a retirada do requerimento 73/2020, protocolada sob n.º 715/2020, da pauta de votações.</t>
   </si>
   <si>
     <t>3145</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3145/requerimento_no_76-2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3145/requerimento_no_76-2020.pdf</t>
   </si>
   <si>
     <t>Requer-se junto à Mesa Diretora desta Casa o encaminhamento do valor de R$ 597.348,51 ao Poder Executivo com a finalidade de reforçar as transferências à Santa Casa de Saúde Municipal, para evitar a paralisação dos serviços daquela casa hospitalar.</t>
   </si>
   <si>
     <t>3149</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3149/requerimento_no_77-2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3149/requerimento_no_77-2020.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o Plenário, prazo de 60 dias para melhores estudos e emissão de parecer ao projeto de lei complementar 11/2019.</t>
   </si>
   <si>
     <t>3150</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3150/requerimento_no_78-2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3150/requerimento_no_78-2020.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o Plenário, prazo de 60 dias para melhores estudos e emissão de parecer ao projeto de lei complementar 29/2020.</t>
   </si>
   <si>
     <t>3161</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3161/requerimento_no_79-2020_-_9.12.2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3161/requerimento_no_79-2020_-_9.12.2020.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, a inclusão na pauta de votações e retomada da discussão, na próxima sessão ordinária, do projeto de lei nº 5596/2020, que "altera o caput do art. 7º da Lei Municipal nº 2404, de 30 de setembro de 2005, que reorganiza o Regime Próprio de Previdência Social - RPPS do Município de Palmeira.</t>
   </si>
   <si>
     <t>3164</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3164/requerimento_80-2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3164/requerimento_80-2020.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o plenário, prazo de 30 dias para melhores estudos aos projetos de lei 5445, 5446, 5447, 5448 e 5617.</t>
   </si>
   <si>
     <t>3166</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Solicita que seja abonada a ausência da 37ª sessão ordinária, realizado no dia 22/12/2020, em razão de imprevistos.</t>
   </si>
   <si>
     <t>3167</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3167/requerimento_no_82-2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3167/requerimento_no_82-2020.pdf</t>
   </si>
   <si>
     <t>Requer o abono da ausência na sessão extraordinária realizada em 28/12/2020.</t>
   </si>
   <si>
     <t>3168</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3168/requerimento_no_83-2020.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3168/requerimento_no_83-2020.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -4029,67 +4029,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2492/indicacao_no_1-2020_-_3.1.2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2627/indicacao_no_2-2020_-_29.1.2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2628/indicacao_no_3-2020_-_29.1.2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2650/indicacao_no_4-2020_-_17.2.2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2651/indicacao_no_5-2020_-_17.2.2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2664/indicacao_no_6-2020_-_21.2.2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2686/indicacao_no_7-2020_-_3.3.2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2687/indicacao_no_8-2020_-_3.3.2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2688/indicacao_no_9-2020_-_3.3.2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2689/indicacao_no_10-2020_-_3.3.2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2690/indicacao_no_11-2020_-_3.3.2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2691/indicacao_no_12-2020_-_3.3.2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2693/indicacao_no_13-2020_-_5.3.2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2698/indicacao_no_14-2020_-_6.3.2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2715/indicacao_no_15-2020_-_25.3.2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2716/indicacao_no_16-2020_-_25.3.2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2720/indicacao_o_17-2020_-_13.4.2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2745/indicacao_no_18-2020_-_6.5.2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2761/indicacao_no_19-2020_-_25.5.2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2763/indicacao_no_20-2020_-_29.5.2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2786/indicacao_no_21-2020_-_15.6.2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2790/indicacao_no_22-2020_-_17.6.2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2791/indicacao_no_23-2020_-_17.6.2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2795/indicacao_no_24-2020_-_22.6.2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2796/indicacao_no_25-2020_-_23.6.2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2803/indicacao_no_26-2020_-_25.6.2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2807/indicacao_no_27-2020_-_30.6.2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2993/indicacao_no_28-2020_-_16.7.2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2995/indicacao_no_29-2020_-_21.7.2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2996/indicacao_no_30-2020_-_21.7.2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3005/indicacao_no_31-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3027/indicacao_no_32-2020_-_14.8.2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3039/indicacao_no_33-2020_-_25.8.2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3040/indicacao_no_34-2020_-_25.8.2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3041/indicacao_no_35-2020_-_25.8.2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3048/indicacao_n.o_36-2020_-_1.9.2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3054/indicacao_no_37-2020_-_10.9.2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3059/indicacao_no_38-2020_-_14.9.2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3088/indicacao_no_39-2020_-_8.10.2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2630/mocao_-_protocolo_no_29-2020_-_27.1.2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2665/mocao_-_protocolo_no_77-2020_-_17.2.2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2673/mocao_-_protocolo_no_90-2020_-_21.2.2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2717/mocao_de_apelo_-_protocolo_no_205-2020_-_25.3.2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2755/mocao_-_protocolo_no_312-2020_-_19.5.2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2781/mocao_de_aplausos_-_protocolo_n.o_343-2020_-_8.6.2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2985/mocao_-_protocolo_no_456-2020_-_7.7.2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3006/mocao_-_protocolo_no_512-2020_-_27.7.2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3028/mocao_de_apelo_-_protocolo_n.o_555-2020_-_14.8.2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3049/mocao_-_protocolo_no_600-2020_-_1.9.2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3082/mocao_-_protocolo_no_663-2020_-_29.9.2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3169/mocao_-_protocolo_no_780-2020_-_29.12.2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3170/mocao_-_protocolo_no_781-2020_-_29.12.2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2714/projeto_de_decreto_legislativo_no_712-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2792/projeto_de_decreto_legislativo_713-2020_-_17.6.2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2793/projeto_de_decreto_legislativo_714-2020_-_17.6.2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2493/5426.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2494/5427.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2495/5428.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2496/5429.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2497/5430.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2498/5431.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2499/5432.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2500/5433.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2629/5434.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2631/5435.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2632/5436.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2633/5437.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2635/5438.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2644/5439.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2645/5440.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2646/5441.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2653/5442.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2654/5443.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2655/5444.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2668/5445.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2669/5446.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2670/5447.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2671/5448.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2676/5449.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2677/5450corrigido.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2678/5451.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2679/5452.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2681/5453.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2682/5454.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2683/5455.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2684/5456.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2685/5457.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2700/5458.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2701/5459.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2702/5460.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2703/5461.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2704/5462.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2705/5463.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2706/5464.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2708/5465.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2709/5466.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2710/5467.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2711/5468.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2712/5469.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2713/5470.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2721/5471.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2722/5472.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2723/5473.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2724/5474.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2725/5475.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2726/5476.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2727/5477.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2728/5478.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2729/5479.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2730/5480.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2731/5481.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2732/5482.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2733/5483.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2734/5484.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2735/5485.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2736/5486.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2737/5487.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2738/5488.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2739/5489.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2740/5490.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2741/5491.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2742/5492.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2743/5493.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2744/pl_no5494.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2746/5495.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2747/5496.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2748/5497.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2749/5498.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2750/5499.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2751/5500.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2752/5501.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2753/5502.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2754/5503.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2756/5504.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2757/5505.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2758/5506.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2759/5507.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2760/5508.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2762/5509.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2764/5510.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2765/5511.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2766/5512c.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2767/5513.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2768/5514.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2769/5515.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2770/5516.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2771/5517.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2772/5518.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2773/5519.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2774/5520.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2776/5521.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2777/5522.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2778/5523.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2779/5524.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2780/5525.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2787/5526.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2788/5527.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2789/5528.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2797/5529ematriculas.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2798/5530.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2799/5531.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2800/5532.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2801/5533.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2802/5534.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2808/5535.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2809/5536.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2810/5537.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2811/5538.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2977/5539.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2978/5540.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2979/5541.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2980/5542.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2981/5543.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2982/5544.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2986/5545.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2987/5546.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2988/5547.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2989/5548.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2990/5549.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2991/5550.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2992/5551.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2997/5552.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2998/5553.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3001/5554.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3002/5555.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3003/5556.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3004/5557.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3008/5558.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3010/5559_e_matricula.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3011/5560.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3012/5561.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3013/5562.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3018/5563.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3019/5564.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3029/5565.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3030/5566.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3031/5567.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3032/5568.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3033/5569.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3037/5570_e_matricula.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3038/5571.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3043/5572.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3044/5573.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3045/5574.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3046/5575.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3047/5576.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3050/5577.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3051/5578_e_matricula.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3052/5579_e_matricula.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3055/5580.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3060/5581.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3061/5582.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3062/5583_novo.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3063/5584.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3064/5585.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3065/5586.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3066/5587.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3067/5588.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3074/5589.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3075/5590.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3076/5591.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3077/5592.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3078/5593_novo.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3079/5594.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3080/5595.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3081/5596.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3084/5597.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3085/5598.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3086/5599.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3089/5600.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3090/5601.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3091/5602.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3092/5603.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3093/5604.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3095/5605.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3146/5606.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3147/5607.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3148/5608.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3151/5609.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3152/5610.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3153/5611.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3154/5612.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3155/5613.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3156/5614.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3157/5615.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3158/5616.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3159/5617.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3160/5618.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3162/5619.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3163/5620.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3165/5621.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2656/projeto_de_lei_complementar_23-2020_-_18.2.2020.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2657/projeto_de_lei_complementar_24-2020_-_18.2.2020.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2658/projeto_de_lei_complementar_25-2020_-_18.2.2020.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2659/projeto_de_lei_complementar_26-2020_-_18.2.2020.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2680/projeto_de_lei_complementar_no_27-2020_-_3.3.2020.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2775/projeto_de_lei_complementar_28-2020_-_4.6.2020.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3143/29.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2812/projeto_de_resolucao_139-2020.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3009/pr_140.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3036/pr_141.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2626/requerimento_no_1-2020_-_24.1.2020.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2634/requerimento_no_2-2020_-_4.2.2020.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2637/requerimento_no_3-2020_-_7.2.2020.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2638/requerimento_no_4-2020_-_7.2.2020.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2639/requerimento_no_5-2020_-_7.2.2020.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2640/requerimento_no_6-2020_-_7.2.2020.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2641/requerimento_no_7-2020_-_7.2.2020.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2642/requerimento_no_8-2020_-_7.2.2020.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2643/requerimento_no_9-2020_-_7.2.2020.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2647/requerimento_no_10-2020_-_14.2.2020.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2648/requerimento_no_11-2020_-_14.2.2020.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2649/requerimento_no_12-2020_-_14.2.2020.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2652/requerimento_no_13-2020_-_17.2.2020.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2660/requerimento_no_14-2020_-_21.2.2020.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2661/requerimento_no_15-2020_-_21.2.2020.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2662/requerimento_no_16-2020_-_21.2.2020.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2663/requerimento_no_17-2020_-_21.2.2020.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2666/requerimento_no_18-2020_-_27.2.2020.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2667/requerimento_no_19-2020_-_27.2.2020.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2672/requerimento_no_20-2020_-_27.2.2020.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2674/requerimento_no_21-2020_-_28.2.2020.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2675/requerimento_no_22-2020_-_28.2.2020.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2692/requerimento_no_23-2020_-_3.3.2020.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2694/requerimento_no_24-2020_-_6.3.2020.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2695/requerimento_no_25-2020_-_6.3.2020.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2696/requerimento_no_26-2020_-_6.3.2020.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2697/requerimento_no_27-2020_-_6.3.2020.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2699/requerimento_no_28-2020_-_6.3.2020.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2707/requerimento_no_29-2020_-_16.3.2020.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2718/requerimento_no_30-2020_-_13.4.2020.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2719/requerimento_no_31-2020_-_13.4.2020.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2782/requerimento_no_32-2020_-_10.6.2020.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2783/requerimento_no_33-2020_-_10.6.2020.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2784/requerimento_no_34-2020_-_10.6.2020.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2785/requerimento_no_35-2020_-_10.6.2020.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2794/requerimento_no_36-2020_-_19.6.2020.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2804/requeirmento_no_37-2020_-_25.6.2020.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2805/requerimento_no_38-2020_-_26.6.2020.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2806/requerimento_no_39-2020_-_25.6.2020.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2975/requerimento_no_40-2020_-_7.7.2020.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2976/requerimento_no_41-2020_-_7.7.2020.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2983/requerimento_no_42-2020_-_10.7.2020.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2984/requerimento_no_43-2020_-_10.7.2020.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2994/requerimento_no_44-2020_-_17.7.2020.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2999/requerimento_no_45-2020_-_27.7.2020.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3000/requerimento_no_46-2020_-_27.7.2020.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3007/requerimento_no_47-2020_-_31.7.2020.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3014/requerimento_n.o_48-2020_-_7.8.2020.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3015/requerimento_no_49-2020_-_7.8.2020.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3016/requerimento_n.o_50-2020_-_7.8.2020.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3017/requerimento_no_51-2020_-_10.8.2020.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3024/requerimento_no_52-2020_-_14.8.2020.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3025/requerimento_no_53-2020_-_14.8.2020.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3026/requerimento_no_54-2020_-_14.8.2020.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3034/requerimento_no_55-2020_-_21.8.2020.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3035/requerimento_no_56-2020_-_21.8.2020.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3042/requerimento_no_57-2020_-_28.8.2020.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3053/requerimento_n.o_58-2020_-_8.9.2020.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3057/requerimento_no_59-2020_-_11.9.2020.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3056/requerimento_no_59-2020_-_11.9.2020.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3058/requerimento_no_61-2020_-_14.9.2020.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3068/requerimento_no_62-2020.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3073/requerimento_no_63-2020.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3069/requerimento_no_64-2020.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3070/requerimento_no_65-2020.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3071/requerimento_no_66-2020.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3072/requerimento_no_67-2020.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3083/requerimento_no_68-2020.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3087/requerimento_no_69-2020.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3094/requerimento_no_70-2020.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3138/requerimento_no_71-2020.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3141/requerimento_no_72-2020_-_29.10.2020.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3139/requerimento_no_73-2020.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3140/requerimento_no_74-2020.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3144/requerimento_no_75-2020.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3145/requerimento_no_76-2020.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3149/requerimento_no_77-2020.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3150/requerimento_no_78-2020.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3161/requerimento_no_79-2020_-_9.12.2020.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3164/requerimento_80-2020.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3167/requerimento_no_82-2020.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3168/requerimento_no_83-2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2492/indicacao_no_1-2020_-_3.1.2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2627/indicacao_no_2-2020_-_29.1.2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2628/indicacao_no_3-2020_-_29.1.2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2650/indicacao_no_4-2020_-_17.2.2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2651/indicacao_no_5-2020_-_17.2.2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2664/indicacao_no_6-2020_-_21.2.2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2686/indicacao_no_7-2020_-_3.3.2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2687/indicacao_no_8-2020_-_3.3.2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2688/indicacao_no_9-2020_-_3.3.2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2689/indicacao_no_10-2020_-_3.3.2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2690/indicacao_no_11-2020_-_3.3.2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2691/indicacao_no_12-2020_-_3.3.2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2693/indicacao_no_13-2020_-_5.3.2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2698/indicacao_no_14-2020_-_6.3.2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2715/indicacao_no_15-2020_-_25.3.2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2716/indicacao_no_16-2020_-_25.3.2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2720/indicacao_o_17-2020_-_13.4.2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2745/indicacao_no_18-2020_-_6.5.2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2761/indicacao_no_19-2020_-_25.5.2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2763/indicacao_no_20-2020_-_29.5.2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2786/indicacao_no_21-2020_-_15.6.2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2790/indicacao_no_22-2020_-_17.6.2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2791/indicacao_no_23-2020_-_17.6.2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2795/indicacao_no_24-2020_-_22.6.2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2796/indicacao_no_25-2020_-_23.6.2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2803/indicacao_no_26-2020_-_25.6.2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2807/indicacao_no_27-2020_-_30.6.2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2993/indicacao_no_28-2020_-_16.7.2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2995/indicacao_no_29-2020_-_21.7.2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2996/indicacao_no_30-2020_-_21.7.2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3005/indicacao_no_31-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3027/indicacao_no_32-2020_-_14.8.2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3039/indicacao_no_33-2020_-_25.8.2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3040/indicacao_no_34-2020_-_25.8.2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3041/indicacao_no_35-2020_-_25.8.2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3048/indicacao_n.o_36-2020_-_1.9.2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3054/indicacao_no_37-2020_-_10.9.2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3059/indicacao_no_38-2020_-_14.9.2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3088/indicacao_no_39-2020_-_8.10.2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2630/mocao_-_protocolo_no_29-2020_-_27.1.2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2665/mocao_-_protocolo_no_77-2020_-_17.2.2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2673/mocao_-_protocolo_no_90-2020_-_21.2.2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2717/mocao_de_apelo_-_protocolo_no_205-2020_-_25.3.2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2755/mocao_-_protocolo_no_312-2020_-_19.5.2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2781/mocao_de_aplausos_-_protocolo_n.o_343-2020_-_8.6.2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2985/mocao_-_protocolo_no_456-2020_-_7.7.2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3006/mocao_-_protocolo_no_512-2020_-_27.7.2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3028/mocao_de_apelo_-_protocolo_n.o_555-2020_-_14.8.2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3049/mocao_-_protocolo_no_600-2020_-_1.9.2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3082/mocao_-_protocolo_no_663-2020_-_29.9.2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3169/mocao_-_protocolo_no_780-2020_-_29.12.2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3170/mocao_-_protocolo_no_781-2020_-_29.12.2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2714/projeto_de_decreto_legislativo_no_712-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2792/projeto_de_decreto_legislativo_713-2020_-_17.6.2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2793/projeto_de_decreto_legislativo_714-2020_-_17.6.2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2493/5426.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2494/5427.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2495/5428.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2496/5429.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2497/5430.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2498/5431.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2499/5432.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2500/5433.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2629/5434.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2631/5435.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2632/5436.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2633/5437.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2635/5438.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2644/5439.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2645/5440.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2646/5441.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2653/5442.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2654/5443.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2655/5444.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2668/5445.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2669/5446.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2670/5447.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2671/5448.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2676/5449.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2677/5450corrigido.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2678/5451.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2679/5452.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2681/5453.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2682/5454.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2683/5455.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2684/5456.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2685/5457.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2700/5458.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2701/5459.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2702/5460.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2703/5461.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2704/5462.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2705/5463.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2706/5464.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2708/5465.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2709/5466.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2710/5467.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2711/5468.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2712/5469.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2713/5470.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2721/5471.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2722/5472.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2723/5473.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2724/5474.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2725/5475.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2726/5476.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2727/5477.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2728/5478.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2729/5479.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2730/5480.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2731/5481.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2732/5482.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2733/5483.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2734/5484.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2735/5485.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2736/5486.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2737/5487.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2738/5488.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2739/5489.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2740/5490.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2741/5491.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2742/5492.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2743/5493.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2744/pl_no5494.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2746/5495.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2747/5496.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2748/5497.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2749/5498.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2750/5499.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2751/5500.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2752/5501.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2753/5502.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2754/5503.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2756/5504.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2757/5505.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2758/5506.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2759/5507.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2760/5508.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2762/5509.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2764/5510.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2765/5511.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2766/5512c.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2767/5513.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2768/5514.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2769/5515.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2770/5516.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2771/5517.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2772/5518.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2773/5519.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2774/5520.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2776/5521.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2777/5522.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2778/5523.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2779/5524.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2780/5525.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2787/5526.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2788/5527.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2789/5528.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2797/5529ematriculas.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2798/5530.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2799/5531.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2800/5532.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2801/5533.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2802/5534.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2808/5535.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2809/5536.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2810/5537.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2811/5538.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2977/5539.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2978/5540.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2979/5541.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2980/5542.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2981/5543.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2982/5544.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2986/5545.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2987/5546.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2988/5547.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2989/5548.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2990/5549.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2991/5550.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2992/5551.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2997/5552.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2998/5553.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3001/5554.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3002/5555.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3003/5556.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3004/5557.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3008/5558.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3010/5559_e_matricula.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3011/5560.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3012/5561.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3013/5562.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3018/5563.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3019/5564.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3029/5565.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3030/5566.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3031/5567.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3032/5568.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3033/5569.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3037/5570_e_matricula.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3038/5571.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3043/5572.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3044/5573.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3045/5574.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3046/5575.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3047/5576.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3050/5577.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3051/5578_e_matricula.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3052/5579_e_matricula.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3055/5580.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3060/5581.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3061/5582.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3062/5583_novo.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3063/5584.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3064/5585.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3065/5586.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3066/5587.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3067/5588.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3074/5589.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3075/5590.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3076/5591.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3077/5592.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3078/5593_novo.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3079/5594.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3080/5595.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3081/5596.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3084/5597.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3085/5598.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3086/5599.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3089/5600.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3090/5601.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3091/5602.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3092/5603.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3093/5604.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3095/5605.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3146/5606.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3147/5607.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3148/5608.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3151/5609.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3152/5610.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3153/5611.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3154/5612.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3155/5613.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3156/5614.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3157/5615.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3158/5616.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3159/5617.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3160/5618.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3162/5619.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3163/5620.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3165/5621.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2656/projeto_de_lei_complementar_23-2020_-_18.2.2020.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2657/projeto_de_lei_complementar_24-2020_-_18.2.2020.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2658/projeto_de_lei_complementar_25-2020_-_18.2.2020.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2659/projeto_de_lei_complementar_26-2020_-_18.2.2020.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2680/projeto_de_lei_complementar_no_27-2020_-_3.3.2020.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2775/projeto_de_lei_complementar_28-2020_-_4.6.2020.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3143/29.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2812/projeto_de_resolucao_139-2020.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3009/pr_140.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3036/pr_141.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2626/requerimento_no_1-2020_-_24.1.2020.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2634/requerimento_no_2-2020_-_4.2.2020.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2637/requerimento_no_3-2020_-_7.2.2020.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2638/requerimento_no_4-2020_-_7.2.2020.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2639/requerimento_no_5-2020_-_7.2.2020.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2640/requerimento_no_6-2020_-_7.2.2020.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2641/requerimento_no_7-2020_-_7.2.2020.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2642/requerimento_no_8-2020_-_7.2.2020.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2643/requerimento_no_9-2020_-_7.2.2020.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2647/requerimento_no_10-2020_-_14.2.2020.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2648/requerimento_no_11-2020_-_14.2.2020.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2649/requerimento_no_12-2020_-_14.2.2020.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2652/requerimento_no_13-2020_-_17.2.2020.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2660/requerimento_no_14-2020_-_21.2.2020.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2661/requerimento_no_15-2020_-_21.2.2020.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2662/requerimento_no_16-2020_-_21.2.2020.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2663/requerimento_no_17-2020_-_21.2.2020.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2666/requerimento_no_18-2020_-_27.2.2020.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2667/requerimento_no_19-2020_-_27.2.2020.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2672/requerimento_no_20-2020_-_27.2.2020.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2674/requerimento_no_21-2020_-_28.2.2020.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2675/requerimento_no_22-2020_-_28.2.2020.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2692/requerimento_no_23-2020_-_3.3.2020.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2694/requerimento_no_24-2020_-_6.3.2020.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2695/requerimento_no_25-2020_-_6.3.2020.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2696/requerimento_no_26-2020_-_6.3.2020.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2697/requerimento_no_27-2020_-_6.3.2020.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2699/requerimento_no_28-2020_-_6.3.2020.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2707/requerimento_no_29-2020_-_16.3.2020.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2718/requerimento_no_30-2020_-_13.4.2020.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2719/requerimento_no_31-2020_-_13.4.2020.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2782/requerimento_no_32-2020_-_10.6.2020.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2783/requerimento_no_33-2020_-_10.6.2020.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2784/requerimento_no_34-2020_-_10.6.2020.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2785/requerimento_no_35-2020_-_10.6.2020.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2794/requerimento_no_36-2020_-_19.6.2020.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2804/requeirmento_no_37-2020_-_25.6.2020.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2805/requerimento_no_38-2020_-_26.6.2020.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2806/requerimento_no_39-2020_-_25.6.2020.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2975/requerimento_no_40-2020_-_7.7.2020.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2976/requerimento_no_41-2020_-_7.7.2020.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2983/requerimento_no_42-2020_-_10.7.2020.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2984/requerimento_no_43-2020_-_10.7.2020.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2994/requerimento_no_44-2020_-_17.7.2020.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/2999/requerimento_no_45-2020_-_27.7.2020.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3000/requerimento_no_46-2020_-_27.7.2020.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3007/requerimento_no_47-2020_-_31.7.2020.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3014/requerimento_n.o_48-2020_-_7.8.2020.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3015/requerimento_no_49-2020_-_7.8.2020.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3016/requerimento_n.o_50-2020_-_7.8.2020.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3017/requerimento_no_51-2020_-_10.8.2020.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3024/requerimento_no_52-2020_-_14.8.2020.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3025/requerimento_no_53-2020_-_14.8.2020.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3026/requerimento_no_54-2020_-_14.8.2020.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3034/requerimento_no_55-2020_-_21.8.2020.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3035/requerimento_no_56-2020_-_21.8.2020.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3042/requerimento_no_57-2020_-_28.8.2020.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3053/requerimento_n.o_58-2020_-_8.9.2020.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3057/requerimento_no_59-2020_-_11.9.2020.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3056/requerimento_no_59-2020_-_11.9.2020.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3058/requerimento_no_61-2020_-_14.9.2020.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3068/requerimento_no_62-2020.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3073/requerimento_no_63-2020.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3069/requerimento_no_64-2020.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3070/requerimento_no_65-2020.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3071/requerimento_no_66-2020.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3072/requerimento_no_67-2020.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3083/requerimento_no_68-2020.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3087/requerimento_no_69-2020.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3094/requerimento_no_70-2020.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3138/requerimento_no_71-2020.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3141/requerimento_no_72-2020_-_29.10.2020.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3139/requerimento_no_73-2020.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3140/requerimento_no_74-2020.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3144/requerimento_no_75-2020.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3145/requerimento_no_76-2020.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3149/requerimento_no_77-2020.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3150/requerimento_no_78-2020.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3161/requerimento_no_79-2020_-_9.12.2020.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3164/requerimento_80-2020.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3167/requerimento_no_82-2020.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2020/3168/requerimento_no_83-2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H346"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="119.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="127.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="126.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>