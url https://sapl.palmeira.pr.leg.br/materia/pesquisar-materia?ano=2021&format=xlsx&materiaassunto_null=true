--- v0 (2026-01-30)
+++ v1 (2026-03-16)
@@ -54,7279 +54,7279 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3230</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>APL</t>
   </si>
   <si>
     <t>Anteprojeto de Lei</t>
   </si>
   <si>
     <t>Egon Krambeck</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3230/anteprojeto_de_lei_no_1-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3230/anteprojeto_de_lei_no_1-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da realização gratuita do diagnóstico precoce dos desvios do crescimento craniofacial em crianças de 5 a 11 anos.</t>
   </si>
   <si>
     <t>3374</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Vane</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3374/anteprojeto_de_lei_no_2-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3374/anteprojeto_de_lei_no_2-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para instauração de procedimento de estudo de viabilidade e construção de heliponto.</t>
   </si>
   <si>
     <t>3400</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Joslei Sequineli</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3400/anteprojeto_de_lei_no_3-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3400/anteprojeto_de_lei_no_3-2021.pdf</t>
   </si>
   <si>
     <t>Fica instituído o programa "kit lanche alimentação" ao paciente e acompanhante transportados para tratamento de saúde em outros municípios e dá outras providências.</t>
   </si>
   <si>
     <t>3463</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3463/anteprojeto_de_lei_no_4-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3463/anteprojeto_de_lei_no_4-2021.pdf</t>
   </si>
   <si>
     <t>Cria o Programa Bolsa Aluguel Social na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>3492</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3492/anteprojeto_de_lei_05.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3492/anteprojeto_de_lei_05.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo, conceder Kit de Higiene Bucal nas Escolas Públicas Municipais e dá outras providências</t>
   </si>
   <si>
     <t>3501</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Odair Sanson Junior</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3501/anteprojeto_de_lei_no_6-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3501/anteprojeto_de_lei_no_6-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a realização de registro de nascimento e emissão de cartão do SUS aos recém-nascidos ainda na maternidade e dá outras providências.</t>
   </si>
   <si>
     <t>3550</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3550/anteprojeto_de_lei_no_7-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3550/anteprojeto_de_lei_no_7-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de câmeras de monitoramento de segurança nos CMEIs e nas escolas públicas municipais e cercanias.</t>
   </si>
   <si>
     <t>3811</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3811/anteprojeto_de_lei_no_8-2021_-_24.11.2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3811/anteprojeto_de_lei_no_8-2021_-_24.11.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de programa de auxílio à infraestrutura para moradores da zona rural no município de Palmeira.</t>
   </si>
   <si>
     <t>3173</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3173/indicacao_no_1-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3173/indicacao_no_1-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Esportes e Lazer a revitalização e limpeza interna e externa da quadra de esportes do bairro Rocio I.</t>
   </si>
   <si>
     <t>3174</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3174/indicacao_no_2-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3174/indicacao_no_2-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente a colocação de uma lixeira para material orgânico e uma lixeira para material reciclável nas proximidades da igreja católica da localidade de Bemfica.</t>
   </si>
   <si>
     <t>3177</t>
   </si>
   <si>
     <t>Marcel Pietralla</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3177/indicacao_no_3-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3177/indicacao_no_3-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Cultura, Turismo, Relações Públicas e Meio Ambiente, para que seja feita roçada do mato e limpeza da grama no bairro do Rocio II, principalmente nos prédio e locais públicos citados abaixo: posto de saúde Dr. Roberto Duarte Bragagnolo, praça central, academia popular, parquinho, quadra de society.</t>
   </si>
   <si>
     <t>3178</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3178/indicacao_no_4-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3178/indicacao_no_4-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Cultura, Turismo, Relações Públicas e Meio Ambiente, para que seja feita roçada do mato e limpeza da grama no bairro da Colônia Francesa, principalmente nos prédios e locais públicos citados abaixo: unidade básica de saúde, praça central, academia popular, parquinho, quadra de society, avenida das Palmeiras.</t>
   </si>
   <si>
     <t>3196</t>
   </si>
   <si>
     <t>Gilberto Rogalski</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA, à Secretaria Municipal de Obras e Infraestrutura, que veja da possibilidade da colocação de Grade Protetora, do lado esquerdo sentido PR-151, na Ponte sobre o Rio Monjolo, na Rua XV de Novembro, nesta cidade.</t>
   </si>
   <si>
     <t>3197</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3197/indicacao_06.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3197/indicacao_06.pdf</t>
   </si>
   <si>
     <t>INDICA, à Secretaria Municipal de Obras e Infraestrutura, o patrolamento e cascalhamento onde necessitar na Rua sem denominação, na Vila Bugai, nesta cidade.</t>
   </si>
   <si>
     <t>3198</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3198/indicacao_07.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3198/indicacao_07.pdf</t>
   </si>
   <si>
     <t>INDICA, à Secretaria Municipal de Obras e Infraestrutura, que veja da possibilidade de realizar a Pavimentação Asfáltica, em trecho não pavimentado no final da Rua XV de Novembro e Vila Mayer, nesta cidade.</t>
   </si>
   <si>
     <t>3207</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3207/indicacao_no_8-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3207/indicacao_no_8-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizada a manutenção preventiva na ponte de madeira e manutenção preventiva com patrolamento e cascalhamento na estrada e limpeza nas vias fluviais da estrada dentro da Vila Monjolo.</t>
   </si>
   <si>
     <t>3208</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3208/indicacao_no_9-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3208/indicacao_no_9-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade da construção de redutor de velocidade tipo lombada na Avenida Daniel Mansani, próximo ao primeiro acesso à empresa Palagro, sentido BR - 277.</t>
   </si>
   <si>
     <t>3209</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3209/indicacao_no_10-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3209/indicacao_no_10-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade da colocação de taxões ou construção de lombada na Rua Nacin Bacila Neto, entre os números 261A e 261B, no Jardim Bela Vista.</t>
   </si>
   <si>
     <t>3210</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3210/indicacao_11_2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3210/indicacao_11_2021.pdf</t>
   </si>
   <si>
     <t>INDICA, à Secretaria Municipal de Obras e Infraestrutura, que veja da possibilidade de construir Abrigo em Ponto de Taxi, em frente ao Hospital de Caridade, nesta cidade.</t>
   </si>
   <si>
     <t>3211</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>INDICA, à Secretaria Municipal de Obras e Infraestrutura, que veja da possibilidade de realizar a recuperação Asfáltica, onde necessitar, na Rua Zequinha de Abreu, bairro da Vila Maria.</t>
   </si>
   <si>
     <t>3213</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3213/indicacao_no_13-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3213/indicacao_no_13-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a construção de bueiro na primeira curva da estrada que inicia na PR 151, no local denominado Serrinha, até a estrada de Santa Bárbara.</t>
   </si>
   <si>
     <t>3214</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de patrolamento e cascalhamento onde necessitar na estrada que inicia na PR 151, passando pela granja dos Krupas, até o seu final.</t>
   </si>
   <si>
     <t>3226</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3226/indicacao_no_15-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3226/indicacao_no_15-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Saúde que veja da possibilidade de determinar o atendimento médico e odontológico, uma vez por semana, o dia todo, e a presença de enfermeira, diariamente, no posto de saúde de Colônia Maciel.</t>
   </si>
   <si>
     <t>3215</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3215/indicacao_no_16-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3215/indicacao_no_16-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade da construção de redutor de velocidade na Rua Vicente Machado, em frente à Capela Ecumênica de Luto Nossa Senhora de Fátima.</t>
   </si>
   <si>
     <t>3216</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3216/indicacao_no_17-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3216/indicacao_no_17-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente a roçada e limpeza dos passeios e calçadas na Rua Cel. Alípidio do Nascimento, nesta cidade.</t>
   </si>
   <si>
     <t>3217</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3217/indicacao_no_18-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3217/indicacao_no_18-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizado patrolamento e cascalhameto na estrada do Faxinal dos Quartins, do início da PR 151, passando pela propriedade do sr. Carlos Simon até o final de sua extensão.</t>
   </si>
   <si>
     <t>3218</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3218/indicacao_no_19-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3218/indicacao_no_19-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente para que seja feita a roçada e limpeza do mato na quadra de esportes do Núcleo Tibagi e seja inserida no cronograma mensal de limpeza, tornado a quadra acessível à população para o lazer, esporte e bem-estar dos moradores do bairro.</t>
   </si>
   <si>
     <t>3219</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3219/indicacao_no_20-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3219/indicacao_no_20-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizada a instalação de redutor de velocidade, lombada ou tachões na Rua Ariete Gaio Caldas, no bairro Papiros, entre as casas com os números 168 e 158.</t>
   </si>
   <si>
     <t>3223</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3223/indicacao_no_21-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3223/indicacao_no_21-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade de realizar nova sinalização na Rua Jesuíno Marcondes, esquina com a Rua Coronel Pedro Ferreira.</t>
   </si>
   <si>
     <t>3224</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3224/indicacao_no_22-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3224/indicacao_no_22-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente que veja da possibilidade de realizar roçada e limpeza interna e externa nos pátios das escolas municipais e unidades básicas de saúde do interior do Município.</t>
   </si>
   <si>
     <t>3225</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3225/indicacao_no_23-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3225/indicacao_no_23-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de patrolamento e cascalhamentto onde necessitar na estrada da localidade de Benfica.</t>
   </si>
   <si>
     <t>3227</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Rogério Czelusniak</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3227/indicacao_no_24-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3227/indicacao_no_24-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade da instalação de redutor de velocidade na Rua Eugênio Nogueira dos Santos, entre as Ruas Caetano de Oliveira e Irmão Germano, no bairro Farajala Bacila.</t>
   </si>
   <si>
     <t>3228</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3228/indicacao_no_25-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3228/indicacao_no_25-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade da instalação de redutor de velocidade na Rua Santos Dumont, próximo ao trevo de acesso à PR 151.</t>
   </si>
   <si>
     <t>3231</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3231/indicacao_no_26-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3231/indicacao_no_26-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade de construir uma passagem elevada para pedestres na Rua Cel. Alípio do Nascimento, em frente à igreja Nossa Senhora de Fátima.</t>
   </si>
   <si>
     <t>3232</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3232/indicacao_no_27-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3232/indicacao_no_27-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade de recuperar o calçamento com pedras irregulares em frente à Escola de Pinheiral de Baixo, e ainda do acesso ao portão lateral da escola.</t>
   </si>
   <si>
     <t>3234</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3234/indicacao_no_28-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3234/indicacao_no_28-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Educação que veja da possibilidade de realizar a complementar da canalização de esgoto na Escola Municipal do Campo Professora Leonor Santos, na localidade de Faxinal dos Quartins.</t>
   </si>
   <si>
     <t>3236</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Gilberto Rogalski, Lucas Santos</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3236/indicacao_no_29-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3236/indicacao_no_29-2021.pdf</t>
   </si>
   <si>
     <t>Indicam à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade de realizar a recuperação da pavimentação asfáltica da ciclovia ao lado da PR 151, desde a entrada para a garagem da Prefeitura até o pátio do DER, e ainda a plantação de árvores em toda a sua extensão.</t>
   </si>
   <si>
     <t>3243</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3243/indicacao_no_30-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3243/indicacao_no_30-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que seja realizada a limpeza em bueiro localizado na esquina da Rua Hentique Stadler com a Rua General Agostinho dos Santos, no Bairro Vila Rosa.</t>
   </si>
   <si>
     <t>3244</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3244/indicacao_no_31-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3244/indicacao_no_31-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizado o patrolamento e cascalhamento na localidade de Paiol do Fundo, e também a recuperação do bueiro em frente à propriedade do senhor João Simon, próximo à igreja.</t>
   </si>
   <si>
     <t>3245</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3245/indicacao_no_32-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3245/indicacao_no_32-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que sejam realizados reparos na calçada da Rua Conceição, em frente aos estabelecimentos "Armazém do Sabor" e "Açougue Popular".</t>
   </si>
   <si>
     <t>3246</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3246/indicacao_no_33-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3246/indicacao_no_33-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Meio Ambiente que seja feita a limpeza e roçada do mato e revitalização do "Memorial Colônia Cecília", na localidade de Santa Bárbara de Baixo.</t>
   </si>
   <si>
     <t>3248</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3248/indicacao_no_34-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3248/indicacao_no_34-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente que veja da possibilidade da instalação de caixa coletora de material reciclável nas localidades de Sítio Vitória, Poço Grande e Correias, e a coleta regular dos materiais ali depositados.</t>
   </si>
   <si>
     <t>3249</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3249/indicacao_no_35-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3249/indicacao_no_35-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Agricultura que veja da possibilidade da construção de banheiro no Mercado Municipal.</t>
   </si>
   <si>
     <t>3250</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3250/indicacao_no_36-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3250/indicacao_no_36-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade da construção de passagem elevada para pedestres na Rua Dr. Vicente Machado, em frente ao Mercado Municipal.</t>
   </si>
   <si>
     <t>3253</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3253/indicacao_37_2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3253/indicacao_37_2021.pdf</t>
   </si>
   <si>
     <t>Indica, à Secretaria Municipal de Obras e Infraestrutura, que veja da possibilidade da colocação de Grade Protetora, na Ponte sobre o Rio Forquilha, na Rua Manoel Cristino dos Santos.</t>
   </si>
   <si>
     <t>3254</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3254/indicacao_38_2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3254/indicacao_38_2021.pdf</t>
   </si>
   <si>
     <t>Indica, à Secretaria Municipal de Meio Ambiente, que veja da possibilidade da instalação de Caixa Coletora de Material Reciclável, e a coleta regular dos materiais, na localidade de Santa Bárbara de Cima.</t>
   </si>
   <si>
     <t>3258</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3258/indicacao_no_39-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3258/indicacao_no_39-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade de determinar a manutenção e troca de lâmpadas da rede de iluminação pública da localidade de Papagaios Novos (Vilinha).</t>
   </si>
   <si>
     <t>3260</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3260/indicacao_no_40-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3260/indicacao_no_40-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Esportes que veja da possibilidade da instalação de playground e academia popular em terreno público localizado na Rua Nacin Bacila Neto, esquina com a Rua Pedro Moscaleski, no Jardim Bela Vista.</t>
   </si>
   <si>
     <t>3261</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3261/indicacao_no_41-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3261/indicacao_no_41-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente a limpeza de terreno público, na Rua Nacin Bacila Neto, esquina com a Rua Pedro Moscaleski, no Jardim Bela Vista.</t>
   </si>
   <si>
     <t>3262</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3262/indicacao_no_42-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3262/indicacao_no_42-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a recuperação do bueiro existente próximo à residência do senhor Rozel Miara, na estrada que liga a localidade de Vileiros a Correias.</t>
   </si>
   <si>
     <t>3265</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3265/indicacao_no_43-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3265/indicacao_no_43-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal que pleiteie no próximo contrato juntamente com a empresa SANEPAR a implantação de estação de tratamento de esgoto e saneamento básico na área central da Colônia Witmarum.</t>
   </si>
   <si>
     <t>3266</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3266/indicacao_no_44-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3266/indicacao_no_44-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que, em critério de urgência, seja instalada iluminação na trincheira que dá acesso aos bairros Rocio 1 e Rocio 2, e que seja instalada lombada ou tachões para evitar grandes riscos de acidentes com veículos e pedestres. Solicito em nome de todos os moradores dos bairros Rocio 1 e Rocio 2 que enfrentam este problema de segurança.</t>
   </si>
   <si>
     <t>3267</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3267/indicacao_no_45-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3267/indicacao_no_45-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente que seja realizada a coleta de entulhos na Rua Pedro Scherer, ao lado do muro do Cemitério Municipal, os mesmos são retirados das obras realizadas nos túmulos dos cemitérios e são descartados em cima da calçada, dificultando o tráfego de pedestres no local.</t>
   </si>
   <si>
     <t>3268</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3268/indicacao_no_46-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3268/indicacao_no_46-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente que seja feita a limpeza de entulhos no final da Rua Wilie Margraf, inicio com a Rua Alai S. de Jesus, próximo a casa 144 no bairro Rocio 2.</t>
   </si>
   <si>
     <t>3269</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3269/indicacao_no_47-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3269/indicacao_no_47-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que avalie a possibilidade de instalar seis bancos de madeira que foram retirados da Rua Conceição, na Praça Central do Bairro Rocio 2, trazendo mais conforto e qualidade de vida dos moradores que moram no bairro Rocio 2.</t>
   </si>
   <si>
     <t>3270</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3270/indicacao_no_48-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3270/indicacao_no_48-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Urbanismo que seja retirado os montes de areia, pedra e restos de paver que estão no calçadão da Rua Conceição, que foram utilizados na reforma da rua, já que não estão sendo mais utilizados e estão impedindo o deslocamento de pedestres.</t>
   </si>
   <si>
     <t>3271</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3271/indicacao_no_49-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3271/indicacao_no_49-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente que seja feita a limpeza e roçada do mato na área verde pública que dá  inicio na Rua Pedro Moscaleski, até a esquina com a Rua Francisco Ferreira.</t>
   </si>
   <si>
     <t>3272</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3272/indicacao_no_50-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3272/indicacao_no_50-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja feita a colocação de lombada ou tachões na Rua Manoel Demétrio de Oliveira, próximo ao número 119, que fica entre as Ruas Júlio Kosloski e Antônio Bueno Stockles, no Bairro Rocio 2.</t>
   </si>
   <si>
     <t>3278</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3278/indicacao_no_51-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3278/indicacao_no_51-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a recuperação e readequação da estrada municipal Vereador Sebastião Sanson, desde a BR 277 até o seu final, na localidade de Campestre de Vieiras.</t>
   </si>
   <si>
     <t>3279</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Lucas Santos</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3279/indicacao_no_52-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3279/indicacao_no_52-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizado o recapeamento asfáltico na Rua Maria Comin, bairro Vila Maria.</t>
   </si>
   <si>
     <t>3280</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3280/indicacao_no_53-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3280/indicacao_no_53-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizada a canalização de água e operação tapa buracos na Rua Padre Camargo, nas proximidades da ponte sobre o Rio Monjolo.</t>
   </si>
   <si>
     <t>3283</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3283/indicacao_no_54-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3283/indicacao_no_54-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito que seja realizada a recolocação de espelho convexo na trincheira dos Bairros Rocio I e II.</t>
   </si>
   <si>
     <t>3284</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3284/indicacao_no_55-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3284/indicacao_no_55-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade de revitalizar o playground da Praça do Rocio II.</t>
   </si>
   <si>
     <t>3285</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3285/indicacao_no_56-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3285/indicacao_no_56-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de calçamento na estrada que inicia na localidade de Papagaios Novos (Vilinha), até o cemitério daquela localidade.</t>
   </si>
   <si>
     <t>3286</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3286/indicacao_no_57-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3286/indicacao_no_57-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de alargamento e cascalhamento da estrada de Corredor.</t>
   </si>
   <si>
     <t>3287</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3287/indicacao_no_58-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3287/indicacao_no_58-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura que seja realizado o patrolamento e cascalhamento na estrada da localidade de Boqueirão, desde a residência do senhor Fabio Pelinski até a propriedade da senhora Albina Gonçalves.</t>
   </si>
   <si>
     <t>3288</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3288/indicacao_no_59-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3288/indicacao_no_59-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Educação que veja da possibilidade de realizar a cobertura da quadra poliesportiva compartilhada entre a Escola Municipal do Campo de Santa Bárbara de Cima e a Escola Estadual João Sidorko.</t>
   </si>
   <si>
     <t>3289</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3289/indicacao_no_60-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3289/indicacao_no_60-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de patrolamento e cascalhamento na estrada que dá acesso à residência de Maria Nice Ribas, e ainda na que dá acesso às propriedades de Antônio Seixas e Silvio Zuchelli, na localidade de Rincão do Cocho, neste Município.</t>
   </si>
   <si>
     <t>3290</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3290/indicacao_no_61-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3290/indicacao_no_61-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de patrolamento e cascalhamento em estrada na localidade de Campo Novo, iniciando na residência do senhor Rafael Novakoski até a residência do senhor Jonel Verner.</t>
   </si>
   <si>
     <t>3291</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3291/indicacao_no_62-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3291/indicacao_no_62-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade da construção de redutor de velocidade, tipo "lombada", ou colocação de tachões na Rua Eurides Teixeira de Oliveira, em frente ao n.º 299, bairro da Vila Rosa.</t>
   </si>
   <si>
     <t>3292</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3292/indicacao_no_63-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3292/indicacao_no_63-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizado o cascalhamento e patrolamento, em critério de urgência, no beco que dá início na casa 305 até a residência do senhor Eweron Perpetuo, localizado na Rua Antônio Vitório Viana, na Vila Rural.</t>
   </si>
   <si>
     <t>3293</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3293/indicacao_no_64-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3293/indicacao_no_64-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja feita a instalação de lombada na Rua André Gumi, no Bairro Rocio 1, entre a quadra de society e o campo de futebol do Rocio Futebol Clube.</t>
   </si>
   <si>
     <t>3294</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3294/indicacao_no_65-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3294/indicacao_no_65-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja feita instalação de lombada ou tachões na Rua Conceição, entre a esquina com a Rua Araldo Manoel Erichsen e o lavador de carros do senhor Kristofer Pereira, ao lado da empresa TOP Car Center Auto Center.</t>
   </si>
   <si>
     <t>3295</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3295/indicacao_no_66-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3295/indicacao_no_66-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizado recapeamento asfáltico na Rua Sete de Abril, entre as Ruas XV de Novembro e Cel. Pedro Ferreira.</t>
   </si>
   <si>
     <t>3296</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3296/indicacao_no_67-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3296/indicacao_no_67-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizado recapeamento asfáltico na Rua Henrique Kuhn, no Bairro Rocio 2.</t>
   </si>
   <si>
     <t>3297</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3297/indicacao_no_68-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3297/indicacao_no_68-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizado recapeamento asfáltico na Rua Júlio Kosloski, próximo a lombada em frente a quadra de society.</t>
   </si>
   <si>
     <t>3298</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3298/indicacao_no_69-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3298/indicacao_no_69-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizada a recuperação de calçada na Rua Padre Camargo, em frente ao Supermercado Franco. A mesma está com uma cratera aberta, com grande risco de acidentes dos pedestres que utilizam esta via.</t>
   </si>
   <si>
     <t>3299</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3299/indicacao_no_70-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3299/indicacao_no_70-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizada a recuperação do asfalto/meio fio na Rua José Rigoni, 369, Centro, em frente à propriedade da senhora Tatiane Przybysewski. Abriu uma cratera no asfalto devido a infiltração de água pluvial, com grande risco de acidentes com carros e pedestres.</t>
   </si>
   <si>
     <t>3300</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3300/indicacao_no_71-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3300/indicacao_no_71-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a recuperação da Rua Primo Feliciano Calaça, no Bairro Rocio 2. Em virtude de chuvas e sem a existência de galerias de águas pluviais, formaram-se imensas crateras, dificultando o tráfego de veículos e até de pedestres. Destacamos que, pela ausência de canaletas, as águas estão invadindo as casas. Indico também que sejam realizados estudos e projetos para estruturação completa e pavimentação definitiva do trecho da referida via pública.</t>
   </si>
   <si>
     <t>3301</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3301/indicacao_no_72-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3301/indicacao_no_72-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizada a recuperação da Rua Sebastião, no Bairro Rocio 2. Na rua não existe galerias de águas pluviais, formando-se imensas crateras, dificultando o tráfego de veículos e até de pedestres. Solicito também que sejam realizados estudos e projetos para estruturação completa e pavimentação definitiva da referida via pública.</t>
   </si>
   <si>
     <t>3302</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3302/indicacao_no_73-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3302/indicacao_no_73-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a recuperação da Rua Petrônio Carneiro de Souza, no Bairro Rocio 2, nas proximidades com a esquina da Rua Primo Feliciano Calaça. Em virtude de chuvas e sem a existência de galerias de águas pluviais, formaram-se imensas crateras, dificultando o tráfego de veículos e até de pedestres. Destacamos que pela ausência de canaletas, as águas estão invadindo as casas. Indico também que sejam realizados estudos e projetos para estruturação completa e a pavimentação definitiva do trecho da referida via pública.</t>
   </si>
   <si>
     <t>3305</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3305/indicacao_no_74-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3305/indicacao_no_74-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura a realização de patrolamento, cascalhamento, limpeza, manutenção em bueiro e, se possível, pavimentação asfáltica na Rua Oscar Teixeira de Freitas, na Vila Rural.</t>
   </si>
   <si>
     <t>3310</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3310/indicacao_no_75-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3310/indicacao_no_75-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente a limpeza de calçadas na Rua Bento Luiz da Costa, no Bairro Rocio I.</t>
   </si>
   <si>
     <t>3311</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3311/indicacao_no_76-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3311/indicacao_no_76-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a recuperação da ponta na localidade de Ranchinho, nas proximidades da propriedade do senhor Casemiro Simon.</t>
   </si>
   <si>
     <t>3312</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Vaguinho</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3312/indicacao_no_77-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3312/indicacao_no_77-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente que veja da possibilidade da instalação de sistema adequado de recepção de lixo reciclável em lugares fixos e a coleta semanal na localidade de Pinheiral de Baixo.</t>
   </si>
   <si>
     <t>3313</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3313/indicacao_no_78-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3313/indicacao_no_78-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a limpeza de bueiro na Avenida Nacim Bacila, em frente a propriedade n.º 336.</t>
   </si>
   <si>
     <t>3316</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3316/indicacao_no_79-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3316/indicacao_no_79-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a recuperação, em caráter de urgência, da grade de proteção da ponte sobre o Rio Monjolo, na Rua Santos Dumont.</t>
   </si>
   <si>
     <t>3317</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3317/indicacao_no_80-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3317/indicacao_no_80-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de patrolamento, cascalhamento e construção de bueiro na estrada que inicia nas proximidades da residência de Fernando Bassani, até as residências de Jacson Carneiro e Araídes Bassani, na localidade de Rincão do Cocho.</t>
   </si>
   <si>
     <t>3321</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3321/indicacao_no_81-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3321/indicacao_no_81-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a construção de redutor de velocidade tipo lombada ou a colocação de tachões na esquina das Ruas Augusto Stalschmidt e Roberto Stalschmidt, no Loteamento Municipal, nesta cidade.</t>
   </si>
   <si>
     <t>3323</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3323/indicacao_82.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3323/indicacao_82.pdf</t>
   </si>
   <si>
     <t>INDICA à Secretaria Municipal de Obras e Infraestrutura, a construção de Bueiro, na estrada em frente à Escola, nas proximidades da residência do Sr. Aurio, na localidade de Queimadas.</t>
   </si>
   <si>
     <t>3324</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3324/indicacao_83.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3324/indicacao_83.pdf</t>
   </si>
   <si>
     <t>INDICA à Secretaria Municipal de Meio Ambiente, a colocação de Caixa Coletora para material reciclável, na estrada Vereador Sebastião Sanson, proximidades da estrada que dá acesso ao Cemitério da localidade de Vieiras.</t>
   </si>
   <si>
     <t>3335</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Egon Krambeck, Gilberto Rogalski, Joslei Sequineli, Lucas Santos, Odair Sanson Junior, Rogério Czelusniak, Vaguinho</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3335/indicacao_no_84-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3335/indicacao_no_84-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal Sérgio Luis Belich que veja da possibilidade de retirar a construção sobre a calçada no ponto de táxi na Rua Barão do Rio Branco, ao lado do banco Bradesco, e instalar cobertura no mesmo local.</t>
   </si>
   <si>
     <t>3326</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3326/indicacao_no_85-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3326/indicacao_no_85-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a recuperação de bueiro nas proximidades da residência de Vera Marques, Em Campestrinho.</t>
   </si>
   <si>
     <t>3327</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3327/indicacao_no_86-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3327/indicacao_no_86-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a construção de bueiro em frente ao barracão da empresa Boa Vista Tabacos, em Vieiras.</t>
   </si>
   <si>
     <t>3328</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3328/indicacao_no_87-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3328/indicacao_no_87-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente a roçada e limpeza em frente ao terreno do Parque de Exposições, localizado na PR 151.</t>
   </si>
   <si>
     <t>3329</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3329/indicacao_no_88-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3329/indicacao_no_88-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente que seja realizado o plantio de árvores e colocação de placas de conscientização de preservação em torno do playground, localizado ao lado da Estratégia de Saúde da Família - ESF do Bairro Rocio I.</t>
   </si>
   <si>
     <t>3330</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3330/indicacao_no_89-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3330/indicacao_no_89-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade de realizar terraplanagem em frente a Unidade Básica de Saúde (UBS) de Pinheiral de Baixo.</t>
   </si>
   <si>
     <t>3331</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3331/indicacao_no_90-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3331/indicacao_no_90-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito que seja retirada a placa de sinalização de "estacionamento permitido por 15 minutos com pisca alerta ligado" na Rua Conceição, em frente a propriedade nº 943.</t>
   </si>
   <si>
     <t>3336</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3336/indicacao_no_91-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3336/indicacao_no_91-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a ampliação da iluminação pública no final da Rua Cel. Ottoni Ferreira Maciel.</t>
   </si>
   <si>
     <t>3339</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3339/indicacao_no_92-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3339/indicacao_no_92-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de patrolamento e cascalhamento na estrada que inicia próximo à residência de Lauro Seixas, até a residência de Orlando Jorge de Campos, na localidade de Rincão do Cocho.</t>
   </si>
   <si>
     <t>3340</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3340/indicacao_no_93-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3340/indicacao_no_93-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a construção de bueiro em frente à residência de Ivonel Scepanski, na localidade de Campestrinho.</t>
   </si>
   <si>
     <t>3341</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3341/indicacao_no_94-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3341/indicacao_no_94-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a construção de bueiro em frente à Escola Estadual na localidade de Queimadas.</t>
   </si>
   <si>
     <t>3342</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3342/indicacao_no_95-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3342/indicacao_no_95-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizada a recuperação do acesso à Igreja e à Escola compartilhada Municipal de Santa Bárbara de Cima e Escola Estadual do Campo João Sidorko.</t>
   </si>
   <si>
     <t>3343</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3343/indicacao_no_96-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3343/indicacao_no_96-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito que veja da possibilidade de implantar travessia elevada na Rua Vicente Machado, próximo ao Colégio Realeza.</t>
   </si>
   <si>
     <t>3351</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3351/indicacao_no_97-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3351/indicacao_no_97-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a reconstrução de bueiro nas proximidades da residência do senhor Sandro Barauce, na localidade de Vileiros.</t>
   </si>
   <si>
     <t>3353</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3353/indicacao_no_98-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3353/indicacao_no_98-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizada operação tapa buracos na Avenida Presidente Ernesto Geisel, no trecho entre a cooperativa e a BR 376, Colônia Witmarsum.</t>
   </si>
   <si>
     <t>3354</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3354/indicacao_no_99-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3354/indicacao_no_99-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Educação a cobertura da quadra compartilhada entre a Escola Municipal do Campo de Queimadas e a Escola Estadual Henrique Stadler.</t>
   </si>
   <si>
     <t>3355</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3355/indicacao_no_100-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3355/indicacao_no_100-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizado patrolamento e cascalhamento na estrada que inicia na propriedade do sr. Ivan Bassani, na localidade de Vilinha, até a propriedade do sr. Mairon Sviech, em Rincão do Cocho.</t>
   </si>
   <si>
     <t>3360</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3360/indicacao_no_101-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3360/indicacao_no_101-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao excelentíssimo senhor Prefeito Municipal que determine ao setor competente a realização de estude sobre a viabilidade de implantação ou reativação do Fundo Municipal de Habitação, e ainda a verificação da hipótese de alienação onerosa de imóveis do Município sem utilização para formação do capital desse fundo.</t>
   </si>
   <si>
     <t>3361</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3361/indicacao_no_102-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3361/indicacao_no_102-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a troca de lâmpada queimada em poste localizado na Rua Dom Alberto Gonçalves, nas proximidades do nº 1493.</t>
   </si>
   <si>
     <t>3362</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3362/indicacao_no_103-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3362/indicacao_no_103-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao excelentíssimo senhor Prefeito que veja da possibilidade de trazer para o nosso Município o "Programa Armazém da Família".</t>
   </si>
   <si>
     <t>3363</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3363/indicacao_no_104-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3363/indicacao_no_104-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade da realização de recuperação ou de instalação de novo playground, com a opção de novos equipamentos, na localidade de Vilinha.</t>
   </si>
   <si>
     <t>3364</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3364/indicacao_no_105-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3364/indicacao_no_105-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a recuperação de bueiro nas proximidades da residência de Edilson Verner, na localidade de Limeira.</t>
   </si>
   <si>
     <t>3365</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3365/indicacao_no_106-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3365/indicacao_no_106-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade de realizar aplainamento do terreno próximo à residência de Edilson Luciano dos Santos, na localidade de Encruzilhada.</t>
   </si>
   <si>
     <t>3366</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3366/indicacao_no_107-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3366/indicacao_no_107-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade de realizar pavimentação asfáltica na Rua Cessemiro Bahia dos Santos, no Loteamento Municipal.</t>
   </si>
   <si>
     <t>3367</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3367/indicacao_no_108-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3367/indicacao_no_108-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e  Infraestrutura a troca de lâmpada em frente ao nº 55, na Rua Cessemiro Bahia dos Santos, no Loteamento Municipal.</t>
   </si>
   <si>
     <t>3368</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3368/indicacao_no_109-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3368/indicacao_no_109-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito a colocação de placas indicativas de horário de carga e descarga nas proximidades dos pontos comerciais com endereços de nº 130 e 300, na Rua Conceição.</t>
   </si>
   <si>
     <t>3369</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3369/indicacao_no_110-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3369/indicacao_no_110-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Saúde a realização de atendimento médico na localidade de Guarauninha.</t>
   </si>
   <si>
     <t>3370</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3370/indicacao_no_111-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3370/indicacao_no_111-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a recuperação de bueiro e colocação de pedras nas proximidades da residência de Antonio Carlos Nogueira de Lara (Carlão), na localidade de Tocas.</t>
   </si>
   <si>
     <t>3371</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3371/indicacao_no_112-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3371/indicacao_no_112-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a recuperação da ponte sobre o Rio Santa Clara, na estrada marginal à BR 277, na localidade de Queimadas.</t>
   </si>
   <si>
     <t>3372</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3372/indicacao_no_113-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3372/indicacao_no_113-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a colocação de placa indicativa de "rua sem saída" no prolongamento da Rua Jesuíno Marcondes.</t>
   </si>
   <si>
     <t>3373</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3373/indicacao_no_114-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3373/indicacao_no_114-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura o patrolamento e cascalhamento, onde necessitar, na estrada que inicia na PR 151 até a propriedade de Denielson Kapp, na localidade de Benfica.</t>
   </si>
   <si>
     <t>3375</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3375/indicacao_no_115-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3375/indicacao_no_115-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito a colocação de placas de denominação da Avenida Nascim Bacila, principal acesso ao bairro Jardim Santa Rosa, e suas ruas transversais: Manoel Ribas, Francisco Sinke Ferreira, Gabriel Prestes, Johannes Janzen, Basílio Machado e Henrique Stadler.</t>
   </si>
   <si>
     <t>3376</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3376/indicacao_no_116-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3376/indicacao_no_116-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente que sejam realizados serviços de jardinagem e paisagismo no acesso à igreja e Escola Compartilhada Municipal de Santa Bárbara de Cima e Escola Estadual João Sidorko.</t>
   </si>
   <si>
     <t>3377</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3377/indicacao_no_117-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3377/indicacao_no_117-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Educação a substituição das traves de futebol de salão da quadra da Escola Municipal Pedro Gross Filho, da localidade de Pinheiral de Baixo.</t>
   </si>
   <si>
     <t>3380</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3380/indicacao_no_118-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3380/indicacao_no_118-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Transito a colocação de placas de denominação da Ruas Wille Margraf e Ana Lúcia Mayer, Bairro Rocio II.</t>
   </si>
   <si>
     <t>3383</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3383/indicacao_na_119-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3383/indicacao_na_119-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a recuperação da ponte sobre o Rio Guaraúna, próximo à propriedade dos Budziak, na localidade de São Pedro.</t>
   </si>
   <si>
     <t>3388</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3388/indicacao_no_120-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3388/indicacao_no_120-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito a colocação de placas em ruas onde necessitar no Bairro Sebastiana Agnes de Paula (Vila Militar).</t>
   </si>
   <si>
     <t>3389</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3389/indicacao_no_121-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3389/indicacao_no_121-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade da colocação de lâmpadas de LED em toda a rede de iluminação pública na localidade de Witmarsum.</t>
   </si>
   <si>
     <t>3390</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3390/indicacao_no_122-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3390/indicacao_no_122-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade da realização de operação tapa buracos, onde necessitar, nas vias pavimentadas da localidade de Witmarsum.</t>
   </si>
   <si>
     <t>3391</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3391/indicacao_no_123-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3391/indicacao_no_123-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Educação a instalação de cisterna de água na instituição de ensino compartilhada entre a Escola Municipal do Campo de Queimadas e Estadual Herinque Stadler.</t>
   </si>
   <si>
     <t>3393</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3393/indicacao_no_124-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3393/indicacao_no_124-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito a colocação de placa indicativa de "rua sem saída" na rua sem denominação, localizada na Vila Bugai.</t>
   </si>
   <si>
     <t>3394</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3394/indicacao_no_125-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3394/indicacao_no_125-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente a retirada de entulhos depositados na Travessa João Passoni, próximo ao nº 37. Bairro Vila Maria.</t>
   </si>
   <si>
     <t>3395</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3395/indicacao_no_126-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3395/indicacao_no_126-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a instalação de playground e academia ao ar livre ao lado da igreja católica da localidade de Rincão do Cocho.</t>
   </si>
   <si>
     <t>3396</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3396/indicacao_no_127-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3396/indicacao_no_127-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a construção de bueiro em frente a entrada que dá acesso à residência da senhora Crislaine Manueli Golemba, na localidade de Poço Grande.</t>
   </si>
   <si>
     <t>3397</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3397/indicacao_no_128-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3397/indicacao_no_128-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito a construção de redutor de velocidade tipo "lombada" na Rua Dom Alberto Gonçalves, em frente ao nº 1065.</t>
   </si>
   <si>
     <t>3398</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3398/indicacao_no_129-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3398/indicacao_no_129-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito a construção de redutor de velocidade, tipo lombada", na Avenida Daniel Mansani, nas proximidades da Auto Elétrica Faísca.</t>
   </si>
   <si>
     <t>3399</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3399/indicacao_no_130-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3399/indicacao_no_130-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Infraestrutura que veja da possibilidade de realizar o alargamento e cascalhamento da estrada que liga Rincão do Cocho a Encruzilhada, iniciando após a ponte sobre o Rio Guaraúna.</t>
   </si>
   <si>
     <t>3403</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3403/indicacao_no_131-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3403/indicacao_no_131-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a limpeza de bueiro na frente da residência do senhor Éder Stelle, na Colônia de Papagaios Novos.</t>
   </si>
   <si>
     <t>3406</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3406/indicacao_no_132-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3406/indicacao_no_132-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade da construção de redutor de velocidade tipo lombada, na Avenida Sete de Abril, sentido Centro, esquina com a Rua Barão do Rio Branco.</t>
   </si>
   <si>
     <t>3407</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3407/indicacao_no_133-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3407/indicacao_no_133-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a construção de bueiro nas proximidades da residência do sr. Silvestre Gremski, na localidade de Boa Vista.</t>
   </si>
   <si>
     <t>3408</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3408/indicacao_no_134-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3408/indicacao_no_134-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de cascalhamento, onde necessitar, na estrada que dá acesso à residência do sr. Jorge Turek, na localidade de Paiol do Fundo.</t>
   </si>
   <si>
     <t>3409</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3409/indicacao_no_135-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3409/indicacao_no_135-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade da realização de calçamento com pedras irregulares, desde a PR 151, na localidade de Mandaçaia, até a residência do sr. Abel Ornieski, na localidade de Pinheiral de Baixo.</t>
   </si>
   <si>
     <t>3410</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3410/indicacao_no_136-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3410/indicacao_no_136-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente que veja da possibilidade de ampliar o número de caixas coletoras de resíduo e substituí-las por modelos com tampa, em frente ao parque CTG Caminho das Tropas.</t>
   </si>
   <si>
     <t>3411</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3411/indicacao_no_137-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3411/indicacao_no_137-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente a instalação de lixeiras para materiais reciclados em frente à Unidade Básica de Saúde e da instituição de ensino compartilhada entre a Escola Municipal e Estadual da localidade de Queimadas.</t>
   </si>
   <si>
     <t>3417</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3417/indicacao_no_138-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3417/indicacao_no_138-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito a complementação da colocação de redutor de velocidade na Rua Emilio Mehl, em frente à residência nº 220A, Jardim Santa Rosa, bairro Vila Rosa.</t>
   </si>
   <si>
     <t>3418</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3418/indicacao_no_139-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3418/indicacao_no_139-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito que veja da possibilidade da colação de taxões ou construção de lombada na Avenida Sete de Abril, entre os números 1800 e 1823, nos dois sentidos.</t>
   </si>
   <si>
     <t>3419</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3419/indicacao_no_140-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3419/indicacao_no_140-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizado patrolamento e cascalhamento na estrada do Faxinal Grande, desde a estrada principal de Santa Bárbara até a propriedade da sra. Jaira Cubinske.</t>
   </si>
   <si>
     <t>3420</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3420/indicacao_no_141-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3420/indicacao_no_141-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito que veja da possibilidade de colocação de placa indicativa em frente à residência do sr. Silvio Eurich, na localidade de Colônia de Papagaios Novos, com a seguinte indicação: BR - 277 10 Km, Palmeira 12 Km.</t>
   </si>
   <si>
     <t>3421</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3421/indicacao_no_142-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3421/indicacao_no_142-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de patrolamento na estrada que inicia próxima à residência do sr. Izonel Marques, até a residência da sra. Rosélia F. Soares, na localidade de Queimadas.</t>
   </si>
   <si>
     <t>3422</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3422/indicacao_no_143-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3422/indicacao_no_143-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a recuperação da estrada que dá acesso à estação de tratamento de água da SANEPAR, nesta cidade.</t>
   </si>
   <si>
     <t>3423</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3423/indicacao_no_144-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3423/indicacao_no_144-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito que veja da possibilidade da construção de dois redutores de velocidade tipo lombada na Rua Adalberto Alves de Paula, no trecho compreendido da marginal da PR 151 até a ponte sobre o Rio Monjolo.</t>
   </si>
   <si>
     <t>3427</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3427/indicacao_no_145-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3427/indicacao_no_145-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a construção de bueiro em frente à residência da senhora Luciane Przybycien, na localidade de Campo Novo.</t>
   </si>
   <si>
     <t>3428</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3428/indicacao_no_146-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3428/indicacao_no_146-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura o patrolamento e cascalhamento da estrada que dá acesso à propriedade do senhor Tertuliano Pinto, na localidade de Correias.</t>
   </si>
   <si>
     <t>3429</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3429/indicacao_no_147-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3429/indicacao_no_147-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura o alargamento da estrada secundária que dá acesso à propriedade do senhor Tadeu Stanski, na localidade de Correias.</t>
   </si>
   <si>
     <t>3430</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3430/indicacao_no_148-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3430/indicacao_no_148-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade da construção de passagem elevada para pedestres na Rua Coronel Ottoni Ferreira Maciel, ao lado da propriedade nº 872 e em frente ao Estádio João Chede (Ipiranga Futebol Clube).</t>
   </si>
   <si>
     <t>3431</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3431/indicacao_no_149-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3431/indicacao_no_149-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Educação que veja da possibilidade de enviar os seguintes materiais didáticos para a Escola Municipal do Campo Nossa Senhora do Rosário, localidade de Vieiras: materiais esportivos (bolas de diferentes modalidades, redes de vôlei, cones, cordas, raquetes e outros itens que auxiliem o planejamento de aulas de Educação Física); materiais tecnológicos (projetor de imagens e impressora); materiais específicos para alunos com dificuldades aprendizagem.</t>
   </si>
   <si>
     <t>3433</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3433/indicacao_no_150-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3433/indicacao_no_150-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal que veja da possibilidade de intervir junto ao Governo do Estado do Paraná e à concessionário Caminhos do Paraná sobre a viabilidade de instalar iluminação pública em todos os trechos urbanos que compõe a BR 277 no Município de Palmeira.</t>
   </si>
   <si>
     <t>3437</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3437/indicacao_no_151-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3437/indicacao_no_151-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito que proceda à instalação de placas indicando o nome das ruas do Jardim Boa Vista (loteamento Barão).</t>
   </si>
   <si>
     <t>3438</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3438/indicacao_no_152-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3438/indicacao_no_152-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente que seja feita a roçada e limpeza do mato na quadra de esportes localizada na esquina entre as ruas das Tulipas e das Dálias no Núcleo João Paulo, tornando a quadra acessível à população para o lazer, esporte e bem-estar dos moradores do bairro.</t>
   </si>
   <si>
     <t>3439</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3439/indicacao_no_153-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3439/indicacao_no_153-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente que veja da possibilidade de retirar do local uma árvore que está na calçada pública, localizada na Rua Jesuíno Marcondes, Centro, em frente ao portão da loja MM Mercado Móveis (foto em anexo).</t>
   </si>
   <si>
     <t>3440</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3440/indicacao_no_154-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3440/indicacao_no_154-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que verifique a possibilidade de abrir bueiro para escoamento de água fluvial na Rua Professora Ana Lucia Maier, em frente à quadra de society no bairro do Rocio II, conforme foto anexa.</t>
   </si>
   <si>
     <t>3441</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3441/indicacao_no_155-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3441/indicacao_no_155-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente que seja feita a retirada de entulhos (meio fio, sobras de entulhos) da obra da Praça Central do Rocio II. Os mesmos se encontram no final da passarela da Praça Central.</t>
   </si>
   <si>
     <t>3442</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3442/indicacao_no_156-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3442/indicacao_no_156-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que verifique a possibilidade de instalar anteparo e redutor de velocidade na esquina entre a Rua Manoel Demétrio de Oliveira com a Rua Antonio P. Bueno Stockler, no Bairro Rocio II.</t>
   </si>
   <si>
     <t>3443</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3443/indicacao_no_157-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3443/indicacao_no_157-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que verifique a possibilidade de instalação de lâmpadas de LED nos postes de iluminação pública na Praça Central do Rocio II.</t>
   </si>
   <si>
     <t>3444</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3444/indicacao_no_158-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3444/indicacao_no_158-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito Municipal que seja efetuada pintura viária (faixa de pedestres) em frente à Itesapar Fundição na Rua Padre Anchieta, 112, esquina com a Rua Flávio Santos, no Bairro Papirus.</t>
   </si>
   <si>
     <t>3445</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3445/indicacao_no_159-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3445/indicacao_no_159-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente que veja da possibilidade de instalação de placa grande com a inscrição "proibido jogar lixo" em terreno público paralelo à Rua VII, no Bairro Rocio II.</t>
   </si>
   <si>
     <t>3446</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3446/indicacao_no_161-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3446/indicacao_no_161-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizado patrolamento e cascalhamento na Rua Valdomiro Rigoni, no Bairro da Colônia Francesa.</t>
   </si>
   <si>
     <t>3447</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3447/indicacao_no_161-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3447/indicacao_no_161-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade de construir redutor de velocidade tipo lombada na Rua Andorinha, no Jardim Boa Vista (loteamento Barão).</t>
   </si>
   <si>
     <t>3454</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3454/indicacao_no_162-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3454/indicacao_no_162-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura a realização de operação tapa buracos na Rua Jesuíno Marcondes.</t>
   </si>
   <si>
     <t>3455</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3455/indicacao_no_163-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3455/indicacao_no_163-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria de Obras e Infraestrutura a colocação de areia no parquinho infantil existente na Praça Domingos Theodorico de Freitas.</t>
   </si>
   <si>
     <t>3458</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3458/indicacao_no_164-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3458/indicacao_no_164-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal que veja da possibilidade de disponibilizar local para a sede do Palmeira Cross no Parque de Exposições de Palmeira.</t>
   </si>
   <si>
     <t>3461</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3461/indicacao_no_165-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3461/indicacao_no_165-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a substituição do reservatório utilizado para distribuição de água para os moradores da localidade de Paiol do Fundo.</t>
   </si>
   <si>
     <t>3462</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3462/indicacao_no_166-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3462/indicacao_no_166-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura o patrolamento e cascalhamento da estrada secundária que dá acesso à propriedade de Erli Fischer Kischporki, na localidade de Boa Vista.</t>
   </si>
   <si>
     <t>3471</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3471/indicacao_no_167-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3471/indicacao_no_167-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a recuperação do acesso à estrada do Boqueirão, na PR 151, nas proximidades da residência do senhor Fábio Pelinski.</t>
   </si>
   <si>
     <t>3472</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3472/indicacao_no_168-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3472/indicacao_no_168-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Saúde a sugestão para que sejam incluídas as lactantes no cronograma do grupo de prioridades da vacinação da COVID 19.</t>
   </si>
   <si>
     <t>3473</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3473/indicacao_no_169-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3473/indicacao_no_169-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a solicitação junto à COPEL a elaboração de projetos elétricos e execução de extensão de rede de baixa tensão para implantação de iluminação nas seguintes vias públicas.</t>
   </si>
   <si>
     <t>3474</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3474/indicacao_no_170-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3474/indicacao_no_170-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a instalação de suporte para bicicletas em pontos estratégicos do calçadão da Rua Conceição e nas quadras poliesportivas existentes na cidade.</t>
   </si>
   <si>
     <t>3480</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3480/indicacao_no_171-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3480/indicacao_no_171-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito o conserto do semáforo instalado na Rua XV de Novembro, esquina com a Rua Santos Dumont e ainda a colocação de placa indicativa de que a Rua XV de Novembro é preferencial.</t>
   </si>
   <si>
     <t>3489</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3489/indicacao_no_172-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3489/indicacao_no_172-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito a construção de passagem elevada para pedestres em frente ao Lar Acelino e a construção de redutores de velocidade, tipo "lombada" na Avenida das Palmeira, bairro da Colônia Francesa.</t>
   </si>
   <si>
     <t>3499</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3499/indicacao_no_173-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3499/indicacao_no_173-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de patrolamento e cascalhamento da estrada que liga a localidade de Faxinal dos Silva até Água Clara, passando pela propriedade de Alberto Gerninski.</t>
   </si>
   <si>
     <t>3500</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3500/indicacao_no_174-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3500/indicacao_no_174-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de patrolamento e cascalhamento da estrada que liga a PR 151, na localidade de Faxinal dos Quartins, até a balsa do Canta Galo.</t>
   </si>
   <si>
     <t>3502</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3502/indicacao_no_175-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3502/indicacao_no_175-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de patrolamento e cascalhamento na estrada que inicia na BR 277, passando por Moinho da Várzea até Pinheiral de Baixo.</t>
   </si>
   <si>
     <t>3503</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3503/indicacao_no_176-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3503/indicacao_no_176-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de patrolamento e cascalhamento na estrada que inicia na residência do sr. Lauro Seixas até a residência da sra. Ivone Seixas, na localidade de Rincão do Cocho.</t>
   </si>
   <si>
     <t>3504</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3504/indicacao_no_177-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3504/indicacao_no_177-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizada, em critério de urgência , a recuperação de bueiro localizado ao lado da trincheira de acesso aos Bairros Rocio I e Rocio II.</t>
   </si>
   <si>
     <t>3505</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3505/indicacao_no_178-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3505/indicacao_no_178-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Segurança e Trânsito que sejam instalados redutores de velocidade tipo lombada, onde for necessário, nas ruas do loteamento Sol Nascente.</t>
   </si>
   <si>
     <t>3507</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3507/indicacao_no_179-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3507/indicacao_no_179-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito a construção de redutor de velocidade tipo lombada na Rua Mildemberg Mayer, na Vila Mayer, nesta cidade.</t>
   </si>
   <si>
     <t>3508</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3508/indicacao_no_180-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3508/indicacao_no_180-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente que verifique junto aos rios Monjolo e Forquilha os pontos de lançamento de esgoto doméstico e industrial.</t>
   </si>
   <si>
     <t>3510</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3510/indicacao_no_181-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3510/indicacao_no_181-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de infraestrutura e pavimentação asfáltica no prolongamento da Rua Jesuíno Marcondes.</t>
   </si>
   <si>
     <t>3512</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3512/indicacao_no_182-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3512/indicacao_no_182-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a construção de bueiro nas proximidades da residência do sr. Constante Pelisnki, na localidade de Vilinha, neste Município.</t>
   </si>
   <si>
     <t>3513</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3513/indicacao_no_183-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3513/indicacao_no_183-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Educação que possibilite aos alunos da rede municipal de ensino que estão em situação de vulnerabilidade social os mecanismos tecnológicos (computadores e internet) para acesso gratuito as vídeo aulas e outros conteúdos pedagógicos durante o período do isolamento social.</t>
   </si>
   <si>
     <t>3514</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3514/indicacao_no_184-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3514/indicacao_no_184-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizada a construção de abrigos para passageiros de ponto de ônibus em locais estratégicos na Avenida Presidente Ernesto Geisel, Colônia Witmarsum.</t>
   </si>
   <si>
     <t>3515</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3515/indicacao_no_185-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3515/indicacao_no_185-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizada a recuperação da grade do bueiro na esquina da Rua Emanuel Vida, bairro Rocio II.</t>
   </si>
   <si>
     <t>3516</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3516/indicacao_no_186-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3516/indicacao_no_186-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que sejam realizados reparos no calçamento da Rua Pedro Swiech, comunidade de Vilinha.</t>
   </si>
   <si>
     <t>3517</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3517/indicacao_no_187-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3517/indicacao_no_187-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente que veja da possibilidade de realizar a coleta de lixo eletrônico em locais estratégicos nas comunidades de Vieiras, Campestre, Faxinal dos Mineiros, Boa Vista, Limeira e Correias.</t>
   </si>
   <si>
     <t>3519</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3519/indicacao_no_188-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3519/indicacao_no_188-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a recuperação da Rua Oscar Teixeira de Oliveira e ruas paralelas na Vila Rural.</t>
   </si>
   <si>
     <t>3523</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3523/indicacao_no_189-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3523/indicacao_no_189-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal Sérgio Luis Belich que veja da possibilidade da realização do Programa de Recuperação de Créditos Fiscais - REFIS, destinado a promover a regularização de créditos do Município de Palmeira junto a seus contribuintes, pessoas físicas e jurídicas.</t>
   </si>
   <si>
     <t>3524</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3524/indicacao_no_190-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3524/indicacao_no_190-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura o cascalhamento em todas as vias de acesso da parte central da localidade de Poço Grande.</t>
   </si>
   <si>
     <t>3525</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3525/indicacao_no_191-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3525/indicacao_no_191-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade de construir redutor de velocidade tipo "lombada" na Rua Andorinha, próximo ao nº 390, no loteamento Boa Vista.</t>
   </si>
   <si>
     <t>3528</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3528/indicacao_no_192-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3528/indicacao_no_192-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Segurança e Trânsito que veja da possibilidade da construção de passagem elevada para pedestres na Rua Santos Dumont, em frente ao Colégio Estadual Dom Alberto Gonçalves.</t>
   </si>
   <si>
     <t>3529</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3529/indicacao_no_193-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3529/indicacao_no_193-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade da construção de redutor de velocidade tipo "lombada" na Rua Maria Rogalski Passoni, bairro Colônia Francesa.</t>
   </si>
   <si>
     <t>3530</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3530/indicacao_no_194-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3530/indicacao_no_194-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de obras de infraestrutura e pavimentação asfáltica no prolongamento da Rua Jesuíno Marcondes.</t>
   </si>
   <si>
     <t>3531</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3531/indicacao_no_195-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3531/indicacao_no_195-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a colocação de manilha para escoamento de água em frente ao portão do Colégio Estadual do Campo de Pinheiral de Baixo.</t>
   </si>
   <si>
     <t>3532</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3532/indicacao_no_196-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3532/indicacao_no_196-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Esportes a instalação de academia ao ar livre e playground na localidade de Vileiros.</t>
   </si>
   <si>
     <t>3539</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3539/indicacao_no_197-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3539/indicacao_no_197-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de patrolamento e cascalhamento na estrada que inicia na residência do sr. Martinho Sluzarz, até a residência da sra. Simone de Sá Ribas, na localidade de Paiol do Fundo.</t>
   </si>
   <si>
     <t>3541</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3541/indicacao_no_198-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3541/indicacao_no_198-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade da instalação de iluminação pública nas vias de acesso da localidade de Benfica, neste Município.</t>
   </si>
   <si>
     <t>3542</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3542/indicacao_no_199-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3542/indicacao_no_199-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de cascalhamento na estrada que dá acesso à residência do senhor José Maurílio da Silva, na localidade de Paiol do Fundo.</t>
   </si>
   <si>
     <t>3544</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3544/indicacao_no_200-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3544/indicacao_no_200-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal desta cidade de Palmeira, Estado do Paraná, para que o mesmo determine à Secretaria de Obras e Infraestrutura realize estudos, juntamente com o DER, visando a implementação de obras e sinalização para a melhoria do acesso e cruzamento das ruas XV de Novembro e Nacim Bacila com a PR-151 - Rodovia João Chede.</t>
   </si>
   <si>
     <t>3545</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3545/indicacao_no_201-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3545/indicacao_no_201-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal desta cidade de Palmeira, Estado do Paraná, para que o mesmo determine à Secretaria de Obras e Infraestrutura realize estudos, juntamente com o DER, visando a implementação de obras e sinalização para a melhoria do acesso e cruzamento da Rua Adalberto Alves de Paula com a PR-151, Rodovia João Chede.</t>
   </si>
   <si>
     <t>3546</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3546/indicacao_no_202-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3546/indicacao_no_202-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a perfuração de poço artesiano e a instalação da rede e ligações necessárias na localidade de Encruzilhada.</t>
   </si>
   <si>
     <t>3547</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3547/indicacao_no_203-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3547/indicacao_no_203-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de cascalhamento na estrada que dá acesso à residência da senhora Terezinha de Jesus, na localidade de Campo Novo.</t>
   </si>
   <si>
     <t>3548</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3548/indicacao_no_204-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3548/indicacao_no_204-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a instalação de rede de água tratada com suas respectivas ligações aos moradores da localidade de Mandaçaia.</t>
   </si>
   <si>
     <t>3549</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3549/indicacao_no_205-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3549/indicacao_no_205-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a perfuração de poço artesiano e a instalação de rede e ligações necessárias na localidade de Campo Novo.</t>
   </si>
   <si>
     <t>3551</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3551/indicacao_no_206-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3551/indicacao_no_206-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que realize a recuperação da cerca e do guarda-corpo de madeira na Praça Raul Braz de Oliveira ("Praça do Museu").</t>
   </si>
   <si>
     <t>3553</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3553/indicacao_no_207-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3553/indicacao_no_207-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que solicite junto à SANEPAR o conserto na pavimentação asfáltica em ruas onde realizou serviços e continuam sem pavimentação.</t>
   </si>
   <si>
     <t>3563</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3563/indicacao_no_208-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3563/indicacao_no_208-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a destinação de uma carga de terra para o senhor Miguel Ferreira, morador da localidade de Paiol do Fundo.</t>
   </si>
   <si>
     <t>3566</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3566/indicacao_no_209-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3566/indicacao_no_209-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizada a recuperação de bueiro no acesso à propriedade do senhor Etevaldo Rupel, aproximadamente a 200 metros da estrada principal, na localidade de Vileiros, sentido Limeira.</t>
   </si>
   <si>
     <t>3567</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3567/indicacao_no_210-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3567/indicacao_no_210-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito a recolocação da placa "proibido veículos de carga acima de 10 toneladas" na esquina da Rua Flávio Santos com a Rua Padre Anchieta, bairro Vila Rosa.</t>
   </si>
   <si>
     <t>3568</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3568/indicacao_no_211-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3568/indicacao_no_211-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente a colocação de caixas coletores, sendo uma para lixo orgânico e uma para material reciclável em frente à residência da senhora Leoni Antunes, na localidade de Pugas de Cima.</t>
   </si>
   <si>
     <t>3569</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3569/indicacao_no_212-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3569/indicacao_no_212-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade da doação de 30 manilhas com diâmetro de 60 centímetros para o senhor Márcio Stanisuaski, moradora da localidade de São Pedro.</t>
   </si>
   <si>
     <t>3579</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3579/indicacao_no_213-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3579/indicacao_no_213-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizado o patrolamento e cascalhamento no prolongamento da Rua Manoel Demétrio de Oliveira.</t>
   </si>
   <si>
     <t>3580</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3580/indicacao_no_214-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3580/indicacao_no_214-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade de realizar pavimentação asfáltica na Rua Heitor Stockler de França, localizada entre as ruas João Honório dos Santos e André Gumi, bairro Rocio II.</t>
   </si>
   <si>
     <t>3581</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3581/indicacao_no_215-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3581/indicacao_no_215-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a colocação de iluminação pública em frente à Escola Estadual Bom Jesus do Monte e da Unidade Básica da Saúde de Vieiras.</t>
   </si>
   <si>
     <t>3589</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3589/indicacao_no_216-201.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3589/indicacao_no_216-201.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura o cascalhamento, onde necessitar, na estrada de Santa Bárbara, iniciando na localidade de Santa Quitéria.</t>
   </si>
   <si>
     <t>3590</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3590/indicacao_no_217-201.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3590/indicacao_no_217-201.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Segurança e Trânsito a construção de redutor de velocidade, tipo "lombada", na Rua Sebastiana Maria Ozório de Freitas, em frente à quadra de futebol society, no bairro Vila Rosa.</t>
   </si>
   <si>
     <t>3591</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3591/indicacao_no_218-201.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3591/indicacao_no_218-201.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a instalação de iluminação pública na Rua Sebastiana Maria Ozório de Freitas, entre as Ruas Félix Roscosz e Emilio Melh, no bairro da Vila Rosa.</t>
   </si>
   <si>
     <t>3593</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3593/indicacao_no_219-201.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3593/indicacao_no_219-201.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura o conserto de calçada na Avenida Daniel Mansani, em frente a empresa Palagro.</t>
   </si>
   <si>
     <t>3594</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3594/indicacao_220-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3594/indicacao_220-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de operação tapa-buracos na Rua Dom Alberto Gonçalves, desde o final do calçamento até o seu final, no Bairro Regina Vitória.</t>
   </si>
   <si>
     <t>3604</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3604/indicacao_no_221-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3604/indicacao_no_221-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Saúde a destinação de transporte de pacientes de unidades do interior do Município, onde não tiver atendimento, até as unidades onde são encaminhados os pacientes para atendimento.</t>
   </si>
   <si>
     <t>3610</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3610/indicacao_no_222-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3610/indicacao_no_222-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade de doação de 2 cargas de pedra na propriedade da senhora Rosemere Kuhn, na localidade de Colônia do Lago.</t>
   </si>
   <si>
     <t>3611</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3611/indicacao_no_223-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3611/indicacao_no_223-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a destinação de duas cargas de terra para o senhor Caíque Soares na Rua Manoel de Oliveira, em frente ao número 500 no Bairro do Rocio II.</t>
   </si>
   <si>
     <t>3612</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3612/indicacao_no_224-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3612/indicacao_no_224-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de serviços de alargamento, escoamento de água e colocação de pedras no trecho de estrada que liga a localidade de Ranchinho a Poço Grande.</t>
   </si>
   <si>
     <t>3613</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3613/indicacao_no_225-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3613/indicacao_no_225-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal desta cidade de Palmeira, Estado do Paraná, para que o mesmo determine à Secretaria de Obras e Infraestrutura a realização de estudos, visando a construção vertical de túmulos no Cemitério Parque Municipal de Palmeira, localizado na Rua Santos Dumont.</t>
   </si>
   <si>
     <t>3621</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3621/indicacao_no_226-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3621/indicacao_no_226-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura o patrolamento e cascalhamento da estrada que passa em frente à propriedade do senhor Luiz Borges, até as residências dos senhores Edgar Iurk, Ailton e Roberto Borges e Vanderlei Vieira, na localidade de Faxina.</t>
   </si>
   <si>
     <t>3631</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3631/indicacao_no_227-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3631/indicacao_no_227-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Segurança e Trânsito que veja da possibilidade da colocação de placas de denominação de ruas no bairro Regina Vitória.</t>
   </si>
   <si>
     <t>3632</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3632/indicacao_no_228-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3632/indicacao_no_228-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Segurança e Trânsito a construção de redutor de velocidade, tipo lombada, na Rua João Maria Costa, esquina com a Rua Santos Dumont, bairro Vila Maria.</t>
   </si>
   <si>
     <t>3637</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3637/indicacao_no_229-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3637/indicacao_no_229-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Segurança e Trânsito a pintura de faixa de vaga de estacionamento para pessoa com deficiência e colocação de placa indicativa na Rua Cel. Vida, em frente ao CEO - Centro de Especialidades Odontológicas.</t>
   </si>
   <si>
     <t>3638</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3638/indicacao_no_230-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3638/indicacao_no_230-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a verificação da estrutura da ponte sobre o Rio Monjolo na Rua XV de Novembro, a recuperação da pavimentação asfáltica que ceder, a construção de grade de proteção na lateral da ponte e ainda a colocação de tampa de bueiro nas proximidades da mesma.</t>
   </si>
   <si>
     <t>3645</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3645/indicacao_no_231-201.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3645/indicacao_no_231-201.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de operação tapa buracos na Rua Antônio Viana, Jardim Bela Vista, nesta cidade.</t>
   </si>
   <si>
     <t>3646</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3646/indicacao_no_232-201.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3646/indicacao_no_232-201.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Segurança e Trânsito a construção de lombada na Avenida 7 de Abril, esquina com a Rua Padre Camargo, sentido Centro.</t>
   </si>
   <si>
     <t>3651</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3651/indicacao_no_233-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3651/indicacao_no_233-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade de realizar pavimentação asfáltica na Travessa João Maria de Ramos, bairro da Vila Rosa.</t>
   </si>
   <si>
     <t>3659</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3659/indicacao_no_234-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3659/indicacao_no_234-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Segurança e Trânsito a construção de passagem elevada para pedestres na Avenida das Palmeiras, sentido Centro, em frente ao nº 233.</t>
   </si>
   <si>
     <t>3660</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3660/indicacao_no_235-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3660/indicacao_no_235-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao exmo. sr. Prefeito que veja da possibilidade de construir banheiros públicos ou implantar banheiros químicos nas praças Raul Braz de Oliveira, Manuel Ribas e Domingos Theodorico de Freitas.</t>
   </si>
   <si>
     <t>3661</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3661/indicacao_no_236-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3661/indicacao_no_236-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao exmo. sr. Prefeito Municipal desta cidade de Palmeira, Estado do Paraná, para que o mesmo determine à Secretaria de Obras e Infraestrutura a realização de estudos visando a construção de lombada na Rua Emília Faria Erichsen, nas imediações do nº 278.</t>
   </si>
   <si>
     <t>3662</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3662/indicacao_no_237-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3662/indicacao_no_237-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Segurança e Trânsito a construção de passagens elevadas para pedestres na Avenida 7 de Abril, esquina com as Ruas Manoel Erichsen e José Rigoni.</t>
   </si>
   <si>
     <t>3663</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3663/indicacao_no_238-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3663/indicacao_no_238-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de operação tapa buracos na Avenida 7 de Abril e José Rigoni.</t>
   </si>
   <si>
     <t>3665</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3665/indicacao_no_239-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3665/indicacao_no_239-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizada operação tapa buracos no final da Rua Conceição e Hugo Capraro.</t>
   </si>
   <si>
     <t>3666</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3666/indicacao_no_240-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3666/indicacao_no_240-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizado patrolamento e cascalhamento na estrada que liga a comunidade de Campestre a comunidade de Faxinal dos Mineiros.</t>
   </si>
   <si>
     <t>3667</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3667/indicacao_no_241-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3667/indicacao_no_241-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente a limpeza, corte de grama e aplicação de herbicida para mato em todas as vias, calçadas e praças da cidade.</t>
   </si>
   <si>
     <t>3669</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3669/indicacao_no_242-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3669/indicacao_no_242-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura o patrolamento e cascalhamento da estrada de Faxina, que liga a localidade de Volta Grande até Guarauninha, passando pelas propriedades de Carlito e Josemari Borges.</t>
   </si>
   <si>
     <t>3670</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3670/indicacao_no_243-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3670/indicacao_no_243-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura o patrolamento e cascalhamento da estrada que inicia na PR-151, no local denominado como Serrinha, passando pelo Sítio Minguinho, até a estrada de Santa Bárbara.</t>
   </si>
   <si>
     <t>3673</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3673/indicacao_no_244-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3673/indicacao_no_244-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito que veja da possibilidade de implantar redutor de velocidade, tipo lombada, ou tachões, próximo a residência nº 575, na Rua Antônio Victório Vianna, bairro Jardim Bela Vista.</t>
   </si>
   <si>
     <t>3675</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>Indica ao Departamento de Segurança e Trânsito a construção de passagem elevada para pedestres e sinalização horizontal destinada ao estacionamento de ônibus escolar na Rua Cel. Alípio do Nascimento, em frente à Escola Municipal Professora Anna Ferreira de Freitas.</t>
   </si>
   <si>
     <t>3676</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3676/indicacao_no_246-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3676/indicacao_no_246-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Saúde a destinação de 1 armário de aço e 1 impressora para a ESF da localidade de Queimadas.</t>
   </si>
   <si>
     <t>3677</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3677/indicacao_no_247-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3677/indicacao_no_247-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Segurança e Trânsito a construção de redutor de velocidade, tipo lombada, na Rua Marçal B. Teixeira, em frente ao nº 176, bairro da Vila Rosa.</t>
   </si>
   <si>
     <t>3687</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3687/indicacao_no_248-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3687/indicacao_no_248-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Segurança e Trânsito a realização de estudos e a viabilidade da construção de redutor de velocidade, tipo lombada, ou colocação de taxões nas ruas Rosonir de Oliveira Franco, Donato Woinarski, Elvira Afonso Heimbecher Conrado Schon, Amilton Schamne e Benjamin P. da Cruz, no Loteamento Sol Nascentes, em atenção à solicitações de moradores, conforme abaixo assinado em anexo.</t>
   </si>
   <si>
     <t>3694</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3694/indicacao_no_249-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3694/indicacao_no_249-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a recuperação da estrutura e da pavimentação asfáltica na Rua Cel. Alípio do Nascimento, em frente ao nº 350, e na Rua Padre Camargo, nas proximidades do nº 383, locais estes onde a pavimentação cedeu, apresentando assim desnível na via.</t>
   </si>
   <si>
     <t>3695</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3695/indicacao_no_250-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3695/indicacao_no_250-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização da limpeza em todos os bueiros existentes na estrada que inicia na BR 277, até a localidade de Colônia de Papagaios Novos.</t>
   </si>
   <si>
     <t>3696</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3696/indicacao_no_251-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3696/indicacao_no_251-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal que determine ao setor competente a vistoria, recuperação e colocação em funcionamento das câmeras de monitoramento instaladas na Praça Marechal Floriano Peixoto e Rua Conceição.</t>
   </si>
   <si>
     <t>3697</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3697/indicacao_no_252-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3697/indicacao_no_252-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a recuperação de bueiro nas proximidades da residência do senhor Fernando Kampa, na localidade de Paiol do Fundo.</t>
   </si>
   <si>
     <t>3698</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3698/indicacao_no_253-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3698/indicacao_no_253-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal desta cidade de Palmeira, Estado do Paraná, para que o mesmo indique à Secretaria Municipal de Obras e Infraestrutura a realização de patrolamento em toda a extensão e cascalhamento onde for necessário na estrada municipal na localidade de Quero-Quero, iniciando na propriedade de Roseli Lederer até a propriedade de Reinaldo Schweigert, passando pelas propriedades de Edil Albach Hartmann e Adir Albach.</t>
   </si>
   <si>
     <t>3710</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3710/indicacao_no_254-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3710/indicacao_no_254-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Segurança e Trânsito a construção de redutor de velocidade, tipo lombada, na Rua XV de Novembro, nas proximidades da antiga Unidade Municipal de Produção Alimentar - UMPA.</t>
   </si>
   <si>
     <t>3718</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3718/indicacao_no_255-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3718/indicacao_no_255-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de patrolamento e cascalhamento, onde necessitar, na estrada que inicia na PR-151, na localidade de Pinheiral de Cima até Pinheiral dos Malucelli.</t>
   </si>
   <si>
     <t>3719</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3719/indicacao_no_256-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3719/indicacao_no_256-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Segurança e Trânsito que veja da possibilidade de implementar, em toda a extensão da Rua Abelegi Alves, a parada de veículos somente em um dos lados da via pública.</t>
   </si>
   <si>
     <t>3730</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3730/indicacao_no_257-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3730/indicacao_no_257-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Esportes que determine a recuperação do piso sintético da quadra de futebol society localizada no bairro Colônia Francesa.</t>
   </si>
   <si>
     <t>3731</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3731/indicacao_no_258-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3731/indicacao_no_258-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Meio Ambiente que seja efetuada a poda de árvores e limpeza da estrada que liga a BR - 277 até a igreja de Campestre.</t>
   </si>
   <si>
     <t>3732</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3732/indicacao_no_259-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3732/indicacao_no_259-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito que veja da possibilidade de construir uma lombada na Rua Lineu Biel Bach, bairro Papiros.</t>
   </si>
   <si>
     <t>3733</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3733/indicacao_no_260-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3733/indicacao_no_260-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao exmo. sr. Prefeito Municipal que pleiteie junto à empresa Correios a abertura de agência ou estabeleça termo de cooperação com algumas empresas do setor privado de Vieiras para entrega de correspondências nas localidades de Vieiras, Campestre, Faxinal dos Mineiros, Boa Vista e Limeira.</t>
   </si>
   <si>
     <t>3737</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3737/indicacao__no_261-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3737/indicacao__no_261-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de cascalhamento na estrada que dá acesso à propriedade do senhor Silvestre Trzaskos, na localidade de São Pedro.</t>
   </si>
   <si>
     <t>3739</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3739/indicacao__no_262-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3739/indicacao__no_262-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade da pavimentação asfáltica na Rua Manuel Ribas, bairro da Vila Rosa.</t>
   </si>
   <si>
     <t>3740</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3740/indicacao_no_263-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3740/indicacao_no_263-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito que seja instalada placa de sinalização de preferencial entre as Ruas Nodevir Gonçalves Cordeiro e Maria Lima Malucelli, bairro Rocio II.</t>
   </si>
   <si>
     <t>3741</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3741/indicacao_no_264-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3741/indicacao_no_264-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Trânsito que veja da possibilidade da construção de redutor de velocidade tipo lombada na Avenida Daniel Mansani, próxima a residência nº 205.</t>
   </si>
   <si>
     <t>3744</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3744/indicacao_no_265-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3744/indicacao_no_265-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de patrolamento e cascalhamento da estrada que liga a BR-277 até a localidade de Colônia de Papagaios Novos.</t>
   </si>
   <si>
     <t>3746</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3746/indicacao_no_266-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3746/indicacao_no_266-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que realize a recuperação da ponte localizada em estrada pública na comunidade de Paiol do Fundo, entre as propriedades dos senhores Sérgio Slusarz e Augusto Schon.</t>
   </si>
   <si>
     <t>3751</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3751/indicacao_no_267-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3751/indicacao_no_267-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de patrolamento e cascalhamento na estrada que inicia próxima à residência do senhor Domingos Gremski, terminando na chácara Recanto Nova Geração, na localidade de Correias.</t>
   </si>
   <si>
     <t>3752</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3752/indicacao_no_268-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3752/indicacao_no_268-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal desta cidade Palmeira, Estado do Paraná, para que o mesmo determine à Secretaria Municipal de Obras e Infraestrutura a realização de estudos visando a substituição da atual ponte existente na estrada antiga de Palmeira- Curitiba, na localidade de Pugas de Baixo, pela colocação de aduelas e manilhas quadradas de concreto.</t>
   </si>
   <si>
     <t>3760</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3760/indicacao_no_269-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3760/indicacao_no_269-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que realize a recuperação do bueiro localizado na Rua Augusto Stahlschmidt, em frente à residência nº 329.</t>
   </si>
   <si>
     <t>3763</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3763/indicacao_no_270-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3763/indicacao_no_270-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a fixação de equipamentos das academias ao ar livre existentes na Praça Domingos Theodorico de Freitas.</t>
   </si>
   <si>
     <t>3765</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3765/indicacao_no_271-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3765/indicacao_no_271-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que sejam realizados reparos, onde se fizer necessário, na calçada em torno da Praça Getúlio Vargas.</t>
   </si>
   <si>
     <t>3766</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3766/indicacao_no_272-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3766/indicacao_no_272-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Saúde que veja da possibilidade de aquisição de computador para a unidade básica de saúde da localidade de Boqueirão.</t>
   </si>
   <si>
     <t>3767</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3767/indicacao_no_273-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3767/indicacao_no_273-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizada operação tapa buracos na extensão da Rua Cel. Ottoni Ferreira Maciel.</t>
   </si>
   <si>
     <t>3768</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3768/indicacao_no_274-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3768/indicacao_no_274-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade da instalação de iluminação pública e placa indicativa de acesso para a localidade de Queimadas, na BR-277, Km 196.</t>
   </si>
   <si>
     <t>3769</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3769/indicacao_no_275-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3769/indicacao_no_275-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de patrolamento e cascalhamento da estrada que passa em frente ao Colégio Estadual Henrique Stadler na localidade de Queimadas e ainda a estrada que liga Queimadas à Correias.</t>
   </si>
   <si>
     <t>3770</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3770/indicacao_no_276-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3770/indicacao_no_276-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizada operação tapa buracos na Rua Padre Fernando Guarda, bairro Vila Rosa.</t>
   </si>
   <si>
     <t>3771</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3771/indicacao_no_277-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3771/indicacao_no_277-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Esportes que veja da possibilidade de instalar academia ao ar livre na localidade de Vieiras.</t>
   </si>
   <si>
     <t>3772</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3772/indicacao_no_278-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3772/indicacao_no_278-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Esportes que veja da possibilidade da colocação de placas na fachada do Ginásio de Esportes Sebastião Amâncio dos Santos.</t>
   </si>
   <si>
     <t>3773</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3773/indicacao_no_279-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3773/indicacao_no_279-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizada operação tapa buracos em frente ao Ginásio de Esportes Sebastião Amâncio dos Santos.</t>
   </si>
   <si>
     <t>3776</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3776/indicacao_no_280-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3776/indicacao_no_280-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal Sérgio Belich que interceda junto ao DER - Departamento de Estradas de Rodagem a instalação de passarela sobre a PR - 151, nas proximidades da Rua Padre Anchieta.</t>
   </si>
   <si>
     <t>3777</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3777/indicacao_no_281-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3777/indicacao_no_281-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de melhorias na Rua Dr. Heitor Stocler de França, bairro Rocio I.</t>
   </si>
   <si>
     <t>3778</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3778/indicacao_no_282-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3778/indicacao_no_282-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Segurança e Trânsito a sinalização necessária na Rua Adalberto Alves de Paula, esquina com a Rua José Antônio Bordignon.</t>
   </si>
   <si>
     <t>3784</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3784/indicacao_no_283-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3784/indicacao_no_283-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura, em atenção à Lei 3682/2014, que instituiu o plano de incentivo empresarial, visando estimular a geração de emprego e renda, suprir os setores deficientes da cadeia produtiva e de serviços no âmbito municipal e dá outras providências, a destinação de pedras para colocação em frente ao secador de cereais da família Barausse, na localidade de Queimadas.</t>
   </si>
   <si>
     <t>3798</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3798/indicacao_no_284-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3798/indicacao_no_284-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a construção de pontes em concreto armado nas estradas que ligam Correias a Poço Grande e Faxinal do Silva a Poço Grande.</t>
   </si>
   <si>
     <t>3799</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3799/indicacao_no_285-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3799/indicacao_no_285-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a instalação de rede de energia elétrica na estrada que liga a Avenida das Palmeiras à PR-151, passando pela antiga escola de Monte Alegre.</t>
   </si>
   <si>
     <t>3800</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3800/indicacao_no_286-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3800/indicacao_no_286-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de operação tapa-buracos no final da Rua Abelegi Alves.</t>
   </si>
   <si>
     <t>3809</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>Indica ao Departamento de Segurança e Trânsito a pintura e sinalização de todas as lombadas e passagens elevadas para travessia de pedestres existentes e ainda a pintura de faixas de pedestres em toda a cidade.</t>
   </si>
   <si>
     <t>3810</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3810/indicacao_no_288-2021_-_24.11.2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3810/indicacao_no_288-2021_-_24.11.2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a realização de patrolamento da estrada que inicia na BR-277, na localidade de Pugas de Cima, até as empresas Climapel e Hutamaki, na Usina do Salto.</t>
   </si>
   <si>
     <t>3813</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3813/indicacao_no_289-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3813/indicacao_no_289-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Saúde que veja da possibilidade da construção de rampa de acesso no Centro de Especialidades Médicas, localizado na Rua Judith Sotta Malucelli.</t>
   </si>
   <si>
     <t>3817</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3817/indicacao_no_290-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3817/indicacao_no_290-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a adequação da estrada e colocação de pedras na localidade de Pinheiral Campinas, próxima à propriedade do senhor Ivo Alfredo.</t>
   </si>
   <si>
     <t>3818</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3818/indicacao_no_291-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3818/indicacao_no_291-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a construção de lombada na Rua Cel. Ottoni Ferreira Maciel, nas proximidades do nº 330, nesta cidade.</t>
   </si>
   <si>
     <t>3823</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3823/indicacao_no_292-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3823/indicacao_no_292-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Segurança e Trânsito a construção de redutor de velocidade, tipo "lombada", nas proximidades do Mercado do Étio, na localidade de Pinheiral de Baixo.</t>
   </si>
   <si>
     <t>3831</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3831/indicacao_no_293-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3831/indicacao_no_293-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura, com urgência, a troca das lâmpadas do poste da Praça Domingos Theodorico de Freitas (Praça do Cemitério), se possível por lâmpadas de LED.</t>
   </si>
   <si>
     <t>3833</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3833/indicacao_no_294-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3833/indicacao_no_294-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal Sergio Luis Belich que em conjunto com a Secretaria Municipal de Saúde disponibilizem local adequado para instalação de base própria para o SAMU em Palmeira.</t>
   </si>
   <si>
     <t>3835</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3835/indicacao_no_295-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3835/indicacao_no_295-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a canalização de águas pluviais na Rua Dom Alberto Gonçalves, nas proximidades do nº 39, bairro Jardim Cristine.</t>
   </si>
   <si>
     <t>3836</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal que determine às Secretarias de Urbanismo, Obras Públicas e Meio Ambiente que vejam da possibilidade de fornecer EPIs e vestuário com identificação da respectiva Secretarias aos seus servidores.</t>
   </si>
   <si>
     <t>3839</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3839/indicacao_no_297-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3839/indicacao_no_297-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Obras e Infraestrutura a recuperação do asfalto da Rua Pedro Moscaleski, em frente ao nº 59 (residência do senhor Fábio Batista).</t>
   </si>
   <si>
     <t>3842</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3842/indicacao_no_298-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3842/indicacao_no_298-2021.pdf</t>
   </si>
   <si>
     <t>Indica à Secretaria Municipal de Educação a colocação de parquinho e realização de reforma geral na CMEI Recanto dos Pequeninos, situada no Bairro Vila Rosa.</t>
   </si>
   <si>
     <t>3841</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3841/indicacao_no_299-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3841/indicacao_no_299-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Segurança e Trânsito que após verificação da necessidade, determine a construção de redutores de velocidade, tipo "lombada", na Rua José Antonio Bordignon, no Bairro Regina Vitória.</t>
   </si>
   <si>
     <t>3277</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3277/mocao_de_apelo_-_protocolo_no_157-2021_-_2.3.2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3277/mocao_de_apelo_-_protocolo_no_157-2021_-_2.3.2021.pdf</t>
   </si>
   <si>
     <t>Moção de apelo ao Exmo. Sr. Prefeito Municipal, para que celebre interesse em participar do consórcio nacional para compra de vacinas contra a COVID-19.</t>
   </si>
   <si>
     <t>3449</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3449/mocao_-_protocolo_no_384-2021_-_11.5.2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3449/mocao_-_protocolo_no_384-2021_-_11.5.2021.pdf</t>
   </si>
   <si>
     <t>Moção de apoio à iniciativa da Bancada Paranaense na Câmara dos Deputados, coordenada pelo Deputado Federal Toninho Wandscheer, para liberação de R$ 10 milhões em emenda impositiva para garantir a continuidade da pesquisa da vacina de COVID-19 na Universidade Federal do Paraná (UFPR).</t>
   </si>
   <si>
     <t>3450</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3450/mocao_-_protocolo_no_401-2021_-_11.5.2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3450/mocao_-_protocolo_no_401-2021_-_11.5.2021.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos pela passagem do Dia Internacional da Enfermagem.</t>
   </si>
   <si>
     <t>3527</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3527/mocao_-_protocolo_no_505-2021_-_15.6.2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3527/mocao_-_protocolo_no_505-2021_-_15.6.2021.pdf</t>
   </si>
   <si>
     <t>Moção de apelo ao Presidente deste Poder Legislativo para que retome a participação popular presencial nas sessões regimentais desta Câmara, atendendo todas as recomendações de prevenção ao contágio pelo COVID-19.</t>
   </si>
   <si>
     <t>3540</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3540/mocao_-_protocolo_no_535-2021_-_22.6.2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3540/mocao_-_protocolo_no_535-2021_-_22.6.2021.pdf</t>
   </si>
   <si>
     <t>Moção de apelo ao Exmo. Sr. Prefeito Municipal Sérgio Luis Belich  e ao Sr. Secretário Municipal de Saúde Giovatan de Souza Bueno para que incluam as lactantes, com ou sem comorbidades e independentemente da idade dos lactentes, no grupo prioritário para a vacinação contra a COVID-19 no Município de Palmeira.</t>
   </si>
   <si>
     <t>3629</t>
   </si>
   <si>
     <t>Egon Krambeck, Gilberto Rogalski, Joslei Sequineli, Lucas Santos, Marcel Pietralla, Odair Sanson Junior, Rogério Czelusniak, Vaguinho, Vane</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3629/mocao_-_protocolo_no_684-2021_-_2.8.2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3629/mocao_-_protocolo_no_684-2021_-_2.8.2021.pdf</t>
   </si>
   <si>
     <t>Moção de apelo pela aprovação do projeto de decreto legislativo nº 333 de 2020, que tramita na Câmara dos Deputados, que susta a portaria nº 377 de 2020 da Secretaria do Tesouro Nacional do Ministério da Economia.</t>
   </si>
   <si>
     <t>3630</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3630/mocao_-_protocolo_no_685-2021_-_3.8.2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3630/mocao_-_protocolo_no_685-2021_-_3.8.2021.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos à Armando Carlos Durski pela busca e pesquisa de documentos, impressos e fotos para o resgate da memória de Palmeira.</t>
   </si>
   <si>
     <t>3794</t>
   </si>
   <si>
     <t>Marcel Pietralla, Vaguinho, Vane</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3794/mocao_-_protocolo_no_935-2021_-_19.10.2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3794/mocao_-_protocolo_no_935-2021_-_19.10.2021.pdf</t>
   </si>
   <si>
     <t>Moção de apelo para que sejam tomadas as devidas providências, através dos instrumentos legais necessários, que viabilizem a destinação dos valores correspondentes  à devolução do duodécimo do exercício de 2021 do Poder Legislativo Municipal ao Hospital Santa Casa de Misericórdia de Palmeira.</t>
   </si>
   <si>
     <t>3793</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3793/mocao_-_protocolo_no_991-2021_-_12.11.2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3793/mocao_-_protocolo_no_991-2021_-_12.11.2021.pdf</t>
   </si>
   <si>
     <t>Moção de apelo ao Exmo. Sr. Prefeito Municipal, que através da Secretaria Municipal de Obras e Infraestrutura realize parceria com a comunidade de Queimadas para realização de transporte e colocação de resíduo de massa asfáltica em estradas da comunidade.</t>
   </si>
   <si>
     <t>3686</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CEOFF - Comissão de Economia, Orçamento, Finanças e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3686/projeto_de_decreto_legislativo_no_715-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3686/projeto_de_decreto_legislativo_no_715-2021.pdf</t>
   </si>
   <si>
     <t>Aprova a prestação de contas do Município de Palmeira, relativas ao exercício de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>3172</t>
   </si>
   <si>
     <t>5622</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3172/5622.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3172/5622.pdf</t>
   </si>
   <si>
     <t>Acrescenta, altera e revoga dispositivos e anexos da Lei n.º 3572, de 20 de novembro de 2013 e dá outras providências.</t>
   </si>
   <si>
     <t>3179</t>
   </si>
   <si>
     <t>5623</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3179/5623.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3179/5623.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial e dá outras providências.</t>
   </si>
   <si>
     <t>3180</t>
   </si>
   <si>
     <t>5624</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3180/5624.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3180/5624.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>3181</t>
   </si>
   <si>
     <t>5625</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3181/5625.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3181/5625.pdf</t>
   </si>
   <si>
     <t>3182</t>
   </si>
   <si>
     <t>5626</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3182/5626.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3182/5626.pdf</t>
   </si>
   <si>
     <t>3183</t>
   </si>
   <si>
     <t>5627</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3183/5627.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3183/5627.pdf</t>
   </si>
   <si>
     <t>3184</t>
   </si>
   <si>
     <t>5628</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3184/5628.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3184/5628.pdf</t>
   </si>
   <si>
     <t>3185</t>
   </si>
   <si>
     <t>5629</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3185/5629.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3185/5629.pdf</t>
   </si>
   <si>
     <t>3186</t>
   </si>
   <si>
     <t>5630</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3186/5630.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3186/5630.pdf</t>
   </si>
   <si>
     <t>3187</t>
   </si>
   <si>
     <t>5631</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3187/5631.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3187/5631.pdf</t>
   </si>
   <si>
     <t>3188</t>
   </si>
   <si>
     <t>5632</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3188/5632.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3188/5632.pdf</t>
   </si>
   <si>
     <t>3189</t>
   </si>
   <si>
     <t>5633</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3189/5633.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3189/5633.pdf</t>
   </si>
   <si>
     <t>3190</t>
   </si>
   <si>
     <t>5634</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3190/5634.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3190/5634.pdf</t>
   </si>
   <si>
     <t>3191</t>
   </si>
   <si>
     <t>5635</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3191/5635.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3191/5635.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal n.º 2404, de 30 de setembro de 2005, que reorganizou o Regime Próprio de Previdência Social - RPPS do Município de Palmeira.</t>
   </si>
   <si>
     <t>3200</t>
   </si>
   <si>
     <t>5636</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3200/5636.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3200/5636.pdf</t>
   </si>
   <si>
     <t>3201</t>
   </si>
   <si>
     <t>5637</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3201/5637.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3201/5637.pdf</t>
   </si>
   <si>
     <t>3202</t>
   </si>
   <si>
     <t>5638</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3202/5638.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3202/5638.pdf</t>
   </si>
   <si>
     <t>3203</t>
   </si>
   <si>
     <t>5639</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3203/5639.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3203/5639.pdf</t>
   </si>
   <si>
     <t>3204</t>
   </si>
   <si>
     <t>5640</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3204/5640.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3204/5640.pdf</t>
   </si>
   <si>
     <t>3221</t>
   </si>
   <si>
     <t>5641</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3221/5641.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3221/5641.pdf</t>
   </si>
   <si>
     <t>3237</t>
   </si>
   <si>
     <t>5642</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3237/5642.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3237/5642.pdf</t>
   </si>
   <si>
     <t>3238</t>
   </si>
   <si>
     <t>5643</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3238/5643.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3238/5643.pdf</t>
   </si>
   <si>
     <t>3239</t>
   </si>
   <si>
     <t>5644</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3239/5644.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3239/5644.pdf</t>
   </si>
   <si>
     <t>3240</t>
   </si>
   <si>
     <t>5645</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3240/5645.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3240/5645.pdf</t>
   </si>
   <si>
     <t>3241</t>
   </si>
   <si>
     <t>5646</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3241/5646.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3241/5646.pdf</t>
   </si>
   <si>
     <t>3242</t>
   </si>
   <si>
     <t>5647</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3242/5647_e_substitutivo.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3242/5647_e_substitutivo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a proceder a doação de cascalho à empresa que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>3273</t>
   </si>
   <si>
     <t>5648</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3273/5648.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3273/5648.pdf</t>
   </si>
   <si>
     <t>3274</t>
   </si>
   <si>
     <t>5649</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3274/5649.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3274/5649.pdf</t>
   </si>
   <si>
     <t>3275</t>
   </si>
   <si>
     <t>5650</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3275/5650.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3275/5650.pdf</t>
   </si>
   <si>
     <t>3276</t>
   </si>
   <si>
     <t>5651</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3276/5651.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3276/5651.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de cooperação, à cessão de equipamentos à organização da sociedade civil que especifica, no termos da programação n.º 411770120190002, do Ministério do Desenvolvimento Social, e dá outras providências.</t>
   </si>
   <si>
     <t>3306</t>
   </si>
   <si>
     <t>5652</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3306/5652.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3306/5652.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a recomposição salarial dos servidores públicos efetivos, ativos e inativos, detentores de emprego público e comissionados do Município de Palmeira e dá outras providências.</t>
   </si>
   <si>
     <t>3304</t>
   </si>
   <si>
     <t>5653</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3304/5653.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3304/5653.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar termo aditivo ao termo de colaboração nº 65/2019, o qual tem por objeto o repasse de recursos financeiros ao Hospital de Caridade de Palmeira e dá outras providências.</t>
   </si>
   <si>
     <t>3307</t>
   </si>
   <si>
     <t>5654</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3307/5654.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3307/5654.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a recomposição salarial dos servidores efetivos, ativo e inativos, e comissionados da Câmara Municipal de Palmeira, no ano de 2021.</t>
   </si>
   <si>
     <t>3308</t>
   </si>
   <si>
     <t>5655</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3308/5655.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3308/5655.pdf</t>
   </si>
   <si>
     <t>3309</t>
   </si>
   <si>
     <t>5656</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3309/5656.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3309/5656.pdf</t>
   </si>
   <si>
     <t>3318</t>
   </si>
   <si>
     <t>5657</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3318/5657.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3318/5657.pdf</t>
   </si>
   <si>
     <t>3319</t>
   </si>
   <si>
     <t>5658</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3319/5658.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3319/5658.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da lei municipal nº 3591, de 13 de dezembro de 2013, que dispõe sobre a criação do Conselho Municipal de Educação.</t>
   </si>
   <si>
     <t>3320</t>
   </si>
   <si>
     <t>5659</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3320/5659.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3320/5659.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a proceder a doação de pedras à empresa que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>3332</t>
   </si>
   <si>
     <t>5660</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3332/5660.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3332/5660.pdf</t>
   </si>
   <si>
     <t>3333</t>
   </si>
   <si>
     <t>5661</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3333/5661.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3333/5661.pdf</t>
   </si>
   <si>
     <t>3334</t>
   </si>
   <si>
     <t>5662</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3334/5662.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3334/5662.pdf</t>
   </si>
   <si>
     <t>3344</t>
   </si>
   <si>
     <t>5663</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3344/5663.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3344/5663.pdf</t>
   </si>
   <si>
     <t>3345</t>
   </si>
   <si>
     <t>5664</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3345/5664.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3345/5664.pdf</t>
   </si>
   <si>
     <t>3346</t>
   </si>
   <si>
     <t>5665</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3346/5665.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3346/5665.pdf</t>
   </si>
   <si>
     <t>3347</t>
   </si>
   <si>
     <t>5666</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3347/5666.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3347/5666.pdf</t>
   </si>
   <si>
     <t>3348</t>
   </si>
   <si>
     <t>5667</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3348/5667.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3348/5667.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de colaboração, o repasse de recursos financeiros à Associação de Pais e Amigos dos Excepcionais de Palmeira - APAE e dá outras providências.</t>
   </si>
   <si>
     <t>3349</t>
   </si>
   <si>
     <t>5668</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3349/5668.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3349/5668.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de colaboração, o repasse de recursos financeiros oriundos do Fundo Nacional de Assistência Social - FNAS à Associação Menonita Beneficente - AMB/Lar Levi e dá outras providências.</t>
   </si>
   <si>
     <t>3379</t>
   </si>
   <si>
     <t>5669</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3379/5669.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3379/5669.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 5303, de 13 de abril de 2021, que dispõe sobre a doação de pedras à empresa Paraná Minas Tratamento de Resíduos de Serviço de Saúde SPE LTDA.</t>
   </si>
   <si>
     <t>3381</t>
   </si>
   <si>
     <t>5670</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3381/5670.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3381/5670.pdf</t>
   </si>
   <si>
     <t>Instituí o Plano Plurianual para o quadriênio compreendido de 2022 a 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>3382</t>
   </si>
   <si>
     <t>5671</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3382/5671.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3382/5671.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>3386</t>
   </si>
   <si>
     <t>5672</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3386/5672.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3386/5672.pdf</t>
   </si>
   <si>
     <t>3392</t>
   </si>
   <si>
     <t>5673</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3392/5673.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3392/5673.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Serviço de Inspeção Municipal de Produtos de Origem Animal (SIMPOA) e dá outras providências.</t>
   </si>
   <si>
     <t>3401</t>
   </si>
   <si>
     <t>5674</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3401/5674.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3401/5674.pdf</t>
   </si>
   <si>
     <t>3402</t>
   </si>
   <si>
     <t>5675</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3402/5675.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3402/5675.pdf</t>
   </si>
   <si>
     <t>3413</t>
   </si>
   <si>
     <t>5676</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3413/5676.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3413/5676.pdf</t>
   </si>
   <si>
     <t>3414</t>
   </si>
   <si>
     <t>5677</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3414/5677.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3414/5677.pdf</t>
   </si>
   <si>
     <t>3415</t>
   </si>
   <si>
     <t>5678</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3415/5678.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3415/5678.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação de pessoal por tempo determinado para atender a necessidade temporária de excepcional interesse público no Regime Próprio de Previdência Social do Município de Palmeira - RPPS, nos termos de inciso IX do art. 37 da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>3416</t>
   </si>
   <si>
     <t>5679</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3416/5679.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3416/5679.pdf</t>
   </si>
   <si>
     <t>3448</t>
   </si>
   <si>
     <t>5680</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3448/5680.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3448/5680.pdf</t>
   </si>
   <si>
     <t>3451</t>
   </si>
   <si>
     <t>5681</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3451/5681.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3451/5681.pdf</t>
   </si>
   <si>
     <t>Dá denominação às ruas do Loteamento Jardim das Araucárias.</t>
   </si>
   <si>
     <t>3452</t>
   </si>
   <si>
     <t>5682</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3452/5682.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3452/5682.pdf</t>
   </si>
   <si>
     <t>Dá denominação à rua da cidade.</t>
   </si>
   <si>
     <t>3453</t>
   </si>
   <si>
     <t>5683</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3453/5683.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3453/5683.pdf</t>
   </si>
   <si>
     <t>Dá denominação às ruas do Loteamento Residencial Jardim Itália.</t>
   </si>
   <si>
     <t>3466</t>
   </si>
   <si>
     <t>5684</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3466/5684.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3466/5684.pdf</t>
   </si>
   <si>
     <t>3467</t>
   </si>
   <si>
     <t>5685</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3467/5685.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3467/5685.pdf</t>
   </si>
   <si>
     <t>3468</t>
   </si>
   <si>
     <t>5686</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3468/5686.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3468/5686.pdf</t>
   </si>
   <si>
     <t>Revoga in totum a Lei Municipal nº 5256/2020 de 14 de dezembro de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>3479</t>
   </si>
   <si>
     <t>5687</t>
   </si>
   <si>
     <t>Egon Krambeck, Gilberto Rogalski, Joslei Sequineli, Lucas Santos, Marcel Pietralla, Odair Sanson Junior, Rogério Czelusniak, Vaguinho</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3479/5687.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3479/5687.pdf</t>
   </si>
   <si>
     <t>Dá denominação à rua do Distrito Industrial.</t>
   </si>
   <si>
     <t>3482</t>
   </si>
   <si>
     <t>5688</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3482/5688.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3482/5688.pdf</t>
   </si>
   <si>
     <t>3483</t>
   </si>
   <si>
     <t>5689</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3483/5689.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3483/5689.pdf</t>
   </si>
   <si>
     <t>3484</t>
   </si>
   <si>
     <t>5690</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3484/5690.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3484/5690.pdf</t>
   </si>
   <si>
     <t>3485</t>
   </si>
   <si>
     <t>5691</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3485/5691.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3485/5691.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal de Transparência Pública do Município de Palmeira e dá outras providências.</t>
   </si>
   <si>
     <t>3486</t>
   </si>
   <si>
     <t>5692</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3486/5692.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3486/5692.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante Termo de Colaboração, o repasse de recursos financeiros às Organizações da Sociedade Civil que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>3487</t>
   </si>
   <si>
     <t>5693</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3487/5693.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3487/5693.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante de Termo de Colaboração, o repasse de recursos financeiros às Organizações da Sociedade Civil que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>3495</t>
   </si>
   <si>
     <t>5694</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3495/5694.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3495/5694.pdf</t>
   </si>
   <si>
     <t>3496</t>
   </si>
   <si>
     <t>5695</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3496/5695.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3496/5695.pdf</t>
   </si>
   <si>
     <t>3497</t>
   </si>
   <si>
     <t>5696</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3497/5696.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3497/5696.pdf</t>
   </si>
   <si>
     <t>3498</t>
   </si>
   <si>
     <t>5697</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3498/5697.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3498/5697.pdf</t>
   </si>
   <si>
     <t>3506</t>
   </si>
   <si>
     <t>5698</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3506/5698.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3506/5698.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa de Transporte Escolar no Município de Palmeira e dá outras providências.</t>
   </si>
   <si>
     <t>3520</t>
   </si>
   <si>
     <t>5699</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3520/5699.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3520/5699.pdf</t>
   </si>
   <si>
     <t>3526</t>
   </si>
   <si>
     <t>5700</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3526/5700.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3526/5700.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de vias públicas urbanas do Município de Palmeira.</t>
   </si>
   <si>
     <t>3534</t>
   </si>
   <si>
     <t>5701</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3534/5701.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3534/5701.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar convênio com o Estado do Paraná, através da Secretaria de Estado de Segurança Pública e com o Conselho Comunitário de Segurança de Palmeira - CONSEG para manutenção, operacionalização e fiscalização do sistema de monitoramento urbano.</t>
   </si>
   <si>
     <t>3535</t>
   </si>
   <si>
     <t>5702</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3535/5702.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3535/5702.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de colaboração, o repasse de recursos financeiros oriundos do Fundo Estadual de Assistência Social - FEAS à Associação Menonita Beneficente - AMB/Lar Levi e dá outras providências.</t>
   </si>
   <si>
     <t>3536</t>
   </si>
   <si>
     <t>5703</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3536/5703.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3536/5703.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 4132 de 17 de maio de 206, que dispõe sobre o Plano de Cargos, Carreira e Solários dos Servidores Públicos Efetivos do Quadro de Pessoal Civil Estatutário da Administração Direta e Indireta do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>3537</t>
   </si>
   <si>
     <t>5704</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3537/5704.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3537/5704.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 4133 de 17 de maio de 2017 que dispõe sobre o Plano de Cargos, Carreira e Salários dos Quadro Próprio do Magistério Público Municipal.</t>
   </si>
   <si>
     <t>3543</t>
   </si>
   <si>
     <t>5705</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3543/5705.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3543/5705.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cooficialização da Língua Plautdietsch à Língua Portuguesa no Município de Palmeira.</t>
   </si>
   <si>
     <t>3554</t>
   </si>
   <si>
     <t>5706</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3554/5706.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3554/5706.pdf</t>
   </si>
   <si>
     <t>3555</t>
   </si>
   <si>
     <t>5707</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3555/5707.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3555/5707.pdf</t>
   </si>
   <si>
     <t>3556</t>
   </si>
   <si>
     <t>5708</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3556/5708.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3556/5708.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estruturação e consolidação das normas ao serviço de transporte de passageiros no Município de Palmeira e dá outras providências.</t>
   </si>
   <si>
     <t>3557</t>
   </si>
   <si>
     <t>5709</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3557/5709.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3557/5709.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar termo de concessão de uso de bem público, de bem imóvel de propriedade do Município à manutenção das atividades do polo da Universidade Aberta do Brasil - Polo UAB de Palmeira e dá outras providências.</t>
   </si>
   <si>
     <t>3570</t>
   </si>
   <si>
     <t>5710</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3570/5710.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3570/5710.pdf</t>
   </si>
   <si>
     <t>3571</t>
   </si>
   <si>
     <t>5711</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3571/5711.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3571/5711.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste dos vencimentos dos agentes comunitários de saúde (ACS) e agentes de combate as endemias (ACE), conforme valores estipulados pela Lei Federal 11.350/06, alterada pelas Leis Federais 13.595/18 e 13.708/18 e dá outras providências.</t>
   </si>
   <si>
     <t>3572</t>
   </si>
   <si>
     <t>5712</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3572/5712.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3572/5712.pdf</t>
   </si>
   <si>
     <t>3573</t>
   </si>
   <si>
     <t>5713</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3573/5713.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3573/5713.pdf</t>
   </si>
   <si>
     <t>3574</t>
   </si>
   <si>
     <t>5714</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3574/5714.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3574/5714.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de cooperação, a cessão de equipamentos à Organização da Sociedade Civil que especifica, nos termos da ata nº 135/2021 da reunião da Coordenação Municipal Intersetorial do Programa Bolsa Família e dá outras providências.</t>
   </si>
   <si>
     <t>3575</t>
   </si>
   <si>
     <t>5715</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3575/5715.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3575/5715.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de cooperação, a permissão de uso gratuito de bens públicos às Organizações da Sociedade Civil que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>3576</t>
   </si>
   <si>
     <t>5716</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3576/5716.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3576/5716.pdf</t>
   </si>
   <si>
     <t>3577</t>
   </si>
   <si>
     <t>5717</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3577/5717.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3577/5717.pdf</t>
   </si>
   <si>
     <t>Autoriza o Regime Próprio de Previdência Social - RPPS do Município de Palmeira a celebrar concessão de uso de imóveis de sua propriedade, através de procedimento licitatório, conforme especifica.</t>
   </si>
   <si>
     <t>3592</t>
   </si>
   <si>
     <t>5718</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3592/5718_e_substitutivo.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3592/5718_e_substitutivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estrutura organizacional administrativa do Poder Executivo do município de Palmeira e dá outras providências.</t>
   </si>
   <si>
     <t>3595</t>
   </si>
   <si>
     <t>5719</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 2085, de 20 de outubro de 2000, que dispõe sobre a criação do Fundo Municipal de Turismo.</t>
   </si>
   <si>
     <t>3596</t>
   </si>
   <si>
     <t>5720</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3596/5720.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3596/5720.pdf</t>
   </si>
   <si>
     <t>3597</t>
   </si>
   <si>
     <t>5721</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3597/5721.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3597/5721.pdf</t>
   </si>
   <si>
     <t>3598</t>
   </si>
   <si>
     <t>5722</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3598/5722.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3598/5722.pdf</t>
   </si>
   <si>
     <t>3599</t>
   </si>
   <si>
     <t>5723</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3599/5723.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3599/5723.pdf</t>
   </si>
   <si>
     <t>3600</t>
   </si>
   <si>
     <t>5724</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3600/5724.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3600/5724.pdf</t>
   </si>
   <si>
     <t>3601</t>
   </si>
   <si>
     <t>5725</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3601/5725.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3601/5725.pdf</t>
   </si>
   <si>
     <t>3602</t>
   </si>
   <si>
     <t>5726</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3602/5726.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3602/5726.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar e dá outras providências</t>
   </si>
   <si>
     <t>3603</t>
   </si>
   <si>
     <t>5727</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3603/5727.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3603/5727.pdf</t>
   </si>
   <si>
     <t>Autoriza a contribuição associativa à Agência de Desenvolvimento Turístico e Cultural Rota dos Tropeiros - ADETUR Campos Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>3605</t>
   </si>
   <si>
     <t>5728</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3605/5728.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3605/5728.pdf</t>
   </si>
   <si>
     <t>Dá denominação às ruas do Loteamento Santana._x000D_
 Votação nominal.</t>
   </si>
   <si>
     <t>3614</t>
   </si>
   <si>
     <t>5729</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3614/5729.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3614/5729.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a instituir o projeto "Inventário de Artes Plásticas de Palmeira" e dá outras providências.</t>
   </si>
   <si>
     <t>3615</t>
   </si>
   <si>
     <t>5730</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3615/5730.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3615/5730.pdf</t>
   </si>
   <si>
     <t>3616</t>
   </si>
   <si>
     <t>5731</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3616/5731.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3616/5731.pdf</t>
   </si>
   <si>
     <t>3617</t>
   </si>
   <si>
     <t>5732</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3617/5732.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3617/5732.pdf</t>
   </si>
   <si>
     <t>3622</t>
   </si>
   <si>
     <t>5733</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3622/5733.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3622/5733.pdf</t>
   </si>
   <si>
     <t>Dá denominação à quadra de futebol society localizada na Rua Manoel Teixeira, bairro Rocio I.</t>
   </si>
   <si>
     <t>3623</t>
   </si>
   <si>
     <t>5734</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3623/5734.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3623/5734.pdf</t>
   </si>
   <si>
     <t>3624</t>
   </si>
   <si>
     <t>5735</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3624/5735.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3624/5735.pdf</t>
   </si>
   <si>
     <t>3625</t>
   </si>
   <si>
     <t>5736</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3625/5736.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3625/5736.pdf</t>
   </si>
   <si>
     <t>3626</t>
   </si>
   <si>
     <t>5737</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3626/5737.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3626/5737.pdf</t>
   </si>
   <si>
     <t>3627</t>
   </si>
   <si>
     <t>5738</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3627/5738.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3627/5738.pdf</t>
   </si>
   <si>
     <t>3633</t>
   </si>
   <si>
     <t>5739</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3633/5739.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3633/5739.pdf</t>
   </si>
   <si>
     <t>3634</t>
   </si>
   <si>
     <t>5740</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3634/5740.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3634/5740.pdf</t>
   </si>
   <si>
     <t>3635</t>
   </si>
   <si>
     <t>5741</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3635/5741.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3635/5741.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Palmeira o mês “dezembro verde”, dedicado às ações educativas e de reflexão sobre o abandono de animais e dá outras providências.</t>
   </si>
   <si>
     <t>3639</t>
   </si>
   <si>
     <t>5742</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3639/5742.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3639/5742.pdf</t>
   </si>
   <si>
     <t>3640</t>
   </si>
   <si>
     <t>5743</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3640/5743.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3640/5743.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de cooperação, a cessão de equipamentos à organização da sociedade civil que especifica, nos termos da programação nº 411770120190002 do Ministério do Desenvolvimento Social e dá outras providências.</t>
   </si>
   <si>
     <t>3641</t>
   </si>
   <si>
     <t>5744</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3641/5744.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3641/5744.pdf</t>
   </si>
   <si>
     <t>3642</t>
   </si>
   <si>
     <t>5745</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3642/5745.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3642/5745.pdf</t>
   </si>
   <si>
     <t>3643</t>
   </si>
   <si>
     <t>5746</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3643/5746.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3643/5746.pdf</t>
   </si>
   <si>
     <t>3644</t>
   </si>
   <si>
     <t>5747</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3644/5747_e_substitutivo.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3644/5747_e_substitutivo.pdf</t>
   </si>
   <si>
     <t>Concede isenção do imposto sobre propriedade predial e territorial urbana - IPTU às associações municipais legalmente declaradas de utilidade pública e que prestam serviços de natureza cultural e assistência social.</t>
   </si>
   <si>
     <t>3654</t>
   </si>
   <si>
     <t>5748</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3654/5748.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3654/5748.pdf</t>
   </si>
   <si>
     <t>3655</t>
   </si>
   <si>
     <t>5749</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3655/5749.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3655/5749.pdf</t>
   </si>
   <si>
     <t>3656</t>
   </si>
   <si>
     <t>5750</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3656/5750.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3656/5750.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de fomento, o repasse de recursos financeiros oriundos do Fundo Municipal dos Direitos da Criança e do Adolescente - FMDCA à Associação Menonita Beneficente - AMB e dá outras providências.</t>
   </si>
   <si>
     <t>3657</t>
   </si>
   <si>
     <t>5751</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3657/5751.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3657/5751.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de cooperação, a cessão de equipamentos à organização da sociedade civil que especifica, adquiridos com o recurso do Fundo Municipal dos Direitos da Criança e do Adolescente - FMDCA e dá outras providências.</t>
   </si>
   <si>
     <t>3658</t>
   </si>
   <si>
     <t>5752</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3658/5752.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3658/5752.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Palmeira para o exercício financeiro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>3671</t>
   </si>
   <si>
     <t>5753</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3671/5753.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3671/5753.pdf</t>
   </si>
   <si>
     <t>3672</t>
   </si>
   <si>
     <t>5754</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3672/5754.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3672/5754.pdf</t>
   </si>
   <si>
     <t>Insere o art. 5º na Lei nº 5295, de 24/3/2021, a fim de suspender a eficácia da lei até 31/12/2021.</t>
   </si>
   <si>
     <t>3678</t>
   </si>
   <si>
     <t>5755</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3678/5755.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3678/5755.pdf</t>
   </si>
   <si>
     <t>3679</t>
   </si>
   <si>
     <t>5756</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3679/5756.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3679/5756.pdf</t>
   </si>
   <si>
     <t>3680</t>
   </si>
   <si>
     <t>5757</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3680/5757.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3680/5757.pdf</t>
   </si>
   <si>
     <t>3681</t>
   </si>
   <si>
     <t>5758</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3681/5758.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3681/5758.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reversão de imóvel pública situado no Distrito Industrial de Palmeira e dá outras providências.</t>
   </si>
   <si>
     <t>3682</t>
   </si>
   <si>
     <t>5759</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3682/5759.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3682/5759.pdf</t>
   </si>
   <si>
     <t>Insere o art. 6º na Lei nº 5294, de 24/3/2021, a fim de suspender a eficácia da Lei até 31/12/2021.</t>
   </si>
   <si>
     <t>3683</t>
   </si>
   <si>
     <t>5760</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3683/5760.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3683/5760.pdf</t>
   </si>
   <si>
     <t>Institui o Regime de Previdência Complementar no âmbito do Município de Palmeira, Estado do Paraná, fixa o limite máximo para concessão de aposentadorias e pensões pelo regime de previdências de que trata o art. 40 da Constituição Federal, autoriza a adesão ao plano de benefícios de previdência complementar e dá outras providências.</t>
   </si>
   <si>
     <t>3684</t>
   </si>
   <si>
     <t>5761</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3684/5761.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3684/5761.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Palmeira a instituir o projeto "Cuidando de quem cuida" para concessão de folga de saúde mental aos trabalhadores da saúde em razão da pandemia da COVID-19 e dá outras providências.</t>
   </si>
   <si>
     <t>3685</t>
   </si>
   <si>
     <t>5762</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3685/5762.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3685/5762.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Esportes de Palmeira e dá outras providências.</t>
   </si>
   <si>
     <t>3712</t>
   </si>
   <si>
     <t>5763</t>
   </si>
   <si>
     <t>Egon Krambeck, Gilberto Rogalski, Joslei Sequineli, Lucas Santos, Odair Sanson Junior, Rogério Czelusniak, Vane</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3712/5763.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3712/5763.pdf</t>
   </si>
   <si>
     <t>Dispõe acerca da comercialização/consumo de bebidas alcoólicas e do funcionamento de equipamentos de som em praças e logradouros públicos e dá outras providências.</t>
   </si>
   <si>
     <t>3699</t>
   </si>
   <si>
     <t>5764</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3699/5764.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3699/5764.pdf</t>
   </si>
   <si>
     <t>3700</t>
   </si>
   <si>
     <t>5765</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3700/5765.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3700/5765.pdf</t>
   </si>
   <si>
     <t>3701</t>
   </si>
   <si>
     <t>5766</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3701/5766.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3701/5766.pdf</t>
   </si>
   <si>
     <t>3702</t>
   </si>
   <si>
     <t>5767</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3702/5767.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3702/5767.pdf</t>
   </si>
   <si>
     <t>3703</t>
   </si>
   <si>
     <t>5768</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3703/5768.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3703/5768.pdf</t>
   </si>
   <si>
     <t>3704</t>
   </si>
   <si>
     <t>5769</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3704/5769.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3704/5769.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal de Proteção e Defesa dos Animais - CMPDA, no âmbito do Município de Palmeira/PR e dá outras providências.</t>
   </si>
   <si>
     <t>3705</t>
   </si>
   <si>
     <t>5770</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3705/5770.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3705/5770.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de cooperação, a permissão de uso gratuito de bens públicos às organizações da sociedade civil que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>3706</t>
   </si>
   <si>
     <t>5771</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3706/5771.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3706/5771.pdf</t>
   </si>
   <si>
     <t>Cria o programa de incentivo para agroindústrias familiares do Município de Palmeira/PR e dá outras providências.</t>
   </si>
   <si>
     <t>3707</t>
   </si>
   <si>
     <t>5772</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3707/5772.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3707/5772.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar termo de cooperação entre o Município de Palmeira e o Instituto de Desenvolvimento Rural do Paraná - IAPAR/EMATER e dá outras providências.</t>
   </si>
   <si>
     <t>3708</t>
   </si>
   <si>
     <t>5773</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3708/5773.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3708/5773.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal de Fomento à Cultura e dá outras providências.</t>
   </si>
   <si>
     <t>3709</t>
   </si>
   <si>
     <t>5774</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3709/5774.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3709/5774.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de cooperação, a permissão de uso gratuito de bens públicos ás organizações da sociedade civil que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>3720</t>
   </si>
   <si>
     <t>5775</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3720/5775.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3720/5775.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reversão de imóveis públicos situados no Distrito Industrial de Palmeira e dá outras providências.</t>
   </si>
   <si>
     <t>3721</t>
   </si>
   <si>
     <t>5776</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3721/5776.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3721/5776.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reversão de imóvel público situado no Distrito Industrial de Palmeira e dá outras providências.</t>
   </si>
   <si>
     <t>3722</t>
   </si>
   <si>
     <t>5777</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3722/5777.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3722/5777.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta dispositivos da Lei nº 5245, de 26 de outubro de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>3723</t>
   </si>
   <si>
     <t>5778</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3723/5778.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3723/5778.pdf</t>
   </si>
   <si>
     <t>Institui o programa de Palmeira Juro Zero, visando fomentar a economia local para os microempreendedores deste Município e dá outras providências.</t>
   </si>
   <si>
     <t>3724</t>
   </si>
   <si>
     <t>5779</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3724/5779.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3724/5779.pdf</t>
   </si>
   <si>
     <t>3725</t>
   </si>
   <si>
     <t>5780</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3725/5780.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3725/5780.pdf</t>
   </si>
   <si>
     <t>3726</t>
   </si>
   <si>
     <t>5781</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3726/5781.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3726/5781.pdf</t>
   </si>
   <si>
     <t>3727</t>
   </si>
   <si>
     <t>5782</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3727/5782.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3727/5782.pdf</t>
   </si>
   <si>
     <t>3728</t>
   </si>
   <si>
     <t>5783</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3728/5783.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3728/5783.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a instituir o projeto inventário literário de Palmeira e dá outras providências.</t>
   </si>
   <si>
     <t>3729</t>
   </si>
   <si>
     <t>5784</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3729/5784.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3729/5784.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder a aquisição de um aparelho de anestesia com monitor multiparâmetros e dá outras providências.</t>
   </si>
   <si>
     <t>3742</t>
   </si>
   <si>
     <t>5785</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3742/5785.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3742/5785.pdf</t>
   </si>
   <si>
     <t>3743</t>
   </si>
   <si>
     <t>5786</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3743/5786.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3743/5786.pdf</t>
   </si>
   <si>
     <t>3745</t>
   </si>
   <si>
     <t>5787</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3745/5787.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3745/5787.pdf</t>
   </si>
   <si>
     <t>3754</t>
   </si>
   <si>
     <t>5788</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3754/5788.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3754/5788.pdf</t>
   </si>
   <si>
     <t>3755</t>
   </si>
   <si>
     <t>5789</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3755/5789.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3755/5789.pdf</t>
   </si>
   <si>
     <t>3756</t>
   </si>
   <si>
     <t>5790</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3756/5790.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3756/5790.pdf</t>
   </si>
   <si>
     <t>3757</t>
   </si>
   <si>
     <t>5791</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3757/5791.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3757/5791.pdf</t>
   </si>
   <si>
     <t>3782</t>
   </si>
   <si>
     <t>5792</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3782/5792.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3782/5792.pdf</t>
   </si>
   <si>
     <t>Altera a tabela do art. 1ª da Lei nº 4450/2017 e revoga a tabela referente ao cargo de Secretário Parlamentar do anexo I da Lei nº 4452/2017.</t>
   </si>
   <si>
     <t>3785</t>
   </si>
   <si>
     <t>5793</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3785/5793_e_justificativa.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3785/5793_e_justificativa.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a Caixa Econômica Federal e dá outras providências.</t>
   </si>
   <si>
     <t>3786</t>
   </si>
   <si>
     <t>5794</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3786/5794.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3786/5794.pdf</t>
   </si>
   <si>
     <t>Dispões obre a reversão de imóvel público situado no Distrito Industrial de Palmeira e dá outras providências.</t>
   </si>
   <si>
     <t>3787</t>
   </si>
   <si>
     <t>5795</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3787/5795.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3787/5795.pdf</t>
   </si>
   <si>
     <t>3788</t>
   </si>
   <si>
     <t>5796</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3788/5796.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3788/5796.pdf</t>
   </si>
   <si>
     <t>3789</t>
   </si>
   <si>
     <t>5797</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3789/5797.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3789/5797.pdf</t>
   </si>
   <si>
     <t>3790</t>
   </si>
   <si>
     <t>5798</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3790/5798.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3790/5798.pdf</t>
   </si>
   <si>
     <t>3791</t>
   </si>
   <si>
     <t>5799</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3791/5799.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3791/5799.pdf</t>
   </si>
   <si>
     <t>3801</t>
   </si>
   <si>
     <t>5800</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3801/5800.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3801/5800.pdf</t>
   </si>
   <si>
     <t>3802</t>
   </si>
   <si>
     <t>5801</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3802/5801.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3802/5801.pdf</t>
   </si>
   <si>
     <t>3803</t>
   </si>
   <si>
     <t>5802</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3803/5802.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3803/5802.pdf</t>
   </si>
   <si>
     <t>3804</t>
   </si>
   <si>
     <t>5803</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3804/5803.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3804/5803.pdf</t>
   </si>
   <si>
     <t>3805</t>
   </si>
   <si>
     <t>5804</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3805/5804.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3805/5804.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de credito adicional especial e dá outras providências.</t>
   </si>
   <si>
     <t>3806</t>
   </si>
   <si>
     <t>5805</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3806/5805_e_convenio.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3806/5805_e_convenio.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar convênio com o Serviço Nacional de Aprendizagem Industrial - SENAI para realização de cursos técnicos de qualificação profissional.</t>
   </si>
   <si>
     <t>3807</t>
   </si>
   <si>
     <t>5806</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3807/5806.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3807/5806.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reversão de imóveis públicos situados no Distrito Industrial e Palmeira e dá outras providências.</t>
   </si>
   <si>
     <t>3808</t>
   </si>
   <si>
     <t>5807</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3808/5807.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3808/5807.pdf</t>
   </si>
   <si>
     <t>Dá denominação às ruas do Loteamento Green Park.</t>
   </si>
   <si>
     <t>3814</t>
   </si>
   <si>
     <t>5808</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3814/5808.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3814/5808.pdf</t>
   </si>
   <si>
     <t>3815</t>
   </si>
   <si>
     <t>5809</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3815/5809.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3815/5809.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a instituir o projeto "Pôr do Sábado" em Palmeira e dá outras providências.</t>
   </si>
   <si>
     <t>3816</t>
   </si>
   <si>
     <t>5810</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3816/5810.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3816/5810.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de cooperação, o repasse de produtos adquiridos através de recurso recebido da Portaria 369/2020 do Ministério da Cidadania e dá outras providências.</t>
   </si>
   <si>
     <t>3825</t>
   </si>
   <si>
     <t>5811</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3825/5811.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3825/5811.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Palmeira/PR a integrar a Associação Internacional de Cidades Educadoras - AICE, e dá outras providências.</t>
   </si>
   <si>
     <t>3826</t>
   </si>
   <si>
     <t>5812</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3826/5812.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3826/5812.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Municipal do Trabalho do Município de Palmeira e dá outras providências.</t>
   </si>
   <si>
     <t>3827</t>
   </si>
   <si>
     <t>5813</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3827/5813.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3827/5813.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de cooperação, a doação de equipamentos à organização da sociedade civil que especifica, nos termos da programação nº 411770120190002, do Ministério do Desenvolvimento Social e dá outras providências.</t>
   </si>
   <si>
     <t>3828</t>
   </si>
   <si>
     <t>5814</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3828/5814.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3828/5814.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de cooperação, a doação de equipamentos à organização da sociedade civil que especifica, nos termos da programação nº 411770120180002, do Ministério do Desenvolvimento Social e dá outras providências.</t>
   </si>
   <si>
     <t>3834</t>
   </si>
   <si>
     <t>5815</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3834/5815.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3834/5815.pdf</t>
   </si>
   <si>
     <t>3840</t>
   </si>
   <si>
     <t>5816</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3840/5816.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3840/5816.pdf</t>
   </si>
   <si>
     <t>3844</t>
   </si>
   <si>
     <t>5817</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3844/5817.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3844/5817.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante ermo de colaboração, o repasse de recursos financeiros às organizações da sociedade civil que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>3845</t>
   </si>
   <si>
     <t>5818</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3845/5818.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3845/5818.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a proceder, mediante termo de fomento, o repasse de recursos financeiros oriundos do Fundo Municipal dos Direitos da Criança e do Adolescente - FMDCA ao Instituto Casarão das Artes e dá outras providências.</t>
   </si>
   <si>
     <t>3824</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3824/plc_30.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3824/plc_30.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar nº 1, de 28  de setembro de 2017 e dá outras providências.</t>
   </si>
   <si>
     <t>3838</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3838/plc_31_substitutivo_e_original.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3838/plc_31_substitutivo_e_original.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar nº 14, de 12 de dezembro de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>3779</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3779/pr_142-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3779/pr_142-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução nº 104/2014, que dispõe sobre a estrutura administrativa da Câmara Municipal de Palmeira.</t>
   </si>
   <si>
     <t>3780</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3780/pr_143-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3780/pr_143-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução nº 103/2014, que instituiu a Escola Legislativa no âmbito do Poder Legislativo do Município de Palmeira.</t>
   </si>
   <si>
     <t>3781</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3781/pr_144-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3781/pr_144-2021.pdf</t>
   </si>
   <si>
     <t>Altera o Regimento Interno da Câmara Municipal de Palmeira (Resolução nº 116, de 16 de novembro de 2016).</t>
   </si>
   <si>
     <t>3171</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3171/requerimento_no_1-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3171/requerimento_no_1-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Indústria e Comércio, solicitando o que segue: total de área correspondente ao Distrito Industrial, quantos lotes compõe o distrito, quantos lotes foram cedidos, quantos lotes cedidos e que os proprietários não iniciaram as atividades, quantos lotes ainda estão disponíveis, quais os procedimentos que serão tomados com relação àqueles que foram cedidos e que os beneficiados não cumpriram a lei, com relação a utilização dos imóveis.</t>
   </si>
   <si>
     <t>3175</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3175/requerimento_no_2-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3175/requerimento_no_2-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, seja encaminhado expediente à Secretaria de Saúde solicitando, com relação a vacina da COVID-19, as seguintes informações: a quantidade de doses da vacina que foram disponibilizadas para o município de Palmeira; quantas doses já foram aplicadas; lista nominal com todos os vacinados; quais as categorias foram contempladas; quais foram os critérios de vacinação, mencionando de forma detalhada as classes que foram beneficiadas no primeiro momento e as classe que ficara m de fora neste primeiro momento.</t>
   </si>
   <si>
     <t>3176</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3176/requerimento_no_3-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3176/requerimento_no_3-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, solicitamos ao excelentíssimo senhor prefeito Sérgio Belich, que seja convocada audiência pública municipal, com a presença de todos os servidores públicos municipais, sindicatos da categoria e vereadores (respeitando todas as medidas sanitárias devido a pandemia COVID-19). Se caso for inviável um única reunião, que se façam encontros setoriais, com menor público por secretaria.</t>
   </si>
   <si>
     <t>3192</t>
   </si>
   <si>
     <t>Lucas Santos, Odair Sanson Junior</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3192/requerimento_no_4-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3192/requerimento_no_4-2021.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o plenário, seja encaminhado expediente à Secretaria Municipal de Gestão Pública, solicitando o que segue: processo completo da aquisição do monumento instalado na rotatória, no final da avenida Daniel Mansani, nesta cidade.</t>
   </si>
   <si>
     <t>3193</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3193/requerimento_no_5-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3193/requerimento_no_5-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, seja encaminhado expediente à Secretaria Municipal de Gestão Pública, solicitando o que segue: quantos servidores cada secretaria possuí? Quantos servidores são concursados? Quantos servidores ocupam cargos comissionados?</t>
   </si>
   <si>
     <t>3199</t>
   </si>
   <si>
     <t>CCLJR - Comissão de Constituição, Legislação, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3199/requerimento_no_6-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3199/requerimento_no_6-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, prazo de 7 dias para emitir o parecer ao projeto de lei 5622.</t>
   </si>
   <si>
     <t>3205</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3205/requerimento_no_7-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3205/requerimento_no_7-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, seja encaminhado expediente à Secretaria Municipal de Finanças solicitando o que segue: quais os valores arrecadados nos últimos 12 meses com impostos provenientes da empresa concessionária de pedágio Caminhos do Paraná S.A.? Quais os valores arrecadados nos últimos 12 meses com impostos provenientes da empresa concessionária de pedágio CCR Rodonorte? Onde estes valores são aplicados?</t>
   </si>
   <si>
     <t>3206</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3206/requerimento_no_8-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3206/requerimento_no_8-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o plenário, solicitar à Secretaria de Obras e Infraestrutura as seguintes informações abaixo: cronograma 2021 de manutenção das estradas rurais; qual é a priorização de manutenção por comunidade rural; listo de todos os equipamentos em condições de uso que são utilizados nas manutenções das estradas rurais (caminhão, motoniveladora, retroescavadeira etc.); lista dos equipamentos em manutenção que são utilizados nas manutenções das estradas rurais (caminhão, motoniveladora, retroescavadeira etc.); qual forma a pedreira do Campestre de Vieira está operando, com maquinário próprio ou alugado, se alugado qual o custo operacional de 30 dias e quando acaba o contrato; estimativa da vida útil da pedreira de Campestre de Vieiras.</t>
   </si>
   <si>
     <t>3220</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3220/requerimento_no_9-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3220/requerimento_no_9-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, solicitar à Secretaria Municipal de Urbanismo a seguinte informação: qual a data/prazo para transferência das famílias moradoras da Vila Monjolo para o loteamento Sol Nascente?</t>
   </si>
   <si>
     <t>3222</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3222/requerimento_no_10-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3222/requerimento_no_10-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Saúde solicitando o que segue: quem é o responsável pelas obras na unidade básica de saúde da localidade de Vieiras? O que falta para a conclusão da obra? Qual a previsão de inauguração da mesma?</t>
   </si>
   <si>
     <t>3229</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3229/requerimento_no_11-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3229/requerimento_no_11-2021.pdf</t>
   </si>
   <si>
     <t>Requer a retirada do projeto de lei n.º 5641, que dispõe sobre a obrigatoriedade da realização gratuita do diagnóstico precoce dos desvios do crescimento craniofacial em crianças de 5 a 11 anos.</t>
   </si>
   <si>
     <t>3233</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3233/requerimento_no_12-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3233/requerimento_no_12-2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício ao Governador do Estado do Paraná, ao Presidente da Assembleia Legislativa, assim como ao Comando Geral da Polícia Militar do Estado do Paraná, contendo a preocupação deste vereadores com a atual situação da segurança pública no Estado, em especial a situação vivida pelos agentes de segurança, quer sejam civil ou militar, que estão vivendo um dos piores momentos da história em relação ao efetivo, salário e pressão social.</t>
   </si>
   <si>
     <t>3235</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3235/requerimento_no_13-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3235/requerimento_no_13-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Saúde, solicitando o que segue: qual o valor repassado mensalmente ao consórcio intermunicipal de saúde SAMU; quantos foram os atendimentos em Palmeira desde a assinatura do contrato; se existe intenção do Executivo na instalação de base do SAMU em Palmeira.</t>
   </si>
   <si>
     <t>3247</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3247/requerimento_no_14-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3247/requerimento_no_14-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Meio Ambiente, solicitando o que segue: qual a previsão para abertura de nova célula do aterro sanitário, na localidade de Faxinal dos Silva? O Município celebrou convênio com outros Municípios para depositar lixo orgânico no aterro sanitário? Caso exista convênio, qual o valor repassado pelos Municípios e onde estes valores são aplicados?</t>
   </si>
   <si>
     <t>3255</t>
   </si>
   <si>
     <t>CCLJR - Comissão de Constituição, Legislação, Justiça e Redação, CUOP - Comissão de Urbanismo e Obras Públicas</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3255/requerimento_no_15-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3255/requerimento_no_15-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 15 dias para emitir parecer ao projeto de lei 5647, que "autoriza o Poder Executivo Municipal a proceder a doação de cascalho à empresa que especifica e dá outras providências".</t>
   </si>
   <si>
     <t>3256</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3256/requerimento_no_16-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3256/requerimento_no_16-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente ao Executivo Municipal solicitando o que segue: se o Poder Executivo Municipal regulamentou a Lei n.º 4176, de 09/08/2016; se foram desenvolvidos trabalhos e fixado data conforme o §2º do art. 3º da referida Lei.</t>
   </si>
   <si>
     <t>3257</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3257/requerimento_no_17-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3257/requerimento_no_17-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Indústria e Comércio, solicitando o que segue: mapa do Distrito Industrial contendo os lotes e suas respectivas numerações; relação contendo o número dos lotes cedidos ou vendidos no Distrito Industrial e seus respectivos proprietários.</t>
   </si>
   <si>
     <t>3259</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3259/requerimento_no_18-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3259/requerimento_no_18-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Obras e Infraestrutura, solicitando o que segue: quando iniciaram as obras na marginal da PR 151, desde o viaduto da BR 277 e Rua Padre Camargo; qual o prazo para conclusão da obra; qual o valor da obras.</t>
   </si>
   <si>
     <t>3263</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3263/requerimento_no_19-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3263/requerimento_no_19-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, solicitar à Secretaria Municipal de Finanças que seja feito um estudo para disponibilizar e alocar um fiscal tributário permanente na Rua Conceição, Praça da Matriz e Praça do Cemitério, com o propósito de fiscalizar os vendedores ambulantes de outras cidades que entram no Município de Palmeira, sem as devidas licenças e alvarás necessários.</t>
   </si>
   <si>
     <t>3264</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3264/requerimento_no_20-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3264/requerimento_no_20-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, solicitar à Secretaria de Esportes autorização de plantio de árvores doadas por uma empresa privada de nosso Município na quadra de society do bairro Rocio 2. Se autorizado, este plantio vai ser realizado por mutirão com a presença da minha pessoa e moradores do bairro.</t>
   </si>
   <si>
     <t>3281</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3281/requerimento_no_21-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3281/requerimento_no_21-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Meio Ambiente, solicitando informações sobre a existência ou não de projeto de implementação de coleta de lixo reciclável nas comunidades do interior e calendário da coleta de lixo eletrônico instituído através da Lei n.º 3694.</t>
   </si>
   <si>
     <t>3282</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3282/requerimento_no_22-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3282/requerimento_no_22-2021.pdf</t>
   </si>
   <si>
     <t>Requer, após ouvido o Plenário desta Câmara Municipal, seja encaminhado expediente à Secretaria Municipal de Finanças e à Secretaria Municipal de Saúde, solicitando o que segue: informar se o Município recebeu repasses do Governo Federal para serem aplicados no combate a COVID-19; em caso positivo, qual o valor dos repasses recebidos? Quais as datas e valores, individualizados, desses recebimentos? Informar, de maneira detalhada, onde e como foram aplicados esses recursos.</t>
   </si>
   <si>
     <t>3303</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3303/requerimento_no_23-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3303/requerimento_no_23-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Obras e Infraestrutura, solicitando o que segue: qual a fase de execução dos serviços da rede de abastecimento de água na localidade de Volta Grande; o que falta para conclusão das obras; qual a previsão para iniciar o fornecimento de água tratada.</t>
   </si>
   <si>
     <t>3314</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3314/requerimento_no_24-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3314/requerimento_no_24-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente ao Departamento de Estradas e Rodagem - DER, solicitando a construção de rotatória para acesso a comunidade de Queimadas, na BR 277, KM 195.</t>
   </si>
   <si>
     <t>3315</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3315/requerimento_no_252021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3315/requerimento_no_252021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Educação, solicitando o que segue: a quadra poliesportiva compartilhada entre a Escola Municipal Nossa Senhora do Rosário e a Escola Estadual Bom Jesus do Monte, na localidade de Vieiras, é de propriedade do Município? Caso a resposta seja sim, a Secretaria Municipal de Educação tem projeto ou pretensão de reforma? Se sim, qual a previsão de início da mesma?</t>
   </si>
   <si>
     <t>3322</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3322/requerimento_no_26-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3322/requerimento_no_26-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Saúde, solicitando o que segue: quais os motivos de ainda não terem sido iniciadas as obras de construção da UBS - Unidade Básica de Saúde na localidade de Witmarsum? Qual a previsão de início e término das obras?</t>
   </si>
   <si>
     <t>3325</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3325/requerimento_no_27-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3325/requerimento_no_27-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Obras e Infraestrutura solicitando o que segue: quais os motivos da paralisação das obras do prolongamento da Rua Cel. Macedo, no Centro Empresarial de Palmeira? Qual a previsão de retomada das obras?</t>
   </si>
   <si>
     <t>3337</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3337/requerimento_no_28-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3337/requerimento_no_28-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Meio Ambiente, solicitando cronograma anual de roçada e limpezas realizadas pela Secretaria.</t>
   </si>
   <si>
     <t>3338</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3338/requerimento_no_29-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3338/requerimento_no_29-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente ao Departamento de Estradas de Rodagem - DER, solicitando a construção de acostamento melhorado na PR 151, Km 369.</t>
   </si>
   <si>
     <t>3350</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3350/requerimento_no_30-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3350/requerimento_no_30-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Saúde, solicitando informações sobre os motivos do não atendimento regular de médicos no Hospital 25 de Agosto, Colônia Witmarsum.</t>
   </si>
   <si>
     <t>3352</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3352/requerimento_no_31-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3352/requerimento_no_31-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Obras e Infraestrutura, solicitando o que segue: o que falta para conclusão das obras da rede de abastecimento de água na localidade de Sítio Vitória e Poço Grande? Qual a previsão de início do fornecimento de água tratada?</t>
   </si>
   <si>
     <t>3356</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3356/requerimento_no_32-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3356/requerimento_no_32-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente ao Departamento de Estradas de Rodagem - DER, solicitando operação tapa buracos na Avenida Presidente Ernesto Geisel, no trecho entre a BR 277 e a cooperativa, na Colônia Witmarum.</t>
   </si>
   <si>
     <t>3357</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3357/requerimento_no_33-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3357/requerimento_no_33-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Saúde, solicitando o que segue: qual o índice de mortalidade infantil de 0 a 6 anos de idade? Quantas crianças de 0 a 6 anos são atendidas pelas Saúde? Qual o índice de vacinas das crianças assistidas pela Saúde? Qual o número de crianças abaixo do peso? Qual o trabalho realizado com as gestantes? Demais informações com relação à crianças de 0 a 6 anos.</t>
   </si>
   <si>
     <t>3358</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3358/requerimento_no_34-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3358/requerimento_no_34-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Assistência Social, solicitando o que segue: quantas crianças têm cadastro no código único de 0 a 6 anos? Quantas crianças são acompanhadas pelo serviço e fortalecimento de vínculos? Quantas pessoas existem no Município na linha da pobreza? Cópia do Plano Decenal.</t>
   </si>
   <si>
     <t>3359</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3359/requerimento_no_35-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3359/requerimento_no_35-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Educação, solicitando o que segue: quantas CMEIs existem no Município? Qual o número de crianças de 6 anos? Qual o número de crianças de 0 a 6 anos matriculadas nos CMEIs? Existe fila para matrículas nos CMEIs de crianças de 0 a 6 anos? Existem projetos para construção de novos CMEIs?</t>
   </si>
   <si>
     <t>3378</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3378/requerimento_no_36-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3378/requerimento_no_36-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Finanças solicitando o que segue: qual o valor arrecadado mensalmente com a taxa de iluminação pública? Qual o valor total arrecadado com a cobrança desta taxa no ano de 2020 até a presente data? Qual o valor atual depositado em conta específica desta arrecadação? Existem projetos para melhoria e aplicação da rede de iluminação pública?</t>
   </si>
   <si>
     <t>3384</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3384/requerimento_no_37-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3384/requerimento_no_37-2021.pdf</t>
   </si>
   <si>
     <t>Requer, após ouvido o Plenário desta Câmara Municipal, seja encaminhado expediente à Secretaria Municipal de Indústria e Comércio solicitando o que segue: em 5/7/2016 o Município de Palmeira, através do Decreto 10531/2016, efetuou a alienação em regime de doação com encargos para a empresa Sul Invest Holding LTDA de três áreas de propriedade do Município (art. 1º), com o objetivo de construir e implantar uma usina de geração fotovoltaica (art. 3.º), sendo o encargo da donatária o início da construção dentro de 90 dias e a conclusão no prazo de um ano (§ 3º); diante da exposição acima, pede-se àquela Secretaria que informe se a donatária cumpriu integralmente os encargos previstos na doação e, se não cumpriu com aqueles encargos no prazo estipulado, quais são as medidas que o Município tomou visando a reversão daquela doação.</t>
   </si>
   <si>
     <t>3385</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3385/requerimento_no_38-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3385/requerimento_no_38-2021.pdf</t>
   </si>
   <si>
     <t>Requer, após ouvido o Plenário desta Câmara Municipal, seja encaminhado expediente à empresa COPEL Distribuição S.A., estabelecida à Rua José Izidoro Biazetto, 158 - Bloco C, Bairro Mossunguê, CEP 81.200-240, em Curitiba/PR e inscrita no CNPJ sob nº 043.688.980/0001-06, solicitando o que segue: que a empresa informe se nos últimos cinco anos efetuou a alienação, à título oneroso ou não, de sucatas de postes de concreto e madeira ou outros bens ao Município de Palmeira; em caso positivo, que envie cópias de todas as notas fiscais das operações de venda; que informe, com todos os detalhes, como das faturas dessas notas fiscais foram liquidadas (boleto bancário, TED, DOC, PIX etc.); que informe a identificação pessoal para quem foram feitas as entregas físicas dos materiais constantes nas notas fiscais; e que informe se a venda desses produtos por parte da COPEL é específica para Prefeituras ou se também ocorre para empresas particulares.</t>
   </si>
   <si>
     <t>3387</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3387/requerimento_no_39-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3387/requerimento_no_39-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Cultura, Patrimônio Histórico, Turismo e Relações Públicas, solicitando informações se existe projeto em desenvolvimento para abertura do museu nos finais de semana, pós pandemia.</t>
   </si>
   <si>
     <t>3404</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3404/requerimento_no_40-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3404/requerimento_no_40-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente ao Ministério da Saúde solicitando o que segue: quando serão entregues ao Município de Palmeira as ambulâncias equipadas "padrão SAMU" para atender o Consórcio Intermunicipal de Saúde SAMU?</t>
   </si>
   <si>
     <t>3405</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3405/requerimento_no_41-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3405/requerimento_no_41-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente ao Hospital de Caridade de Palmeira, solicitando o que segue: relação de pacientes transportados para outros municípios pelo SAMU, desde a efetivação do contrato até a data de 5/4/2021.</t>
   </si>
   <si>
     <t>3412</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3412/requerimento_no_42-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3412/requerimento_no_42-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente ao Exmo. Sr. Prefeito Municipal solicitando informações sobre os motivos do não funcionamento da balsa de Canta Galo e se existe alguma previsão de colocar a mesma em atividade.</t>
   </si>
   <si>
     <t>3424</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3424/requerimento_no_43-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3424/requerimento_no_43-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Saúde, solicitando o que segue: em que data foi entregue o "castramóvel" em Palmeira? (enviar cópia da documentação). Qual o número do processo licitatório? (enviar cópia da documentação). Qual o valor pago pelo "castramóvel"? (enviar cópia do documentação). Por que não está em funcionamento até o presente momento? Quando este entrará em funcionamento no Município de Palmeira? Qual o plano de trabalho que o Departamento de Proteção Animal/Secretaria de Saúde projetou ou está projetando para utilização do "castramóvel"? (enviar cópia da documentação). Existe planejamento e dotação orçamentária nos anos de 2021, 2022, 2023 e 2024 para a atividade do "castramóvel"? (enviar planejamento orçamentário). Existe planejamento para criação de Centro de Zoonoses no Município de Palmeira?</t>
   </si>
   <si>
     <t>3425</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3425/requerimento_no_44-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3425/requerimento_no_44-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 15 dias para melhores estudos e emissão de parecer ao projeto de lei nº 5678, que "dispõe sobre a contratação de pessoal por tempo determinado para atender à necessidade temporária de excepcional interesse público do Regime Próprio de Previdência Social do Município de Palmeira - RPPS, nos termos do inciso IX do art. 37 da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>3426</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3426/requerimento_no_45-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3426/requerimento_no_45-2021.pdf</t>
   </si>
   <si>
     <t>3432</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3432/requerimento_no_46-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3432/requerimento_no_46-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Educação solicitando informações se existe projeto em vigência sobre educação patrimonial, incluindo a formação continuada de professores.</t>
   </si>
   <si>
     <t>3434</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3434/requerimento_no_47-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3434/requerimento_no_47-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, solicitar à Companhia de Saneamento do Paraná - SANEPAR, a informação abaixo: existe planejamento/cronograma de ligação de água encanada nas residências da localidade conforme indicado no mapa em anexo (PR 151, Kms 386 e 387)? (enviar documentação). O encanamento está a quantos metros do local indicado no mapa em anexo?</t>
   </si>
   <si>
     <t>3435</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3435/requerimento_no_48-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3435/requerimento_no_48-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Meio Ambiente solicitando o que segue: quais bairros/loteamentos são contemplados com a coleta de resíduos orgânicos e materiais recicláveis e quais não são? Quais os números dos processos de licitação realizados para contratação das empresas responsáveis pela coleta de resíduos orgânicos e materiais recicláveis, o prazo de validade dos contratos e o custo mensal (enviar documentação)? Há processo de licitação em andamento para nova contratação do serviço de coleta de resíduos orgânicos e materiais recicláveis (enviar documentação)?</t>
   </si>
   <si>
     <t>3436</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3436/requerimento_no_49-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3436/requerimento_no_49-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhando expediente ao Exmo. Sr. Prefeito Municipal solicitando informações com relação ao decreto nº 11663, de 10/01/2017, que "declara de utilidade pública para fins de desapropriação amigável ou judicial e dá outras providências" e decreto nº 11892, de 06/02/2018, que "declara de utilidade pública para fins de desapropriação amigável ou judicial e dá outras providências": foram efetivadas as desapropriações? Qual o valor pago em cada desapropriação? Qual a intenção da Administração com relação aos imóveis, caso tenham sido desapropriados? Caso não tenham sido desapropriados, o Município tem intenção nas desapropriações?</t>
   </si>
   <si>
     <t>3456</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3456/requerimento_no_50-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3456/requerimento_no_50-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para melhores estudos e emissão de pareceres aos projetos de lei 5670/2021, que "instituí o plano plurianual para o quadriênio compreendido de 2022 a 2025 e dá outras providências" e 5671/2021, que "dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2022 e dá outras providências".</t>
   </si>
   <si>
     <t>3457</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3457/requerimento_no_51-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3457/requerimento_no_51-2021.pdf</t>
   </si>
   <si>
     <t>3459</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3459/requerimento_no_52-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3459/requerimento_no_52-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Educação, solicitando as seguintes informações: se existe alguma regra estabelecida que uniformize a entrada e saída de alunos das escolas municipais e CMEIs, assim como um rígido controle de acesso à essas instituições? Existe alguma escola do Município ou CMEI que tenha o serviço de câmeras de monitoramento e segurança nas dependências e cercanias das mesmas? se não existe, qual a possibilidade da implantação desse monitoramento? Se essas instituições escolares possuem vigias durante o dia ou profissional de segurança cuidando das entradas? Se a Secretaria Municipal de Educação pretende promover medidas voltadas à segurança dos alunos, funcionários e professores nas escolas do Município.</t>
   </si>
   <si>
     <t>3460</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3460/requerimento_no_53-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3460/requerimento_no_53-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Saúde solicitando o que segue? relação de pacientes transportados para outros municípios pelo SAMU, desde a efetivação do contrato até a data de 5/4/2021.</t>
   </si>
   <si>
     <t>3464</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3464/requerimento_no_54-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3464/requerimento_no_54-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário desta Câmara Municipal, seja encaminhado expediente ao Exmo. Sr. Prefeito Municipal, solicitando o que segue: informar se houve a efetiva desapropriação do imóvel descrito no decreto 13.398, de 21/1/2020; em caso positivo, informar se foi realizada a obra para qual o imóvel foi destinado; informar, de forma descriminada; qual o valor pago pelo imóvel; anexar cópias dos laudos de avaliação.</t>
   </si>
   <si>
     <t>3465</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3465/requerimento_no_55-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3465/requerimento_no_55-2021.pdf</t>
   </si>
   <si>
     <t>Requer, após ouvido o Plenário desta Câmara Municipal seja encaminhado expediente ao Exmo. Sr. Prefeito Municipal, solicitando o que segue: informar se houve a efetiva desapropriação dos imóveis descritos no decreto 12870, de 10/5/2019; em caso afirmativo, qual a destinação foi dada para os mesmo, haja vista que foram declarados de utilidade pública para aquela desapropriação; quais os critérios utilizados para definir aquelas áreas; se existiu parecer técnico formal para definir aquelas áreas e quem o assinou; informar, discriminadamente, qual o valor pago à casa imóvel em virtude da desapropriação; anexar cópias dos laudos de avaliação dos imóveis.</t>
   </si>
   <si>
     <t>3469</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3469/requerimento_no_56-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3469/requerimento_no_56-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Meio Ambiente solicitando informações sobre o contrato com a Associação Comunitária dos Moradores Proprietários de Witmarsum: qual é o valor do repasse? Quais serviços são contemplados? Qual é o prazo de término deste contrato?</t>
   </si>
   <si>
     <t>3470</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3470/requerimento_no_57-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3470/requerimento_no_57-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente ao Departamento de Trânsito do Paraná (DETRAN-PR) solicitando a instalação de placas, pintura de faixas de pedestre e sinalização viária horizontal na Avenida Presidente Ernesto Geisel, trecho que compreende da BR 277 até a Cooperativa de Witmarsum.</t>
   </si>
   <si>
     <t>3475</t>
   </si>
   <si>
     <t>CUOP - Comissão de Urbanismo e Obras Públicas</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3475/requerimento_no_58-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3475/requerimento_no_58-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 7 dias para melhores estudos e emissão de parecer ao projeto de lei 5686, que "revoga a lei nº 5256/2020 de 14/12/2020 e dá outras providências".</t>
   </si>
   <si>
     <t>3476</t>
   </si>
   <si>
     <t>Com base na Resolução nº 91/2012, solicita que seja abonada a falta na reunião da Comissão de Constituição, Legislação, Justiça e Redação do dia 20/5/2021, em razão de agendamento de exames de saúde no Município de Ponta Grossa/PR.</t>
   </si>
   <si>
     <t>3477</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3477/requerimento_no_61-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3477/requerimento_no_61-2021.pdf</t>
   </si>
   <si>
     <t>Com base na Resolução nº 91/2012, solicita que seja abonada a falta na reunião da Comissão de Urbanismo e Obras Públicas do dia 20/5/2021, em razão de agendamento de exames de saúde no Município de Ponta Grossa/PR.</t>
   </si>
   <si>
     <t>3478</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3478/requerimento_no_61-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3478/requerimento_no_61-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 7 dias para melhores estudos e emissão de parecer ao projeto de lei nº 5686, que "revoga a Lei nº 5256/2021 de 14/12/2020 e dá outras providências".</t>
   </si>
   <si>
     <t>3481</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3481/requerimento_no_62-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3481/requerimento_no_62-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário desta Câmara Municipal, seja encaminhado expediente ao Senhor Titular do Cartório de Registro de Imóveis desta Comarca, solicitando fotocópia de todos os documentos que serviram de base legal para a inscrição da AV.1/12.831 na matrícula nº 12.831.</t>
   </si>
   <si>
     <t>3488</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3488/requerimento_no_63-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3488/requerimento_no_63-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à empresa Caminhos do Paraná solicitando a instalação de radar nas proximidades do Km 168 da rodovia BR 277, sentido Curitiba.</t>
   </si>
   <si>
     <t>3490</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3490/requerimento_64.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3490/requerimento_64.pdf</t>
   </si>
   <si>
     <t>REQUER, ouvido o Plenário prazo de 30 dias para melhores estudos e emissão de parecer ao Projeto de Lei 5678</t>
   </si>
   <si>
     <t>3491</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3491/requerimento_65.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3491/requerimento_65.pdf</t>
   </si>
   <si>
     <t>3493</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3493/requerimento_no_66-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3493/requerimento_no_66-2021.pdf</t>
   </si>
   <si>
     <t>Requer, após ouvido o Plenário desta Câmara Municipal, seja encaminhando expediente ao Departamento de Estradas de Rodagem - DER/PR solicitando a implantação de trevo rotatório na PR 151, Rodovia João Chede, Km 2, para acesso e saída de veículos às dependências do Colégio Estadual Getúlio Vargas, nesta cidade de Palmeira.</t>
   </si>
   <si>
     <t>3494</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3494/requerimento_no_67-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3494/requerimento_no_67-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, solicitar à Secretaria Municipal de Agricultura, referente ao projeto "Porteira Adentro", as seguintes informações abaixo: quem tem direito e quais são os critérios para participar do projeto "Porteira Adentro"? (enviar documentação de critério); quais são os serviços que contemplam o programa "Porteira Adentro"? (enviar documentação dos serviços prestados); quantas horas são disponíveis para realização dos serviços prestados por propriedade? (enviar documentação); quais equipamentos estão disponíveis para este projeto? (enviar relação de equipamentos); quantos protocolos de solicitação de serviços foram abertos no período de 01/01/2021 a 31/5/2021? (enviar cópia de todos os protocolos); quantos protocolos de solicitação de serviços foram atendimentos no período de 01/01/2021 a 31/5/2021 (enviar cópia de todos os protocolos); qual valor foi gasto neste projeto no período de 01/01/2021 a 31/5/2021? (enviar documentação de valores gastos neste período)...</t>
   </si>
   <si>
     <t>3509</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3509/requerimento_no_68-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3509/requerimento_no_68-2021.pdf</t>
   </si>
   <si>
     <t>Requer, após ouvido o Plenário desta Câmara Municipal, seja encaminhado expediente ao DETRAN/PR para que o mesmo informe a quem pertence ou a quem pertenceu os veículos cujas placas constam abaixo, nos respectivos períodos de tempo: MFG4414 de 15/12/2016 a 31/12/2020; ABJ3300 de 19/6/2018 a 31/12/2020; AVZ4480 de 19/6/2018 a 31/12/2021; AMI7407 de 1/6/2020 a 31/12/2020 e AGT9218 de 1/6/2020 a 31/12/2020.</t>
   </si>
   <si>
     <t>3511</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3511/requerimento_no_69-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3511/requerimento_no_69-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário desta Câmara Municipal, seja encaminhado expediente ao Excelentíssimo Senhor Prefeito Municipal, solicitando o que segue: informar se o Município de Palmeira, de 2016 até a presente data, fez aquisição de postes de concreto e de madeira da empresa Copel Distribuição SA, CNPJ 04.368.898/0001-06, definidos por aquela empresa como bens inservíveis para os padrões da Copel; em caso positivo, informar discriminadamente as datas e quantidades adquiridas; informar os números dos processos de licitação para a compra desses materiais; enviar cópias dos empenhos para pagamento; informar a forma de pagamento das aquisições (DOC, TED, boleto etc.), enfim, todos os detalhes de como ocorreu a liquidação das compras; informar, detalhadamente, onde foram usados os postes adquiridos.</t>
   </si>
   <si>
     <t>3518</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3518/requerimento_no_70-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3518/requerimento_no_70-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Assistência Social, Cidadania e Direitos Humanos solicitando o que segue: quantos idosos são atendidos no centro de acolhimento e socialização para idosos? Existe um plano municipal ou projeto de reintegração e socialização pós pandemia dos idosos? Existe acompanhamento desses idosos no período de pandemia a fim de prevenir doenças mentais como a depressão e ansiedade? Existem profissionais da saúde trabalhando em parceria com a Secretaria de Assistência no referido centro? Existem projetos para instalar esse centro em áreas rurais do Município?</t>
   </si>
   <si>
     <t>3521</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3521/requerimento_no_71-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3521/requerimento_no_71-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, solicitar à Secretaria Municipal de Meio Ambiente as seguintes informações e documentação: relação de nomes dos funcionários terceirizados na secretaria, no período de 1/1/2021 a 15/6/2021 (enviar documentação); enviar contrato da empresa terceirizada no período de 1/1/2021 a 15/6/2021; enviar notas fiscais pagas para a empresa terceirizada no período de 1/1/2021 a 15/6/2021; informar qual é o cargo ocupado de cada funcionário terceirizado no período de 1/1/2021 a 15/6/2021 (enviar documentação); informar o descritivo de cada cargo no período de 1/1/2021 a 31/5/2021 (enviar documentação); informar o salário mensal de cada funcionário terceirizado; informar se cada funcionário terceirizado recebeu vale mercado e qual foi o valor no período de 1/1/2021 a 15/6/2021 e o valor mensal; quais os funcionários terceirizados que apresentaram atestado médico/odontológico no período de 1/1/2021 a 15/6/2021 (enviar cópia dos atestados); houve funcionário que apresentou...</t>
   </si>
   <si>
     <t>3522</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3522/requerimento_no_72-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3522/requerimento_no_72-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhando expediente à Secretaria Municipal de Urbanismo, solicitando o que segue: relação de munícipes que solicitaram a regularização de obras com base na Lei 5256 de 14/12/2021.</t>
   </si>
   <si>
     <t>3533</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3533/requerimento_no_73-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3533/requerimento_no_73-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria de Estado de Educação (SEED) solicitando a construção de três salas de aula no Colégio Estadual do Campo de Pinheiral de Baixo.</t>
   </si>
   <si>
     <t>3538</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3538/requerimento_no_74-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3538/requerimento_no_74-2021.pdf</t>
   </si>
   <si>
     <t>Requer, após ouvido o Plenário desta Câmara Municipal, seja encaminhado expediente ao Exmo. Sr. Secretário Municipal de Obras para que o mesmo informe se a área, as medidas e as confrontações de fato do imóvel de propriedade do Município de Palmeira, constantes na matrícula número 7664, corresponde fielmente aos dados descritos naquele documento, expedido pelo Cartório de Registro de Imóveis desta Comarca.</t>
   </si>
   <si>
     <t>3552</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3552/requerimento_no_75-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3552/requerimento_no_75-2021.pdf</t>
   </si>
   <si>
     <t>Requer, após ouvido o Plenário desta Câmara Municipal, seja encaminhado expediente ao Exmo. Sr. Prefeito Municipal de Palmeira, para que o mesmo informe o que segue: o valor total despendido pelo Município de Palmeira para a implementação e estruturação do "Parque Energético Cidade Clima", criado pela Lei nº 4.339 de 19/4/2017; em caso positivo, fornecer a discriminação detalhada desses valores; quem foram as pessoas que realizaram viagem à Beijing na República Popular da China, em nome da Administração Municipal, com o objetivo de oficializar a assinatura contratual do empreendimento denominado SUPERNOVA 200, conforme consta no Decreto Municipal nº 12.330 de 22/8/2018/; cópia do documento que teria sido assinado pelo Prefeito Municipal da época e que motivou aquela viagem; se houve utilização de recursos do erário municipal para a realização daquela viagem, fazer a discriminação dos detalhada dos valores usados e onde e como foram usados.</t>
   </si>
   <si>
     <t>3558</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3558/requerimento_no_76-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3558/requerimento_no_76-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente ao Poder Executivo solicitando a iniciativa da elaboração de uma lei para estabelecer o sistema de rodízio na prestação de serviço funerário no Município, os quais são de competência legislativa municipal, visto que dizem respeito às necessidades imediatas do Município conforme art. 30, V da Constituição Federal.</t>
   </si>
   <si>
     <t>3559</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3559/requerimento_no_77-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3559/requerimento_no_77-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 14 dias para melhores estudos e emissão de parecer ao projeto de lei nº 5707 que "autoriza a abertura de credito adicional especial e dá outras providências", e prazo de 30 dias para os projeto de lei nº 5708 que "dispõe sobre a estruturação e consolidação das normas ao serviço de transporte de passageiro no Município de Palmeira e dá outras providências" e 5709/2021 "que autoriza o Poder Executivo a ceder, em regime de comodato, bem imóvel de propriedade do Município ao polo da Universidade Aberta do Brasil - Polo UAB de Palmeira e dá outras providências".</t>
   </si>
   <si>
     <t>3560</t>
   </si>
   <si>
     <t>CECBESMA - Comissão de Educação, Cultura, Bem-estar Social e Meio Ambiente</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3560/requerimento_no_78-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3560/requerimento_no_78-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para melhores estudos e emissão de parecer ao projeto de lei 5709 que "autoriza o Poder Executivo a ceder, em regime de comodato, bem imóvel de propriedade do Município ao polo da Universidade Aberta do Brasil - polo UAB de Palmeira e dá outras providências".</t>
   </si>
   <si>
     <t>3561</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3561/requerimento_no_79-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3561/requerimento_no_79-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para emitir os pareceres aos projetos de lei 5708 que "dispõe sobre a estruturação e consolidação das normas ao serviço de transporte de passageiros no Município de Palmeira e dá outras providências" e 5709 que "autoriza o Poder Executivo a ceder, em regime de comodato, bem imóvel de propriedade do Município ao polo da Universidade Aberto do Brasil - polo UAB de Palmeira e dá outras providências".</t>
   </si>
   <si>
     <t>3562</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3562/requerimento_no_80-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3562/requerimento_no_80-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para melhores estudos e emissão de parecer ao projeto de lei nº 5708, que "dispõe sobre a estruturação e consolidação das normas ao serviço de transporte de passageiros no Município de Palmeira e dá outras providências.</t>
   </si>
   <si>
     <t>3564</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3564/requerimento_no_81-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3564/requerimento_no_81-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Obras e Infraestrutura, solicitando informações sobre a pista de skate ao lado da ciclovia: se ela continuará naquele lugar ou será retirada depois de concluídas as obras da marginal.</t>
   </si>
   <si>
     <t>3565</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3565/requerimento_no_82-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3565/requerimento_no_82-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Gestão Pública, solicitando informações sobre o contrato com a empresa terceirizada que realiza a manutenção da rodoviária: quais serviços de manutenção são contemplados? Qual é o prazo de início e término deste contrato? Existe algum valor de repasse para a empresa por parte do poder Executivo?</t>
   </si>
   <si>
     <t>3578</t>
   </si>
   <si>
     <t>Solicita que seja abonada a falta na reunião da Comissão de Educação, Cultura, Bem-estar Social e Meio Ambiente do dia 08/07/2021.</t>
   </si>
   <si>
     <t>3582</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3582/requerimento_no_84-2021_-_13.7.2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3582/requerimento_no_84-2021_-_13.7.2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para melhores estudos e emissão de parecer aos projetos de lei nº 5711 que "dispõe sobre o reajuste dos vencimentos dos agentes de saúde e agentes de combate à endemias, conforme valores estipulados pela Lei Federal 11.350/06, altera pelas Leis Federais 13.595/18 e 13.778/18 e dá outras providências", e 5717 que "autoriza o Regime Próprio de Previdência Social - RPPS do Município de Palmeira a celebrar concessão de uso de imóveis de sua propriedade, através de procedimento licitatório, conforme especifica".</t>
   </si>
   <si>
     <t>3583</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3583/requerimento_no_85-2021_-_13.7.2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3583/requerimento_no_85-2021_-_13.7.2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para melhores estudos e emissão de parecer ao projeto de lei nº 5711 que "dispõe sobre reajuste dos vencimentos dos agentes de saúde e agentes de combate à endemias, conforme valores estipulados pela Lei Federal nº 11.350/06, alterada pelas Leis Federais 13.595/18 e 13.778/18 e dá outras providências.</t>
   </si>
   <si>
     <t>3584</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3584/requerimento_no_86-2021_-_13.7.2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3584/requerimento_no_86-2021_-_13.7.2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para melhores estudos e emissão de parecer ao projeto de lei 5711, que "dispõe sobre reajuste dos vencimentos dos agentes de saúde e agentes de combate à endemias, conforme valores estipulados pela Lei Federal nº 11.350/06, alterada pelas Leis Federais 13.595/18 e 13.778/18 e dá outras providências.</t>
   </si>
   <si>
     <t>3585</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3585/requerimento_no_87-2021_-_13.7.2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3585/requerimento_no_87-2021_-_13.7.2021.pdf</t>
   </si>
   <si>
     <t>3586</t>
   </si>
   <si>
     <t>Marcel Pietralla, Vaguinho</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3586/requerimento_no_88-2021_-_13.7.2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3586/requerimento_no_88-2021_-_13.7.2021.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Finanças, solicitando o que segue: por que produtores da agricultura familiar estão sendo notificados sobre ITRs já declarados? Por que estão sendo solicitados laudos técnicos de engenheiros e explicativas detalhadas da área, sendo que já existe o CAR e, para a agricultura familiar, este não segue a mesma exigência do grande produtor, conforme a Lei nº 12.651/2012? Qual base de cálculos está sujeitando o produtor a pagar multa de valor consideravelmente alto, sendo que o ITR foi declarado e o imposto foi pago?</t>
   </si>
   <si>
     <t>3587</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3587/requerimento_no_89-2021_-_13.7.2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3587/requerimento_no_89-2021_-_13.7.2021.pdf</t>
   </si>
   <si>
     <t>Requer, após ouvido o Plenário desta Câmara Municipal, seja encaminhado expediente à empresa Escritel Instalações Elétrica Ltda., inscrita no CNPJ sob nº 12.160.675/0001-87, estabelecida na rodovia BR - 376, Km 503, Q1C, Colônia Dona Luiza, em Ponta Grossa, PR, CEP 84.043-050, solicitando o que segue: informar se a empresa possuí ou possuiu contrato para o transporte regular de materiais ou mercadorias para o Município de Palmeira/PR; em caso negativo, informar se a empresa, mesmo que esporadicamente, prestou serviços de transporte de materiais ou mercadorias para o município de Palmeira/PR em 2020; em caso afirmativo, informar os valores cobrados do município e a forma como o município fez o(s) pagamento(s); em caso afirmativo, enviar para esta Câmara Municipal cópias dos conhecimentos de transporte.</t>
   </si>
   <si>
     <t>3588</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3588/requerimento_no_90-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3588/requerimento_no_90-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente ao Exmo. Sr. Prefeito Municipal, sugerindo que o Poder Executivo Municipal contrate sistema de vigilância com câmeras de monitoramento 24 horas no entorno do pronto atendimento do município, e também a contratação de um vigilante 24 horas para dar segurança aos profissionais e pacientes.</t>
   </si>
   <si>
     <t>3606</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3606/requerimento_no_91-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3606/requerimento_no_91-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente ao Departamento de Segurança e Trânsito, solicitando o que segue: campanha de divulgação e conscientização do atendimento à Lei Municipal nº 2375/2005, mais precisamente do contido no art. 3º; colocação de placas na extensão da Rua Conceição, trecho compreendido entre as Ruas Coronel Pedro Ferreira e Coronel Pedro Scherer, informando a proibição do tráfego na contramão e nos espaços reservados para pedestres de bicicletas, skates, patinetes e patins.</t>
   </si>
   <si>
     <t>3607</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3607/requerimento_no_92-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3607/requerimento_no_92-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Obras e Infraestrutura, solicitando as seguintes informações: se as empresas ganhadoras das licitações de obras na Rua José Antônio Bordignon, desde a Rua Padre Camargo até João Cherobim, que margeia a BR 277, sentido Foz do Iguaçu, e continuidade da Rua Barão do Rio Branco, estão dando continuidade aos trabalhos; qual o valor de cada obra; qual o valor já efetuado às empresas; qual a previsão para término das obras e se a empresa ganhadora terceirizou trabalhos.</t>
   </si>
   <si>
     <t>3608</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3608/requerimento_no_93-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3608/requerimento_no_93-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 15 dias para melhores estudos e emissão de parecer ao projeto de lei nº 5727/2021.</t>
   </si>
   <si>
     <t>3618</t>
   </si>
   <si>
     <t>CCLJR - Comissão de Constituição, Legislação, Justiça e Redação, CECBESMA - Comissão de Educação, Cultura, Bem-estar Social e Meio Ambiente, CEOFF - Comissão de Economia, Orçamento, Finanças e Fiscalização, CUOP - Comissão de Urbanismo e Obras Públicas</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3618/requerimento_no_94-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3618/requerimento_no_94-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para melhores estudos e emissão de pareceres ao projeto de lei 5718/2021, que "dispõe sobre a estrutura organizacional administrativa do Poder Executivo do Município de Palmeira e dá outras providências".</t>
   </si>
   <si>
     <t>3619</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3619/requerimento_no_95-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3619/requerimento_no_95-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, solicitar à Secretaria Municipal de Saúde os seguintes dados mencionados abaixo: enviar laudo técnico da vistoria sanitária do posto de saúde da comunidade de Santa Bárbara; quais os problemas prediais encontrados na questão de engenharia civil no posto de saúde da comunidade de Santa Bárbara? Se existem problemas sanitários e problemas prediais, qual a solução e quando será finalizada? Quando retornam os atendimentos no posto de saúde da comunidade de Santa Bárbara?</t>
   </si>
   <si>
     <t>3609</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3609/requerimento_no_96-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3609/requerimento_no_96-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, solicitar à Secretaria de Saúde os seguintes dados: informar a quantidade de doses da vacina que foram disponibilizadas para o município de Palmeira pelo lote 2014VCD103W, conforme foto em anexo; informar lista de todos que foram vacinados pelo lote 2014VCD103W, conforme foto em anexo.</t>
   </si>
   <si>
     <t>3620</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3620/requerimento_no_97-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3620/requerimento_no_97-2021.pdf</t>
   </si>
   <si>
     <t>Requer sejam abonadas as faltas nas reuniões da CECBESMA e CEOFF do dia 29/07/2021.</t>
   </si>
   <si>
     <t>3628</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3628/requerimento_no_98-2021_-_3.8.2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3628/requerimento_no_98-2021_-_3.8.2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias, para melhores estudos e emissão de pareceres ao projeto de lei 5709 que "autoriza o Poder Executivo a celebrar termo de concessão de uso de bem público, de bem imóvel de propriedade do Município, à manutenção das atividades do polo da Universidade Aberta do Brasil - Polo UAB e dá outras providências.</t>
   </si>
   <si>
     <t>3647</t>
   </si>
   <si>
     <t>CCLJR - Comissão de Constituição, Legislação, Justiça e Redação, CECBESMA - Comissão de Educação, Cultura, Bem-estar Social e Meio Ambiente, CEOFF - Comissão de Economia, Orçamento, Finanças e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3647/requerimento_no_99-201.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3647/requerimento_no_99-201.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para melhores estudos e emissão de parecer ao projeto de lei nº 5747/2021 que "concede isenção do IPTU às associações municipais legalmente declaradas de utilidade pública e que prestam serviços de natureza cultural e assistência social".</t>
   </si>
   <si>
     <t>3648</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3648/requerimento_no_100-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3648/requerimento_no_100-2021.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o Plenário, seja encaminhado expediente à Companhia de Saneamento do Paraná - SANEPAR, informando e solicitando o seguinte: segundo morador da cidade de Palmeira que realiza trilhas ecológicas, as margens do Rio do Pugas, antes do local de captação de água para abastecimento da cidade de Palmeira, encontra-se com grande quantidade de materiais recicláveis ao longo do mesmo; se a empresa tem conhecimento das condições em que se encontra o Rio do Pugas com relação à existência de materiais recicláveis, conforme informação; se é efetuada limpeza periódica das margens do referido rio; a realização de verificação e limpeza das margens, em caráter de urgência, visando atender solicitações de usuários do sistema de abastecimento de água por parte da SANEPAR, os quais estão preocupados  com as informações relatadas, temendo pela qualidade da água e da saúde.</t>
   </si>
   <si>
     <t>3649</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3649/requerimento_no_101-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3649/requerimento_no_101-2021.pdf</t>
   </si>
   <si>
     <t>Requer, após ouvido o Plenário desta Câmara Municipal, seja encaminhado expediente ao Exmo. Sr. Prefeito Municipal, solicitando o que segue: informar se o Município de Palmeira possuí contrato com a empresa Forte Plan Construções LTDA. ME., com cadastro no CNPJ sob nº 21.596.243/0001-04; em caso positivo, informar qual o objeto e as condições estabelecidas em contrato com aquela empresa; se o contrato existente está sendo devidamente cumprido pela contratada, conforme os termos estabelecidos no contrato; em caso de descumprimento do contrato por parte da contratada, quais providências o Município tomou ou está tomando; quem foram os fiscais de contrato que acompanharam o seu cumprimento até a presente data, nos termos estabelecidos pelo art. 67 da Lei 8.666/93.</t>
   </si>
   <si>
     <t>3650</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3650/requerimento_no_102-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3650/requerimento_no_102-2021.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o Plenário, seja encaminhado expediente ao DER - Departamento de Estradas e Rodagem, solicitando a construção de redutor de velocidade, tipo lombada, e construção de abrigo para passageiros na PR-151, Km 379, nesta cidade.</t>
   </si>
   <si>
     <t>3652</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3652/requerimento_no_103-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3652/requerimento_no_103-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário desta Câmara Municipal, seja encaminhado expediente ao exmo. sr. Prefeito Municipal, solicitando o que segue: informar se o Município de Palmeira possui ou possuiu contrato com a empresa Paulista &amp; Schimdt LTDA. ME., inscrita no CNPJ sob nº 07.496.467/0001-13; em caso afirmativo, informar o número, o objeto e o valor do contrato; informar se houve aditivo contratual; em caso positivo e existindo mais de um aditivo contratual, especificar de cada um deles a duração, o valor e a justificativa; informar, de forma discriminada, identificando em que obras a contratada prestou serviços, quais os serviços realizados, quais os veículos e equipamentos foram utilizados e os valores pagos; citar quem foram ou quem é o fiscal de contrato para esse contrato e seus respectivos aditivos.</t>
   </si>
   <si>
     <t>3653</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3653/requerimento_no_104-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3653/requerimento_no_104-2021.pdf</t>
   </si>
   <si>
     <t>Requer, após ouvido o Plenário desta Câmara Municipal, seja encaminhado expediente à concessionária Caminhos do Paraná, solicitando, se possível, a colocação de mureta separando as duas pistas de rolamento da BR - 277, no Km 165 em direção ao Km 166, por distância suficiente que o setor de engenharia daquela concessionária entender necessário, a fim de evitar que motoristas que transitam por aquela rodovia no sentido Palmeira - Curitiba não consigam ter acesso de forma irregular àquela estrada municipal de Quero-Quero.</t>
   </si>
   <si>
     <t>3664</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3664/requerimento_no_105-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3664/requerimento_no_105-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Companhia Paranaense de Energia (COPEL), solicitando a poda de árvores em frente ao cemitério da Colônia do Lago.</t>
   </si>
   <si>
     <t>3668</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3668/requerimento_no_106-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3668/requerimento_no_106-2021.pdf</t>
   </si>
   <si>
     <t>Requer, após ouvido o Plenário desta Câmara Municipal, seja encaminhado expediente ao Exmo. Sr. Prefeito Municipal, solicitando que o mesmo determine às Secretarias e aos órgãos competentes da Prefeitura Municipal o envio de cópia de todos os documentos que compõe o processo inteiro que analisou a autorização, implantação e comercialização de lotes do Loteamento Jardim das Araucárias.</t>
   </si>
   <si>
     <t>3674</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3674/requerimento_no_107-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3674/requerimento_no_107-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Educação, solicitando as seguintes informações: se a Associação de Surdos, que tinha por sede o prédio localizado na Rua José Adriano de Freitas e Sete de Abril, está em funcionamento? Se o prédio utilizado pela associação é de propriedade do Município? Caso a associação não esteja utilizada, se a Secretaria de Educação tem projeto para utilização?</t>
   </si>
   <si>
     <t>3688</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3688/requerimento_no_108_2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3688/requerimento_no_108_2021.pdf</t>
   </si>
   <si>
     <t>Requer ouvido o plenário prazo de 30 dias para os Projetos de Lei nºs. 5758 e 5760.</t>
   </si>
   <si>
     <t>3689</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3689/requerimento_no_109_2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3689/requerimento_no_109_2021.pdf</t>
   </si>
   <si>
     <t>Requer Ouvido o Plenário Prazo de 30 dias ao Projeto de Lei nº 5760</t>
   </si>
   <si>
     <t>3690</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3690/requerimento_no_110_2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3690/requerimento_no_110_2021.pdf</t>
   </si>
   <si>
     <t>Requer prazo de 30 dias para o Projeto de Lei nº 5758.</t>
   </si>
   <si>
     <t>3691</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3691/requerimento_no_111-2021_-_20.9.2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3691/requerimento_no_111-2021_-_20.9.2021.pdf</t>
   </si>
   <si>
     <t>Com base na resolução nº 91/2021, requer o abono da falta na reunião da Comissão de Economia, Orçamento, Finanças e Fiscalização do dia 16/9/2021.</t>
   </si>
   <si>
     <t>3692</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3692/requerimento_no_112-2021_-_20.9.2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3692/requerimento_no_112-2021_-_20.9.2021.pdf</t>
   </si>
   <si>
     <t>Com base na resolução nº 91/2021, requer o abono da falta na reunião da Comissão de Constituição, Legislação, Justiça e Redação do dia 16/9/2021.</t>
   </si>
   <si>
     <t>3693</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3693/requerimento_no_113-2021_-_20.9.2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3693/requerimento_no_113-2021_-_20.9.2021.pdf</t>
   </si>
   <si>
     <t>Com base na resolução nº 91/2021, requer o abono da falta na reunião da Comissão de Urbanismo e Obras Públicas do dia 16/9/2021.</t>
   </si>
   <si>
     <t>3711</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3711/requerimento_no_114-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3711/requerimento_no_114-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Obras e Infraestrutura, solicitando o que segue: quais as localidades em que existem poços artesianos sob responsabilidade do Município e ainda não foram instaladas redes de abastecimento? Quais os motivos da não instalação e efetivação do fornecimento aos moradores?</t>
   </si>
   <si>
     <t>3713</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3713/requerimento_no_115-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3713/requerimento_no_115-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Educação, solicitando o que segue: lista de ônibus da frota municipal e terceirizada com seus respectivos motoristas; qual o roteiro de cada um; capacidade de lotação de cada ônibus; quantos alunos são transportados no veículo a cada roteiro.</t>
   </si>
   <si>
     <t>3714</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3714/requerimento_no_116-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3714/requerimento_no_116-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para melhores estudos e emissão de pareceres aos projetos de lei 5771, 5572 e 5773/2021.</t>
   </si>
   <si>
     <t>3715</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3715/requerimento_no_117-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3715/requerimento_no_117-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 15 dias para emitir pareceres à emenda modificativa nº 1 ao projeto de lei 5747/2021 e aos projetos de lei 5747 e 5771/2021.</t>
   </si>
   <si>
     <t>3716</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3716/requerimento_no_118-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3716/requerimento_no_118-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para melhores estudos e emissão de parecer ao projeto de lei 5771/2021.</t>
   </si>
   <si>
     <t>3717</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3717/requerimento_no_119-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3717/requerimento_no_119-2021.pdf</t>
   </si>
   <si>
     <t>3734</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3734/requerimento_no_120-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3734/requerimento_no_120-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para melhores estudos e emissão de pareceres aos projetos de lei nº 5775, 5776, 5777, 5778 e 5784/2021.</t>
   </si>
   <si>
     <t>3735</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3735/requerimento_no_121-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3735/requerimento_no_121-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para melhores estudos e emissão de pareceres aos projetos de lei nº 5778 e 5784/2021.</t>
   </si>
   <si>
     <t>3736</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3736/requerimento_no_122-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3736/requerimento_no_122-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para melhores estudos e emissão de pareceres ao projeto de lei 5784/2021.</t>
   </si>
   <si>
     <t>3738</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3738/requerimento__no_123-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3738/requerimento__no_123-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, solicitar à Secretaria Municipal de Finanças as seguintes informações: informar o valor da disponibilidade financeira em conta corrente e aplicações correspondentes a fonte livre do Município de Palmeira até o período de 30/9/2021; informar o valor da disponibilidade financeira na conta relacionada a iluminação pública até o período de 30/9/2021.</t>
   </si>
   <si>
     <t>3747</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3747/requerimento_no_124-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3747/requerimento_no_124-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Saúde, solicitando o que segue: qual o valor total de emendas parlamentares recebidas pela Secretaria Municipal de Saúde? Quais Deputados destinaram emendas para a Secretária? Qual o valor de cada emenda e seus respectivos parlamentares? Em qual setor da Secretaria de Saúde que estes recursos foram aplicados?</t>
   </si>
   <si>
     <t>3748</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3748/requerimento_no_125-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3748/requerimento_no_125-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para melhores estudos e emissão de parecer ao substitutivo ao projeto de lei 5747/2021.</t>
   </si>
   <si>
     <t>3749</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3749/requerimento_no_126-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3749/requerimento_no_126-2021.pdf</t>
   </si>
   <si>
     <t>3750</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3750/requerimento_no_127-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3750/requerimento_no_127-2021.pdf</t>
   </si>
   <si>
     <t>3753</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3753/requerimento_no_128-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3753/requerimento_no_128-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente ao Executivo Municipal solicitando o que segue: se o Poder Executivo Municipal regulamentou a Lei 2.328, de 25/6/2004, que "Cria o Conselho Municipal das Mulheres de Palmeira e dá outras providências", conforme o art. 2º da Lei acima mencionada; caso não tenha sido regulamentada ou não esteja em funcionamento o referido conselho, solicitamos a gentileza do setor competente colocar em execução a referida Lei.</t>
   </si>
   <si>
     <t>3758</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3758/req_129-2021_prazo_constituicao.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3758/req_129-2021_prazo_constituicao.pdf</t>
   </si>
   <si>
     <t>Requer Ouvido o Plenário prazo de 30 dias para melhores estudos ao Projeto de Lei 5791.</t>
   </si>
   <si>
     <t>3759</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3759/req_130-2021_prazo_urbanismo.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3759/req_130-2021_prazo_urbanismo.pdf</t>
   </si>
   <si>
     <t>Requer Ouvido o Plenário prazo de 30 dias para melhores estudos ao Projeto de Lei 5791</t>
   </si>
   <si>
     <t>3761</t>
   </si>
   <si>
     <t>Com base na Resolução nº 91/2012, solicita o abono da falta na reunião da CCLJR do dia 28/10/2021.</t>
   </si>
   <si>
     <t>3762</t>
   </si>
   <si>
     <t>Com base na Resolução nº 91/2012, solicita o abono da falta na reunião da CEOFF do dia 28/10/2021.</t>
   </si>
   <si>
     <t>3764</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3764/requerimento_no_133-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3764/requerimento_no_133-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Esportes, solicitando informações sobre a quadra poliesportiva Romildo Woinarovcz Júnior, situada na Rua Fritz Kliewer, bairro Vila Rosa: se existe cronograma para revitalização e colocação de dispositivos de segurança? Se há projeto de colocação de iluminação pública ao redor da quadra? E ainda se existe projeto esportivo de utilização da quadra com crianças e adolescentes em parceria com alguma associação?</t>
   </si>
   <si>
     <t>3774</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3774/requerimento_no_134-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3774/requerimento_no_134-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, seja encaminhado expediente ao Departamento de Estradas de Rodagem - DER, solicitando operação tapa buracos na PR - 151, desde o Km 388 até a entrada da comunidade de Pinheiral de Baixo.</t>
   </si>
   <si>
     <t>3775</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3775/requerimento_no_135-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3775/requerimento_no_135-2021.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o Plenário, prazo de 30 dias para melhores estudos e emissão de parecer ao projeto de lei 5771.</t>
   </si>
   <si>
     <t>3783</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3783/requerimento_no_136-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3783/requerimento_no_136-2021.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o Plenário, prazo de 30 dias para melhores estudos e emissão de parecer ao projeto de lei nº 5784/2021.</t>
   </si>
   <si>
     <t>3792</t>
   </si>
   <si>
     <t>Requer, com base na Resolução nº 91/2012, o abono das faltas nas reuniões da CECBESMA e CEOFF do dia 11/11/2021.</t>
   </si>
   <si>
     <t>3795</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3795/requerimento_no_138-2021_-_19.11.2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3795/requerimento_no_138-2021_-_19.11.2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 15 dias para emitir parecer ao projeto de lei  5793/2021 e de 7 dias para emitir parecer ao projeto de lei 5794/2021.</t>
   </si>
   <si>
     <t>3796</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3796/requerimento_no_139-2021_-_19.11.2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3796/requerimento_no_139-2021_-_19.11.2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 15 dias para emitir parecer ao projeto de lei  5793/2021.</t>
   </si>
   <si>
     <t>3797</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3797/requerimento_no_140-2021_-_19.11.2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3797/requerimento_no_140-2021_-_19.11.2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 7 dias para emitir o parecer ao projeto de lei 5794/2021.</t>
   </si>
   <si>
     <t>3812</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3812/requerimento_no_141-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3812/requerimento_no_141-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário desta Câmara Municipal, seja encaminhado expediente ao Exmo. Sr. Prefeito Municipal, solicitando o que segue: enviar cópia da matrícula do imóvel onde encontra-se construída a ESF Dr. Roberto Duarte Bragagnolo (posto de saúde Rocio II); informar se as despesas de construção daquela unidade foram integralmente custeadas com recursos próprios do Município; em caso negativo, informar a origem e o valor dos recursos recebidos, informar o nome do ordenador das despesas de construção daquele equipamento municipal.</t>
   </si>
   <si>
     <t>3819</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3819/requerimento_no_142-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3819/requerimento_no_142-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 15 dias para emitir parecer ao projeto de lei 5794/2021 e de 30 dias para emitir parecer ao projeto de lei 5809/2021.</t>
   </si>
   <si>
     <t>3820</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3820/requerimento_no_143-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3820/requerimento_no_143-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 30 dias para emitir parecer ao projeto de lei 5809/2021.</t>
   </si>
   <si>
     <t>3821</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3821/requerimento_no_144-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3821/requerimento_no_144-2021.pdf</t>
   </si>
   <si>
     <t>3822</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3822/requerimento_no_145-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3822/requerimento_no_145-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 15 dias para emitir parecer ao projeto de lei 5794/2021.</t>
   </si>
   <si>
     <t>3829</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3829/requerimento_no_146-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3829/requerimento_no_146-2021.pdf</t>
   </si>
   <si>
     <t>Requerem, ouvido o Plenário, seja encaminhando expediente ao Chefe do INSS da cidade de Ponta Grossa e Região, no sentido de que o mesmo determine a volta do atendimento presencial na agência do INSS localizada no bairro Vila Rosa em Palmeira/PR.</t>
   </si>
   <si>
     <t>3830</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3830/requerimento_no_147-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3830/requerimento_no_147-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, o envio de ofício à Secretaria Municipal de Saúde, solicitando cópias dos diários de bordo de todas as ambulâncias do Município, inclusive com a identificação dos respectivos motoristas, do período de 1º/11/2021 até 30/11/2021.</t>
   </si>
   <si>
     <t>3832</t>
   </si>
   <si>
     <t>CCLJR - Comissão de Constituição, Legislação, Justiça e Redação, CEOFF - Comissão de Economia, Orçamento, Finanças e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3832/requerimento_no_148-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3832/requerimento_no_148-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 15 dias para melhores estudos e emissão de parecer ao projeto de lei 5793/2021 e ao projeto de lei complementar 30/2021.</t>
   </si>
   <si>
     <t>3837</t>
   </si>
   <si>
     <t>Com base na Resolução nº 91/2012, solicita o abono da falta na reunião da CECBESMA do dia 16/12/2021.</t>
   </si>
   <si>
     <t>3843</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3843/requerimento_no_150-2021.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3843/requerimento_no_150-2021.pdf</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, prazo de 10 dias para melhores estudos e emissão de parecer ao projeto de lei complementar 31/2021.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -7633,67 +7633,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3230/anteprojeto_de_lei_no_1-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3374/anteprojeto_de_lei_no_2-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3400/anteprojeto_de_lei_no_3-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3463/anteprojeto_de_lei_no_4-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3492/anteprojeto_de_lei_05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3501/anteprojeto_de_lei_no_6-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3550/anteprojeto_de_lei_no_7-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3811/anteprojeto_de_lei_no_8-2021_-_24.11.2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3173/indicacao_no_1-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3174/indicacao_no_2-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3177/indicacao_no_3-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3178/indicacao_no_4-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3197/indicacao_06.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3198/indicacao_07.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3207/indicacao_no_8-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3208/indicacao_no_9-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3209/indicacao_no_10-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3210/indicacao_11_2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3213/indicacao_no_13-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3226/indicacao_no_15-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3215/indicacao_no_16-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3216/indicacao_no_17-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3217/indicacao_no_18-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3218/indicacao_no_19-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3219/indicacao_no_20-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3223/indicacao_no_21-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3224/indicacao_no_22-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3225/indicacao_no_23-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3227/indicacao_no_24-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3228/indicacao_no_25-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3231/indicacao_no_26-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3232/indicacao_no_27-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3234/indicacao_no_28-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3236/indicacao_no_29-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3243/indicacao_no_30-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3244/indicacao_no_31-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3245/indicacao_no_32-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3246/indicacao_no_33-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3248/indicacao_no_34-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3249/indicacao_no_35-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3250/indicacao_no_36-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3253/indicacao_37_2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3254/indicacao_38_2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3258/indicacao_no_39-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3260/indicacao_no_40-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3261/indicacao_no_41-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3262/indicacao_no_42-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3265/indicacao_no_43-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3266/indicacao_no_44-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3267/indicacao_no_45-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3268/indicacao_no_46-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3269/indicacao_no_47-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3270/indicacao_no_48-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3271/indicacao_no_49-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3272/indicacao_no_50-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3278/indicacao_no_51-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3279/indicacao_no_52-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3280/indicacao_no_53-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3283/indicacao_no_54-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3284/indicacao_no_55-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3285/indicacao_no_56-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3286/indicacao_no_57-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3287/indicacao_no_58-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3288/indicacao_no_59-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3289/indicacao_no_60-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3290/indicacao_no_61-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3291/indicacao_no_62-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3292/indicacao_no_63-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3293/indicacao_no_64-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3294/indicacao_no_65-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3295/indicacao_no_66-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3296/indicacao_no_67-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3297/indicacao_no_68-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3298/indicacao_no_69-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3299/indicacao_no_70-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3300/indicacao_no_71-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3301/indicacao_no_72-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3302/indicacao_no_73-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3305/indicacao_no_74-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3310/indicacao_no_75-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3311/indicacao_no_76-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3312/indicacao_no_77-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3313/indicacao_no_78-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3316/indicacao_no_79-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3317/indicacao_no_80-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3321/indicacao_no_81-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3323/indicacao_82.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3324/indicacao_83.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3335/indicacao_no_84-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3326/indicacao_no_85-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3327/indicacao_no_86-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3328/indicacao_no_87-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3329/indicacao_no_88-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3330/indicacao_no_89-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3331/indicacao_no_90-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3336/indicacao_no_91-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3339/indicacao_no_92-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3340/indicacao_no_93-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3341/indicacao_no_94-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3342/indicacao_no_95-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3343/indicacao_no_96-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3351/indicacao_no_97-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3353/indicacao_no_98-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3354/indicacao_no_99-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3355/indicacao_no_100-2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3360/indicacao_no_101-2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3361/indicacao_no_102-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3362/indicacao_no_103-2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3363/indicacao_no_104-2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3364/indicacao_no_105-2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3365/indicacao_no_106-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3366/indicacao_no_107-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3367/indicacao_no_108-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3368/indicacao_no_109-2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3369/indicacao_no_110-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3370/indicacao_no_111-2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3371/indicacao_no_112-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3372/indicacao_no_113-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3373/indicacao_no_114-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3375/indicacao_no_115-2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3376/indicacao_no_116-2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3377/indicacao_no_117-2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3380/indicacao_no_118-2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3383/indicacao_na_119-2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3388/indicacao_no_120-2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3389/indicacao_no_121-2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3390/indicacao_no_122-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3391/indicacao_no_123-2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3393/indicacao_no_124-2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3394/indicacao_no_125-2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3395/indicacao_no_126-2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3396/indicacao_no_127-2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3397/indicacao_no_128-2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3398/indicacao_no_129-2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3399/indicacao_no_130-2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3403/indicacao_no_131-2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3406/indicacao_no_132-2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3407/indicacao_no_133-2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3408/indicacao_no_134-2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3409/indicacao_no_135-2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3410/indicacao_no_136-2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3411/indicacao_no_137-2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3417/indicacao_no_138-2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3418/indicacao_no_139-2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3419/indicacao_no_140-2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3420/indicacao_no_141-2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3421/indicacao_no_142-2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3422/indicacao_no_143-2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3423/indicacao_no_144-2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3427/indicacao_no_145-2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3428/indicacao_no_146-2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3429/indicacao_no_147-2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3430/indicacao_no_148-2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3431/indicacao_no_149-2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3433/indicacao_no_150-2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3437/indicacao_no_151-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3438/indicacao_no_152-2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3439/indicacao_no_153-2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3440/indicacao_no_154-2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3441/indicacao_no_155-2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3442/indicacao_no_156-2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3443/indicacao_no_157-2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3444/indicacao_no_158-2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3445/indicacao_no_159-2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3446/indicacao_no_161-2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3447/indicacao_no_161-2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3454/indicacao_no_162-2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3455/indicacao_no_163-2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3458/indicacao_no_164-2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3461/indicacao_no_165-2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3462/indicacao_no_166-2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3471/indicacao_no_167-2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3472/indicacao_no_168-2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3473/indicacao_no_169-2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3474/indicacao_no_170-2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3480/indicacao_no_171-2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3489/indicacao_no_172-2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3499/indicacao_no_173-2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3500/indicacao_no_174-2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3502/indicacao_no_175-2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3503/indicacao_no_176-2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3504/indicacao_no_177-2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3505/indicacao_no_178-2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3507/indicacao_no_179-2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3508/indicacao_no_180-2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3510/indicacao_no_181-2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3512/indicacao_no_182-2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3513/indicacao_no_183-2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3514/indicacao_no_184-2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3515/indicacao_no_185-2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3516/indicacao_no_186-2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3517/indicacao_no_187-2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3519/indicacao_no_188-2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3523/indicacao_no_189-2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3524/indicacao_no_190-2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3525/indicacao_no_191-2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3528/indicacao_no_192-2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3529/indicacao_no_193-2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3530/indicacao_no_194-2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3531/indicacao_no_195-2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3532/indicacao_no_196-2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3539/indicacao_no_197-2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3541/indicacao_no_198-2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3542/indicacao_no_199-2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3544/indicacao_no_200-2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3545/indicacao_no_201-2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3546/indicacao_no_202-2021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3547/indicacao_no_203-2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3548/indicacao_no_204-2021.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3549/indicacao_no_205-2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3551/indicacao_no_206-2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3553/indicacao_no_207-2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3563/indicacao_no_208-2021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3566/indicacao_no_209-2021.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3567/indicacao_no_210-2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3568/indicacao_no_211-2021.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3569/indicacao_no_212-2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3579/indicacao_no_213-2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3580/indicacao_no_214-2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3581/indicacao_no_215-2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3589/indicacao_no_216-201.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3590/indicacao_no_217-201.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3591/indicacao_no_218-201.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3593/indicacao_no_219-201.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3594/indicacao_220-2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3604/indicacao_no_221-2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3610/indicacao_no_222-2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3611/indicacao_no_223-2021.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3612/indicacao_no_224-2021.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3613/indicacao_no_225-2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3621/indicacao_no_226-2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3631/indicacao_no_227-2021.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3632/indicacao_no_228-2021.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3637/indicacao_no_229-2021.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3638/indicacao_no_230-2021.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3645/indicacao_no_231-201.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3646/indicacao_no_232-201.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3651/indicacao_no_233-2021.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3659/indicacao_no_234-2021.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3660/indicacao_no_235-2021.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3661/indicacao_no_236-2021.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3662/indicacao_no_237-2021.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3663/indicacao_no_238-2021.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3665/indicacao_no_239-2021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3666/indicacao_no_240-2021.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3667/indicacao_no_241-2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3669/indicacao_no_242-2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3670/indicacao_no_243-2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3673/indicacao_no_244-2021.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3676/indicacao_no_246-2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3677/indicacao_no_247-2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3687/indicacao_no_248-2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3694/indicacao_no_249-2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3695/indicacao_no_250-2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3696/indicacao_no_251-2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3697/indicacao_no_252-2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3698/indicacao_no_253-2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3710/indicacao_no_254-2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3718/indicacao_no_255-2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3719/indicacao_no_256-2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3730/indicacao_no_257-2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3731/indicacao_no_258-2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3732/indicacao_no_259-2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3733/indicacao_no_260-2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3737/indicacao__no_261-2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3739/indicacao__no_262-2021.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3740/indicacao_no_263-2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3741/indicacao_no_264-2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3744/indicacao_no_265-2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3746/indicacao_no_266-2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3751/indicacao_no_267-2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3752/indicacao_no_268-2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3760/indicacao_no_269-2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3763/indicacao_no_270-2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3765/indicacao_no_271-2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3766/indicacao_no_272-2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3767/indicacao_no_273-2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3768/indicacao_no_274-2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3769/indicacao_no_275-2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3770/indicacao_no_276-2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3771/indicacao_no_277-2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3772/indicacao_no_278-2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3773/indicacao_no_279-2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3776/indicacao_no_280-2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3777/indicacao_no_281-2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3778/indicacao_no_282-2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3784/indicacao_no_283-2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3798/indicacao_no_284-2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3799/indicacao_no_285-2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3800/indicacao_no_286-2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3810/indicacao_no_288-2021_-_24.11.2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3813/indicacao_no_289-2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3817/indicacao_no_290-2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3818/indicacao_no_291-2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3823/indicacao_no_292-2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3831/indicacao_no_293-2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3833/indicacao_no_294-2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3835/indicacao_no_295-2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3839/indicacao_no_297-2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3842/indicacao_no_298-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3841/indicacao_no_299-2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3277/mocao_de_apelo_-_protocolo_no_157-2021_-_2.3.2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3449/mocao_-_protocolo_no_384-2021_-_11.5.2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3450/mocao_-_protocolo_no_401-2021_-_11.5.2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3527/mocao_-_protocolo_no_505-2021_-_15.6.2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3540/mocao_-_protocolo_no_535-2021_-_22.6.2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3629/mocao_-_protocolo_no_684-2021_-_2.8.2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3630/mocao_-_protocolo_no_685-2021_-_3.8.2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3794/mocao_-_protocolo_no_935-2021_-_19.10.2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3793/mocao_-_protocolo_no_991-2021_-_12.11.2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3686/projeto_de_decreto_legislativo_no_715-2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3172/5622.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3179/5623.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3180/5624.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3181/5625.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3182/5626.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3183/5627.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3184/5628.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3185/5629.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3186/5630.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3187/5631.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3188/5632.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3189/5633.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3190/5634.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3191/5635.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3200/5636.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3201/5637.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3202/5638.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3203/5639.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3204/5640.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3221/5641.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3237/5642.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3238/5643.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3239/5644.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3240/5645.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3241/5646.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3242/5647_e_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3273/5648.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3274/5649.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3275/5650.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3276/5651.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3306/5652.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3304/5653.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3307/5654.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3308/5655.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3309/5656.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3318/5657.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3319/5658.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3320/5659.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3332/5660.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3333/5661.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3334/5662.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3344/5663.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3345/5664.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3346/5665.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3347/5666.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3348/5667.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3349/5668.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3379/5669.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3381/5670.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3382/5671.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3386/5672.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3392/5673.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3401/5674.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3402/5675.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3413/5676.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3414/5677.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3415/5678.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3416/5679.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3448/5680.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3451/5681.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3452/5682.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3453/5683.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3466/5684.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3467/5685.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3468/5686.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3479/5687.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3482/5688.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3483/5689.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3484/5690.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3485/5691.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3486/5692.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3487/5693.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3495/5694.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3496/5695.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3497/5696.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3498/5697.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3506/5698.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3520/5699.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3526/5700.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3534/5701.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3535/5702.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3536/5703.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3537/5704.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3543/5705.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3554/5706.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3555/5707.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3556/5708.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3557/5709.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3570/5710.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3571/5711.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3572/5712.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3573/5713.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3574/5714.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3575/5715.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3576/5716.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3577/5717.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3592/5718_e_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3596/5720.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3597/5721.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3598/5722.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3599/5723.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3600/5724.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3601/5725.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3602/5726.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3603/5727.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3605/5728.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3614/5729.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3615/5730.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3616/5731.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3617/5732.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3622/5733.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3623/5734.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3624/5735.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3625/5736.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3626/5737.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3627/5738.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3633/5739.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3634/5740.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3635/5741.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3639/5742.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3640/5743.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3641/5744.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3642/5745.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3643/5746.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3644/5747_e_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3654/5748.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3655/5749.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3656/5750.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3657/5751.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3658/5752.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3671/5753.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3672/5754.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3678/5755.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3679/5756.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3680/5757.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3681/5758.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3682/5759.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3683/5760.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3684/5761.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3685/5762.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3712/5763.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3699/5764.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3700/5765.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3701/5766.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3702/5767.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3703/5768.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3704/5769.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3705/5770.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3706/5771.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3707/5772.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3708/5773.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3709/5774.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3720/5775.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3721/5776.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3722/5777.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3723/5778.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3724/5779.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3725/5780.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3726/5781.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3727/5782.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3728/5783.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3729/5784.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3742/5785.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3743/5786.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3745/5787.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3754/5788.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3755/5789.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3756/5790.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3757/5791.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3782/5792.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3785/5793_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3786/5794.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3787/5795.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3788/5796.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3789/5797.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3790/5798.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3791/5799.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3801/5800.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3802/5801.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3803/5802.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3804/5803.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3805/5804.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3806/5805_e_convenio.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3807/5806.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3808/5807.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3814/5808.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3815/5809.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3816/5810.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3825/5811.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3826/5812.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3827/5813.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3828/5814.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3834/5815.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3840/5816.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3844/5817.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3845/5818.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3824/plc_30.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3838/plc_31_substitutivo_e_original.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3779/pr_142-2021.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3780/pr_143-2021.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3781/pr_144-2021.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3171/requerimento_no_1-2021.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3175/requerimento_no_2-2021.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3176/requerimento_no_3-2021.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3192/requerimento_no_4-2021.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3193/requerimento_no_5-2021.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3199/requerimento_no_6-2021.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3205/requerimento_no_7-2021.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3206/requerimento_no_8-2021.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3220/requerimento_no_9-2021.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3222/requerimento_no_10-2021.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3229/requerimento_no_11-2021.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3233/requerimento_no_12-2021.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3235/requerimento_no_13-2021.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3247/requerimento_no_14-2021.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3255/requerimento_no_15-2021.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3256/requerimento_no_16-2021.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3257/requerimento_no_17-2021.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3259/requerimento_no_18-2021.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3263/requerimento_no_19-2021.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3264/requerimento_no_20-2021.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3281/requerimento_no_21-2021.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3282/requerimento_no_22-2021.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3303/requerimento_no_23-2021.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3314/requerimento_no_24-2021.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3315/requerimento_no_252021.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3322/requerimento_no_26-2021.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3325/requerimento_no_27-2021.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3337/requerimento_no_28-2021.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3338/requerimento_no_29-2021.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3350/requerimento_no_30-2021.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3352/requerimento_no_31-2021.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3356/requerimento_no_32-2021.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3357/requerimento_no_33-2021.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3358/requerimento_no_34-2021.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3359/requerimento_no_35-2021.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3378/requerimento_no_36-2021.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3384/requerimento_no_37-2021.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3385/requerimento_no_38-2021.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3387/requerimento_no_39-2021.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3404/requerimento_no_40-2021.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3405/requerimento_no_41-2021.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3412/requerimento_no_42-2021.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3424/requerimento_no_43-2021.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3425/requerimento_no_44-2021.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3426/requerimento_no_45-2021.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3432/requerimento_no_46-2021.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3434/requerimento_no_47-2021.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3435/requerimento_no_48-2021.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3436/requerimento_no_49-2021.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3456/requerimento_no_50-2021.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3457/requerimento_no_51-2021.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3459/requerimento_no_52-2021.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3460/requerimento_no_53-2021.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3464/requerimento_no_54-2021.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3465/requerimento_no_55-2021.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3469/requerimento_no_56-2021.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3470/requerimento_no_57-2021.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3475/requerimento_no_58-2021.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3477/requerimento_no_61-2021.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3478/requerimento_no_61-2021.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3481/requerimento_no_62-2021.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3488/requerimento_no_63-2021.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3490/requerimento_64.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3491/requerimento_65.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3493/requerimento_no_66-2021.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3494/requerimento_no_67-2021.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3509/requerimento_no_68-2021.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3511/requerimento_no_69-2021.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3518/requerimento_no_70-2021.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3521/requerimento_no_71-2021.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3522/requerimento_no_72-2021.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3533/requerimento_no_73-2021.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3538/requerimento_no_74-2021.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3552/requerimento_no_75-2021.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3558/requerimento_no_76-2021.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3559/requerimento_no_77-2021.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3560/requerimento_no_78-2021.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3561/requerimento_no_79-2021.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3562/requerimento_no_80-2021.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3564/requerimento_no_81-2021.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3565/requerimento_no_82-2021.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3582/requerimento_no_84-2021_-_13.7.2021.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3583/requerimento_no_85-2021_-_13.7.2021.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3584/requerimento_no_86-2021_-_13.7.2021.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3585/requerimento_no_87-2021_-_13.7.2021.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3586/requerimento_no_88-2021_-_13.7.2021.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3587/requerimento_no_89-2021_-_13.7.2021.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3588/requerimento_no_90-2021.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3606/requerimento_no_91-2021.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3607/requerimento_no_92-2021.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3608/requerimento_no_93-2021.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3618/requerimento_no_94-2021.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3619/requerimento_no_95-2021.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3609/requerimento_no_96-2021.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3620/requerimento_no_97-2021.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3628/requerimento_no_98-2021_-_3.8.2021.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3647/requerimento_no_99-201.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3648/requerimento_no_100-2021.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3649/requerimento_no_101-2021.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3650/requerimento_no_102-2021.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3652/requerimento_no_103-2021.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3653/requerimento_no_104-2021.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3664/requerimento_no_105-2021.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3668/requerimento_no_106-2021.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3674/requerimento_no_107-2021.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3688/requerimento_no_108_2021.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3689/requerimento_no_109_2021.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3690/requerimento_no_110_2021.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3691/requerimento_no_111-2021_-_20.9.2021.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3692/requerimento_no_112-2021_-_20.9.2021.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3693/requerimento_no_113-2021_-_20.9.2021.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3711/requerimento_no_114-2021.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3713/requerimento_no_115-2021.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3714/requerimento_no_116-2021.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3715/requerimento_no_117-2021.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3716/requerimento_no_118-2021.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3717/requerimento_no_119-2021.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3734/requerimento_no_120-2021.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3735/requerimento_no_121-2021.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3736/requerimento_no_122-2021.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3738/requerimento__no_123-2021.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3747/requerimento_no_124-2021.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3748/requerimento_no_125-2021.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3749/requerimento_no_126-2021.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3750/requerimento_no_127-2021.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3753/requerimento_no_128-2021.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3758/req_129-2021_prazo_constituicao.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3759/req_130-2021_prazo_urbanismo.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3764/requerimento_no_133-2021.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3774/requerimento_no_134-2021.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3775/requerimento_no_135-2021.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3783/requerimento_no_136-2021.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3795/requerimento_no_138-2021_-_19.11.2021.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3796/requerimento_no_139-2021_-_19.11.2021.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3797/requerimento_no_140-2021_-_19.11.2021.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3812/requerimento_no_141-2021.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3819/requerimento_no_142-2021.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3820/requerimento_no_143-2021.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3821/requerimento_no_144-2021.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3822/requerimento_no_145-2021.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3829/requerimento_no_146-2021.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3830/requerimento_no_147-2021.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3832/requerimento_no_148-2021.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3843/requerimento_no_150-2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3230/anteprojeto_de_lei_no_1-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3374/anteprojeto_de_lei_no_2-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3400/anteprojeto_de_lei_no_3-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3463/anteprojeto_de_lei_no_4-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3492/anteprojeto_de_lei_05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3501/anteprojeto_de_lei_no_6-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3550/anteprojeto_de_lei_no_7-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3811/anteprojeto_de_lei_no_8-2021_-_24.11.2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3173/indicacao_no_1-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3174/indicacao_no_2-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3177/indicacao_no_3-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3178/indicacao_no_4-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3197/indicacao_06.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3198/indicacao_07.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3207/indicacao_no_8-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3208/indicacao_no_9-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3209/indicacao_no_10-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3210/indicacao_11_2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3213/indicacao_no_13-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3226/indicacao_no_15-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3215/indicacao_no_16-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3216/indicacao_no_17-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3217/indicacao_no_18-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3218/indicacao_no_19-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3219/indicacao_no_20-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3223/indicacao_no_21-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3224/indicacao_no_22-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3225/indicacao_no_23-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3227/indicacao_no_24-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3228/indicacao_no_25-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3231/indicacao_no_26-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3232/indicacao_no_27-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3234/indicacao_no_28-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3236/indicacao_no_29-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3243/indicacao_no_30-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3244/indicacao_no_31-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3245/indicacao_no_32-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3246/indicacao_no_33-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3248/indicacao_no_34-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3249/indicacao_no_35-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3250/indicacao_no_36-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3253/indicacao_37_2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3254/indicacao_38_2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3258/indicacao_no_39-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3260/indicacao_no_40-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3261/indicacao_no_41-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3262/indicacao_no_42-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3265/indicacao_no_43-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3266/indicacao_no_44-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3267/indicacao_no_45-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3268/indicacao_no_46-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3269/indicacao_no_47-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3270/indicacao_no_48-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3271/indicacao_no_49-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3272/indicacao_no_50-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3278/indicacao_no_51-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3279/indicacao_no_52-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3280/indicacao_no_53-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3283/indicacao_no_54-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3284/indicacao_no_55-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3285/indicacao_no_56-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3286/indicacao_no_57-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3287/indicacao_no_58-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3288/indicacao_no_59-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3289/indicacao_no_60-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3290/indicacao_no_61-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3291/indicacao_no_62-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3292/indicacao_no_63-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3293/indicacao_no_64-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3294/indicacao_no_65-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3295/indicacao_no_66-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3296/indicacao_no_67-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3297/indicacao_no_68-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3298/indicacao_no_69-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3299/indicacao_no_70-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3300/indicacao_no_71-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3301/indicacao_no_72-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3302/indicacao_no_73-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3305/indicacao_no_74-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3310/indicacao_no_75-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3311/indicacao_no_76-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3312/indicacao_no_77-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3313/indicacao_no_78-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3316/indicacao_no_79-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3317/indicacao_no_80-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3321/indicacao_no_81-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3323/indicacao_82.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3324/indicacao_83.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3335/indicacao_no_84-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3326/indicacao_no_85-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3327/indicacao_no_86-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3328/indicacao_no_87-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3329/indicacao_no_88-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3330/indicacao_no_89-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3331/indicacao_no_90-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3336/indicacao_no_91-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3339/indicacao_no_92-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3340/indicacao_no_93-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3341/indicacao_no_94-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3342/indicacao_no_95-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3343/indicacao_no_96-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3351/indicacao_no_97-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3353/indicacao_no_98-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3354/indicacao_no_99-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3355/indicacao_no_100-2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3360/indicacao_no_101-2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3361/indicacao_no_102-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3362/indicacao_no_103-2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3363/indicacao_no_104-2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3364/indicacao_no_105-2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3365/indicacao_no_106-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3366/indicacao_no_107-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3367/indicacao_no_108-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3368/indicacao_no_109-2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3369/indicacao_no_110-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3370/indicacao_no_111-2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3371/indicacao_no_112-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3372/indicacao_no_113-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3373/indicacao_no_114-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3375/indicacao_no_115-2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3376/indicacao_no_116-2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3377/indicacao_no_117-2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3380/indicacao_no_118-2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3383/indicacao_na_119-2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3388/indicacao_no_120-2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3389/indicacao_no_121-2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3390/indicacao_no_122-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3391/indicacao_no_123-2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3393/indicacao_no_124-2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3394/indicacao_no_125-2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3395/indicacao_no_126-2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3396/indicacao_no_127-2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3397/indicacao_no_128-2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3398/indicacao_no_129-2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3399/indicacao_no_130-2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3403/indicacao_no_131-2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3406/indicacao_no_132-2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3407/indicacao_no_133-2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3408/indicacao_no_134-2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3409/indicacao_no_135-2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3410/indicacao_no_136-2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3411/indicacao_no_137-2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3417/indicacao_no_138-2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3418/indicacao_no_139-2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3419/indicacao_no_140-2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3420/indicacao_no_141-2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3421/indicacao_no_142-2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3422/indicacao_no_143-2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3423/indicacao_no_144-2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3427/indicacao_no_145-2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3428/indicacao_no_146-2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3429/indicacao_no_147-2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3430/indicacao_no_148-2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3431/indicacao_no_149-2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3433/indicacao_no_150-2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3437/indicacao_no_151-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3438/indicacao_no_152-2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3439/indicacao_no_153-2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3440/indicacao_no_154-2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3441/indicacao_no_155-2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3442/indicacao_no_156-2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3443/indicacao_no_157-2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3444/indicacao_no_158-2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3445/indicacao_no_159-2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3446/indicacao_no_161-2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3447/indicacao_no_161-2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3454/indicacao_no_162-2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3455/indicacao_no_163-2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3458/indicacao_no_164-2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3461/indicacao_no_165-2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3462/indicacao_no_166-2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3471/indicacao_no_167-2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3472/indicacao_no_168-2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3473/indicacao_no_169-2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3474/indicacao_no_170-2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3480/indicacao_no_171-2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3489/indicacao_no_172-2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3499/indicacao_no_173-2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3500/indicacao_no_174-2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3502/indicacao_no_175-2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3503/indicacao_no_176-2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3504/indicacao_no_177-2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3505/indicacao_no_178-2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3507/indicacao_no_179-2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3508/indicacao_no_180-2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3510/indicacao_no_181-2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3512/indicacao_no_182-2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3513/indicacao_no_183-2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3514/indicacao_no_184-2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3515/indicacao_no_185-2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3516/indicacao_no_186-2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3517/indicacao_no_187-2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3519/indicacao_no_188-2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3523/indicacao_no_189-2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3524/indicacao_no_190-2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3525/indicacao_no_191-2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3528/indicacao_no_192-2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3529/indicacao_no_193-2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3530/indicacao_no_194-2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3531/indicacao_no_195-2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3532/indicacao_no_196-2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3539/indicacao_no_197-2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3541/indicacao_no_198-2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3542/indicacao_no_199-2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3544/indicacao_no_200-2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3545/indicacao_no_201-2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3546/indicacao_no_202-2021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3547/indicacao_no_203-2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3548/indicacao_no_204-2021.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3549/indicacao_no_205-2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3551/indicacao_no_206-2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3553/indicacao_no_207-2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3563/indicacao_no_208-2021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3566/indicacao_no_209-2021.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3567/indicacao_no_210-2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3568/indicacao_no_211-2021.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3569/indicacao_no_212-2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3579/indicacao_no_213-2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3580/indicacao_no_214-2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3581/indicacao_no_215-2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3589/indicacao_no_216-201.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3590/indicacao_no_217-201.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3591/indicacao_no_218-201.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3593/indicacao_no_219-201.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3594/indicacao_220-2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3604/indicacao_no_221-2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3610/indicacao_no_222-2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3611/indicacao_no_223-2021.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3612/indicacao_no_224-2021.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3613/indicacao_no_225-2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3621/indicacao_no_226-2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3631/indicacao_no_227-2021.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3632/indicacao_no_228-2021.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3637/indicacao_no_229-2021.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3638/indicacao_no_230-2021.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3645/indicacao_no_231-201.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3646/indicacao_no_232-201.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3651/indicacao_no_233-2021.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3659/indicacao_no_234-2021.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3660/indicacao_no_235-2021.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3661/indicacao_no_236-2021.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3662/indicacao_no_237-2021.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3663/indicacao_no_238-2021.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3665/indicacao_no_239-2021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3666/indicacao_no_240-2021.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3667/indicacao_no_241-2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3669/indicacao_no_242-2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3670/indicacao_no_243-2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3673/indicacao_no_244-2021.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3676/indicacao_no_246-2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3677/indicacao_no_247-2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3687/indicacao_no_248-2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3694/indicacao_no_249-2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3695/indicacao_no_250-2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3696/indicacao_no_251-2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3697/indicacao_no_252-2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3698/indicacao_no_253-2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3710/indicacao_no_254-2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3718/indicacao_no_255-2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3719/indicacao_no_256-2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3730/indicacao_no_257-2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3731/indicacao_no_258-2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3732/indicacao_no_259-2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3733/indicacao_no_260-2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3737/indicacao__no_261-2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3739/indicacao__no_262-2021.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3740/indicacao_no_263-2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3741/indicacao_no_264-2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3744/indicacao_no_265-2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3746/indicacao_no_266-2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3751/indicacao_no_267-2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3752/indicacao_no_268-2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3760/indicacao_no_269-2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3763/indicacao_no_270-2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3765/indicacao_no_271-2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3766/indicacao_no_272-2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3767/indicacao_no_273-2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3768/indicacao_no_274-2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3769/indicacao_no_275-2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3770/indicacao_no_276-2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3771/indicacao_no_277-2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3772/indicacao_no_278-2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3773/indicacao_no_279-2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3776/indicacao_no_280-2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3777/indicacao_no_281-2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3778/indicacao_no_282-2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3784/indicacao_no_283-2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3798/indicacao_no_284-2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3799/indicacao_no_285-2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3800/indicacao_no_286-2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3810/indicacao_no_288-2021_-_24.11.2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3813/indicacao_no_289-2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3817/indicacao_no_290-2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3818/indicacao_no_291-2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3823/indicacao_no_292-2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3831/indicacao_no_293-2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3833/indicacao_no_294-2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3835/indicacao_no_295-2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3839/indicacao_no_297-2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3842/indicacao_no_298-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3841/indicacao_no_299-2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3277/mocao_de_apelo_-_protocolo_no_157-2021_-_2.3.2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3449/mocao_-_protocolo_no_384-2021_-_11.5.2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3450/mocao_-_protocolo_no_401-2021_-_11.5.2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3527/mocao_-_protocolo_no_505-2021_-_15.6.2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3540/mocao_-_protocolo_no_535-2021_-_22.6.2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3629/mocao_-_protocolo_no_684-2021_-_2.8.2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3630/mocao_-_protocolo_no_685-2021_-_3.8.2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3794/mocao_-_protocolo_no_935-2021_-_19.10.2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3793/mocao_-_protocolo_no_991-2021_-_12.11.2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3686/projeto_de_decreto_legislativo_no_715-2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3172/5622.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3179/5623.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3180/5624.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3181/5625.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3182/5626.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3183/5627.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3184/5628.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3185/5629.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3186/5630.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3187/5631.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3188/5632.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3189/5633.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3190/5634.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3191/5635.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3200/5636.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3201/5637.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3202/5638.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3203/5639.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3204/5640.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3221/5641.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3237/5642.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3238/5643.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3239/5644.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3240/5645.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3241/5646.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3242/5647_e_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3273/5648.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3274/5649.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3275/5650.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3276/5651.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3306/5652.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3304/5653.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3307/5654.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3308/5655.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3309/5656.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3318/5657.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3319/5658.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3320/5659.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3332/5660.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3333/5661.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3334/5662.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3344/5663.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3345/5664.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3346/5665.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3347/5666.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3348/5667.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3349/5668.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3379/5669.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3381/5670.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3382/5671.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3386/5672.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3392/5673.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3401/5674.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3402/5675.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3413/5676.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3414/5677.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3415/5678.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3416/5679.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3448/5680.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3451/5681.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3452/5682.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3453/5683.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3466/5684.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3467/5685.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3468/5686.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3479/5687.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3482/5688.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3483/5689.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3484/5690.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3485/5691.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3486/5692.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3487/5693.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3495/5694.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3496/5695.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3497/5696.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3498/5697.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3506/5698.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3520/5699.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3526/5700.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3534/5701.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3535/5702.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3536/5703.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3537/5704.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3543/5705.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3554/5706.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3555/5707.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3556/5708.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3557/5709.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3570/5710.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3571/5711.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3572/5712.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3573/5713.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3574/5714.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3575/5715.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3576/5716.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3577/5717.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3592/5718_e_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3596/5720.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3597/5721.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3598/5722.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3599/5723.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3600/5724.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3601/5725.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3602/5726.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3603/5727.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3605/5728.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3614/5729.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3615/5730.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3616/5731.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3617/5732.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3622/5733.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3623/5734.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3624/5735.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3625/5736.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3626/5737.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3627/5738.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3633/5739.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3634/5740.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3635/5741.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3639/5742.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3640/5743.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3641/5744.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3642/5745.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3643/5746.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3644/5747_e_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3654/5748.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3655/5749.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3656/5750.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3657/5751.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3658/5752.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3671/5753.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3672/5754.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3678/5755.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3679/5756.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3680/5757.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3681/5758.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3682/5759.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3683/5760.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3684/5761.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3685/5762.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3712/5763.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3699/5764.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3700/5765.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3701/5766.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3702/5767.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3703/5768.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3704/5769.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3705/5770.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3706/5771.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3707/5772.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3708/5773.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3709/5774.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3720/5775.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3721/5776.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3722/5777.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3723/5778.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3724/5779.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3725/5780.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3726/5781.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3727/5782.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3728/5783.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3729/5784.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3742/5785.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3743/5786.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3745/5787.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3754/5788.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3755/5789.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3756/5790.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3757/5791.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3782/5792.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3785/5793_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3786/5794.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3787/5795.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3788/5796.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3789/5797.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3790/5798.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3791/5799.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3801/5800.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3802/5801.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3803/5802.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3804/5803.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3805/5804.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3806/5805_e_convenio.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3807/5806.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3808/5807.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3814/5808.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3815/5809.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3816/5810.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3825/5811.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3826/5812.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3827/5813.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3828/5814.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3834/5815.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3840/5816.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3844/5817.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3845/5818.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3824/plc_30.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3838/plc_31_substitutivo_e_original.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3779/pr_142-2021.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3780/pr_143-2021.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3781/pr_144-2021.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3171/requerimento_no_1-2021.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3175/requerimento_no_2-2021.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3176/requerimento_no_3-2021.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3192/requerimento_no_4-2021.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3193/requerimento_no_5-2021.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3199/requerimento_no_6-2021.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3205/requerimento_no_7-2021.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3206/requerimento_no_8-2021.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3220/requerimento_no_9-2021.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3222/requerimento_no_10-2021.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3229/requerimento_no_11-2021.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3233/requerimento_no_12-2021.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3235/requerimento_no_13-2021.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3247/requerimento_no_14-2021.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3255/requerimento_no_15-2021.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3256/requerimento_no_16-2021.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3257/requerimento_no_17-2021.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3259/requerimento_no_18-2021.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3263/requerimento_no_19-2021.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3264/requerimento_no_20-2021.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3281/requerimento_no_21-2021.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3282/requerimento_no_22-2021.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3303/requerimento_no_23-2021.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3314/requerimento_no_24-2021.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3315/requerimento_no_252021.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3322/requerimento_no_26-2021.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3325/requerimento_no_27-2021.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3337/requerimento_no_28-2021.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3338/requerimento_no_29-2021.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3350/requerimento_no_30-2021.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3352/requerimento_no_31-2021.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3356/requerimento_no_32-2021.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3357/requerimento_no_33-2021.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3358/requerimento_no_34-2021.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3359/requerimento_no_35-2021.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3378/requerimento_no_36-2021.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3384/requerimento_no_37-2021.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3385/requerimento_no_38-2021.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3387/requerimento_no_39-2021.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3404/requerimento_no_40-2021.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3405/requerimento_no_41-2021.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3412/requerimento_no_42-2021.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3424/requerimento_no_43-2021.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3425/requerimento_no_44-2021.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3426/requerimento_no_45-2021.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3432/requerimento_no_46-2021.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3434/requerimento_no_47-2021.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3435/requerimento_no_48-2021.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3436/requerimento_no_49-2021.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3456/requerimento_no_50-2021.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3457/requerimento_no_51-2021.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3459/requerimento_no_52-2021.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3460/requerimento_no_53-2021.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3464/requerimento_no_54-2021.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3465/requerimento_no_55-2021.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3469/requerimento_no_56-2021.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3470/requerimento_no_57-2021.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3475/requerimento_no_58-2021.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3477/requerimento_no_61-2021.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3478/requerimento_no_61-2021.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3481/requerimento_no_62-2021.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3488/requerimento_no_63-2021.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3490/requerimento_64.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3491/requerimento_65.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3493/requerimento_no_66-2021.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3494/requerimento_no_67-2021.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3509/requerimento_no_68-2021.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3511/requerimento_no_69-2021.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3518/requerimento_no_70-2021.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3521/requerimento_no_71-2021.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3522/requerimento_no_72-2021.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3533/requerimento_no_73-2021.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3538/requerimento_no_74-2021.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3552/requerimento_no_75-2021.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3558/requerimento_no_76-2021.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3559/requerimento_no_77-2021.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3560/requerimento_no_78-2021.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3561/requerimento_no_79-2021.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3562/requerimento_no_80-2021.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3564/requerimento_no_81-2021.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3565/requerimento_no_82-2021.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3582/requerimento_no_84-2021_-_13.7.2021.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3583/requerimento_no_85-2021_-_13.7.2021.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3584/requerimento_no_86-2021_-_13.7.2021.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3585/requerimento_no_87-2021_-_13.7.2021.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3586/requerimento_no_88-2021_-_13.7.2021.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3587/requerimento_no_89-2021_-_13.7.2021.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3588/requerimento_no_90-2021.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3606/requerimento_no_91-2021.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3607/requerimento_no_92-2021.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3608/requerimento_no_93-2021.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3618/requerimento_no_94-2021.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3619/requerimento_no_95-2021.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3609/requerimento_no_96-2021.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3620/requerimento_no_97-2021.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3628/requerimento_no_98-2021_-_3.8.2021.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3647/requerimento_no_99-201.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3648/requerimento_no_100-2021.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3649/requerimento_no_101-2021.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3650/requerimento_no_102-2021.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3652/requerimento_no_103-2021.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3653/requerimento_no_104-2021.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3664/requerimento_no_105-2021.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3668/requerimento_no_106-2021.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3674/requerimento_no_107-2021.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3688/requerimento_no_108_2021.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3689/requerimento_no_109_2021.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3690/requerimento_no_110_2021.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3691/requerimento_no_111-2021_-_20.9.2021.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3692/requerimento_no_112-2021_-_20.9.2021.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3693/requerimento_no_113-2021_-_20.9.2021.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3711/requerimento_no_114-2021.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3713/requerimento_no_115-2021.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3714/requerimento_no_116-2021.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3715/requerimento_no_117-2021.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3716/requerimento_no_118-2021.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3717/requerimento_no_119-2021.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3734/requerimento_no_120-2021.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3735/requerimento_no_121-2021.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3736/requerimento_no_122-2021.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3738/requerimento__no_123-2021.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3747/requerimento_no_124-2021.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3748/requerimento_no_125-2021.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3749/requerimento_no_126-2021.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3750/requerimento_no_127-2021.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3753/requerimento_no_128-2021.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3758/req_129-2021_prazo_constituicao.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3759/req_130-2021_prazo_urbanismo.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3764/requerimento_no_133-2021.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3774/requerimento_no_134-2021.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3775/requerimento_no_135-2021.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3783/requerimento_no_136-2021.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3795/requerimento_no_138-2021_-_19.11.2021.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3796/requerimento_no_139-2021_-_19.11.2021.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3797/requerimento_no_140-2021_-_19.11.2021.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3812/requerimento_no_141-2021.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3819/requerimento_no_142-2021.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3820/requerimento_no_143-2021.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3821/requerimento_no_144-2021.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3822/requerimento_no_145-2021.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3829/requerimento_no_146-2021.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3830/requerimento_no_147-2021.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3832/requerimento_no_148-2021.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2021/3843/requerimento_no_150-2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H670"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="234.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="124.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="123.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>