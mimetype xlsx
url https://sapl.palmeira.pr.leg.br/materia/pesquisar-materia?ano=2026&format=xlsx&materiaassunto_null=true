--- v0 (2026-01-29)
+++ v1 (2026-03-16)
@@ -10,545 +10,1993 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="368" uniqueCount="165">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1456" uniqueCount="647">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>6268</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Sargento Gaio</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6268/indicacao_no_1-2026.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6268/indicacao_no_1-2026.pdf</t>
   </si>
   <si>
     <t>Indica a Secretária Municipal de Obras e Infraestrutura, que veja da possibilidade de realizar estudos técnicos, com a máxima urgência possível, para viabilidade de instalação de encanamento de água até residências localizadas na comunidade Pulgas de Cima, às margens da BR-277, nas proximidades do Restaurante Palmeirense.</t>
   </si>
   <si>
     <t>6269</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6269/indicacao_no_2-2026.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6269/indicacao_no_2-2026.pdf</t>
   </si>
   <si>
     <t>Indica ao Departamento de Segurança e Trânsito, que veja da possibilidade de realizar estudos técnicos para a instalação de redutor de velocidade na Rua Boleslau Kavalkevicz, nas proximidades do cruzamento com a Rua Arthur Ferreira de Albuquerque, bem como, se possível, a implantação de redutor de velocidade também na Rua Arthur Ferreira de Albuquerque, conforme sugestão dos moradores.</t>
   </si>
   <si>
     <t>6270</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6270/indicacao_no_3-2026.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6270/indicacao_no_3-2026.pdf</t>
   </si>
   <si>
     <t>Indica a Secretária Municipal de Obras e Infraestrutura, que seja realizada manutenção, patrolamento e cascalhamento na localidade de Pinheiral de Baixo.</t>
   </si>
   <si>
+    <t>6274</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Diego Zanetti</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6274/indicacao_no_4-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Obras e Infraestrutura a manutenção com patrolamento, se possível cascalho e rolo compactador, na Rua São Sebastião nº 113, Rocio I, acesso aos barracões comerciais que ali existem.</t>
+  </si>
+  <si>
+    <t>6275</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6275/indicacao_no_5-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Esporte e Lazer a realização de estudos técnicos e de viabilidade para a implantação de uma pista de atletismo no entorno do campo do Estádio Orlei José Corse.</t>
+  </si>
+  <si>
+    <t>6276</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6276/indicacao_no_6-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Companhia de Saneamento do Paraná (SANEPAR) a necessidade urgente de adoção de medidas para a regularização do abastecimento de água potável na Comunidade da Vilinha (área rural), localizada no município de Palmeira, solicitando providências emergenciais quanto à falta constante de água no sistema de abastecimento daquela comunidade.</t>
+  </si>
+  <si>
+    <t>6277</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Irmão Fabiano</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6277/indicacao_no_7-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Desenvolvimento Rural o patrolamento e cascalhamento, onde se fizer necessário, na estrada da Colônia Primavera.</t>
+  </si>
+  <si>
+    <t>6278</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6278/indicacao_no_8-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Desenvolvimento Rural o cascalhamento de trecho, conforme imagem anexa, na estrada de Vileiros, próximo à Igreja Assembleia de Deus.</t>
+  </si>
+  <si>
+    <t>6279</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6279/indicacao_no_9-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Desenvolvimento Rural o patrolamento e cascalhamento da estrada que dá acesso à Fazenda Ritter, na Colônia Primavera, através do Programa Porteira Adentro.</t>
+  </si>
+  <si>
+    <t>6299</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Gilmar Costa</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6299/indicacao_no_10-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Desenvolvimento Rural o patrolamento e cascalhamento na estrada que inicia na BR-277, Posto Pioneiro, em Colônia Maciel, até a Comunidade de Pinheiral de Baixo.</t>
+  </si>
+  <si>
+    <t>6300</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>Poder Executivo</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6300/indicacao_no_11-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Desenvolvimento Rural o patrolamento e cascalhamento na estrada que inicia na BR 277, no local chamado Vaca Morta, até a Comunidade de Pinheiral de Baixo, passando pela propriedade da Família Pozzer de Paula.</t>
+  </si>
+  <si>
+    <t>6301</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>Gilmar Costa, Diego Zanetti</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6301/indicacao_no_12-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicam à Secretaria de Desenvolvimento Urbano que veja da possibilidade de proceder à substituição das lâmpadas amarelas por lâmpada de LED em toda Comunidade de Pinheiral de Baixo, dentro do Programa Ilumina Paraná.</t>
+  </si>
+  <si>
+    <t>6302</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6302/indicacao_no_13-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Obras e Infraestrutura que realize a manutenção da rede de iluminação pública entre as Ruas Vereador José Caldas e Maria Zanardini de Almeida Santos, bairro Papiros, nesta cidade.</t>
+  </si>
+  <si>
+    <t>6303</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6303/indicacao_no_14-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretária Municipal de Meio Ambiente que sejam realizados serviços de limpeza, roçada e retirada de vegetação excessiva, incluindo bambuzal, na Rua Flávio Santos, proximidades da empresa ITESA.</t>
+  </si>
+  <si>
+    <t>6305</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6305/indicacao_no_15-2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Obras e Infraestrutura a manutenção com a realização de operação tapa buraco em todo a extensão da Rua José Vida, bairro Vila Vida.</t>
+  </si>
+  <si>
+    <t>6314</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6314/indicacao_no_16-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Obras e Infraestrutura que realize a manutenção da iluminação pública no final da Av. das Palmeiras, bem como seja instalada uma rede de iluminação pública na rua transversa (estrada velha), ao final da mesma avenida., bairro Colônia Francesa, nesta cidade.</t>
+  </si>
+  <si>
+    <t>6325</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6325/indicacao_no_17-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Agricultura de Pecuária o patrolamento e cascalhamento da estrada de Valcir Dupcoski, em Faxinal do Silva, dentro do Programa Porteira Adentro.</t>
+  </si>
+  <si>
+    <t>6326</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6326/indicacao_no_18-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Departamento de Segurança e Trânsito que veja da possibilidade de construir redutores de velocidade, tipo “lombada”, e/ou travessia elevada na Avenida Daniel Mansani, na esquina da Unidade de Saúde Dr. Jorge Amin Bacila.</t>
+  </si>
+  <si>
+    <t>6327</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6327/indicacao_no_19-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indicam à Secretaria de Obras e Infraestrutura que veja da possibilidade de cascalhamento na estrada que liga a PR 151 até Pinheiral de Baixo, especialmente no trecho em frente à casa de Renato Koteski, na Mandaçaia.</t>
+  </si>
+  <si>
+    <t>6338</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>Lucas Santos</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6338/indicacao_no_20-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade de realizar patrolamento e cascalhamento onde se fizer necessário no trecho que inicia na BR 277, passando por Guaraúna de Tocas e Guaraúna dos Borges, até o reflorestamento da Empresa Berneck.</t>
+  </si>
+  <si>
+    <t>6344</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6344/indicacao_no_21-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade de realizar patrolamento e cascalhamento, onde se fizer necessário, nos trechos: estrada que liga a Comunidade do Monte Alegre até a estrada principal da comunidade de Santa Barbara e na estrada do Cruzeiro, ligando a comunidade da Santa Babara até a PR 151.</t>
+  </si>
+  <si>
+    <t>6345</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6345/indicacao_no_22-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Obras e Infraestrutura a possibilidade de realização de operação de tapa buraco no beco sem identificação que fica na rua Jose Adriano de Freitas, quase na esquina com a Avenida Sete de Abril (frente com a extinta Clinica de Olhos).</t>
+  </si>
+  <si>
+    <t>6348</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>Fabíola Mereles</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6348/indicacao_no_23-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Secretaria Municipal de Obras e Infraestrutura que seja realizado patrolamento e cascalhamento, como parte das ações do Projeto Caminhos da Roça, na estrada da comunidade de Pinheiral de Baixo, a qual dá acesso à propriedade de Fabiano Vicente Gross.</t>
+  </si>
+  <si>
+    <t>6355</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Obras e Infraestrutura que veja da possibilidade de realizar limpeza e manutenção da valeta situada na Rua Adalberto Alves de Paula, em toda sua extensão, até o desague com o Rio Monjolo, devido ao acúmulo de lixo, águas sobressaindo a valeta e danificando a área de passeio e via pública.</t>
+  </si>
+  <si>
+    <t>6356</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6356/indicacao_no_25-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Desenvolvimento Urbano para que seja realizada a instalação de postes de iluminação pública na Rua Manoel Ribas, localizada no Bairro Vila Rosa, neste Município, especificamente no trecho situado em frente à subestação da COPEL.</t>
+  </si>
+  <si>
+    <t>6357</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6357/indicacao_no_26-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Saúde que seja analisada a possibilidade de disponibilização de mais cadeiras estilo longarinas, bem como a instalação de bebedouros e ventiladores nas dependências da Farmácia Municipal.</t>
+  </si>
+  <si>
+    <t>6358</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6358/indicacao_no_27-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Desenvolvimento Rural que seja realizado patrolamento e cascalhamento na comunidade de Faxinal dos Silva.</t>
+  </si>
+  <si>
+    <t>6362</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6362/indicacao_no_28-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica, à Secretária Municipal de Obras e Infraestrutura, que seja realizada manutenção,_x000D_
+patrolamento e cascalhamento na localidade de Santa Barbara, próximo à propriedade de Rone Bischofre até a propriedade de Samuel Schulli.</t>
+  </si>
+  <si>
+    <t>6368</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6368/ind_29.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Saúde que seja realizada a adequação da acessibilidade na entrada do CEM – Centro de Especialidades Médicas, com a implantação de rampa de acesso no local onde atualmente existe um desnível, garantindo acesso seguro e adequado aos usuários da unidade.</t>
+  </si>
+  <si>
+    <t>6369</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6369/ind_30.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Meio Ambiente, que seja realizado a manutenção da vegetação e limpeza urbana na Rua Gabriel Prestes, ao lado do Nº809, no bairro Vila Rosa.</t>
+  </si>
+  <si>
+    <t>6371</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6371/ind_31.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Obras e Infraestrutura, que veja da possibilidade da instalação de um redutor de velocidade, do tipo lombada, na comunidade Pinheiral de Baixo, próximo ao mercado do Etio</t>
+  </si>
+  <si>
+    <t>6373</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6373/ind_32.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Secretária Municipal de Obras e Infraestrutura, que seja realizada manutenção, patrolamento e cascalhamento em estrada particular na localidade da Colônia do Lago, através do Programa Caminhos da Roça, Lei Municipal 6172/2025</t>
+  </si>
+  <si>
+    <t>6378</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6378/ind_33.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Meio Ambiente, que veja da possibilidade de efetuar a limpeza de Bueiro na Rua Júlio Kosloski em frente à casa de Ebraim Teixeira no bairro do Rocio II.</t>
+  </si>
+  <si>
+    <t>6379</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6379/ind_34.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Secretária Municipal de Obras e Infraestrutura, que seja realizada manutenção, patrolamento e cascalhamento na localidade de Água Clara, iniciando próximo a propriedade dos Muchinski até o Bar do Sandro.</t>
+  </si>
+  <si>
+    <t>6380</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6380/ind_35.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Agricultura e Pecuária, que veja da possibilidade de efetuar terraplanagem para o Sr Jonel Seixas construir uma estufa de fumo de dentro do Programa Caminhos da Roça na comunidade de Rincão do Cocho.</t>
+  </si>
+  <si>
+    <t>6381</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6381/ind_36.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Secretária Municipal de Meio Ambiente, que sejam realizados serviços de limpeza, roçada e retirada de vegetação excessiva, na Rua Nadir Alves, bairro Rocio II.</t>
+  </si>
+  <si>
+    <t>6382</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6382/ind_37.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Obras e Infra Estrutura, que veja da possibilidade de efetuar Patrolamento e Cascalhamento na Estradas dos Franco e Domingos Gremski em Correias.</t>
+  </si>
+  <si>
+    <t>6383</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6383/ind_38.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Agricultura de Pecuária que veja a possibilidade de efetuar terraplanagem para Ampliação de Aviário de Elisson Costa em Pinheiral de Baixo dentro do Programa Porteira a Dentro.</t>
+  </si>
+  <si>
+    <t>6384</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6384/ind_39.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Departamento de Trânsito e Segurança do Município, a possibilidade que seja realizado a pintura de faixa para estacionamento em frente ao estabelecimento localizado a Rua Cel. Olímpio do Nascimento nº 450 - Centro, nesta cidade.</t>
+  </si>
+  <si>
+    <t>6387</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6387/ind_40.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Obras e Infraestrutura, a manutenção com patrolamento, se necessário a colocação de cascalho e rolo compactador em todo o entorno da Rua João Bornancin s/nº, distrito industrial, nesta cidade</t>
+  </si>
+  <si>
+    <t>6388</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6388/ind_41.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Meio Ambiente, que seja realizada limpeza urbana e manutenção da vegetação existente sobre a calçada na Rua Cel. Vida, no trecho compreendido entre as ruas Vicente Machado e Juvenal Marcondes Zanardine, no Município de Palmeira.</t>
+  </si>
+  <si>
+    <t>6389</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>Roberto Marques</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6389/ind_42.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Obras e Infraestrutura, que veja da possibilidade de efetuar a construção de Lombada na Estrada que se inicia na Cerealista Barause em Queimadas que vai até Vileiros em frente da Subestação da Copel, onde as placas indicativas já estão colocadas.</t>
+  </si>
+  <si>
+    <t>6390</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6390/ind_43.pdf</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Obras e Infraestrutura que seja realizado o Patrolamento e cascalhamento na estrada que se inicia na estrada principal da localidade de Pinheiral de Baixo, nas proximidades da antiga casa do Curador, passando pela propriedade do senhor Everaldo Costa, até a ligação com a Estrada do Curtume</t>
+  </si>
+  <si>
+    <t>6391</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6391/ind_44.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, à Secretaria Municipal de Obras e Infraestrutura a construção de um bueiro com manilhas de 0,40 m armadas para acesso à chamada Vila dos Alemães, na Comunidade de Queimadas, mais especificamente na estrada que liga até Campestrinho.</t>
+  </si>
+  <si>
+    <t>6392</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6392/ind_45.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, por meio da Secretaria Municipal de Meio Ambiente, a colocação de uma caixa/coletor para armazenamento de lixo reciclável em frente à Igreja dos Alemães, localizada na comunidade de Queimadas.</t>
+  </si>
+  <si>
     <t>6229</t>
   </si>
   <si>
     <t>6623</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>Poder Executivo</t>
-[...2 lines deleted...]
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6229/6623.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6229/6623.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial e dá outras providências.</t>
   </si>
   <si>
     <t>6230</t>
   </si>
   <si>
     <t>6624</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6230/6624.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6230/6624.pdf</t>
   </si>
   <si>
     <t>6231</t>
   </si>
   <si>
     <t>6625</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6231/6625.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6231/6625.pdf</t>
   </si>
   <si>
     <t>6232</t>
   </si>
   <si>
     <t>6626</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6232/6626.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6232/6626.pdf</t>
   </si>
   <si>
     <t>6233</t>
   </si>
   <si>
     <t>6627</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6233/6627.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6233/6627.pdf</t>
   </si>
   <si>
     <t>6234</t>
   </si>
   <si>
     <t>6628</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6234/6628.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6234/6628.pdf</t>
   </si>
   <si>
     <t>6235</t>
   </si>
   <si>
     <t>6629</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6235/6629.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6235/6629.pdf</t>
   </si>
   <si>
     <t>6236</t>
   </si>
   <si>
     <t>6630</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6236/6630.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6236/6630.pdf</t>
   </si>
   <si>
     <t>6237</t>
   </si>
   <si>
     <t>6631</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6237/6631.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6237/6631.pdf</t>
   </si>
   <si>
     <t>6238</t>
   </si>
   <si>
     <t>6632</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6238/6632.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6238/6632.pdf</t>
   </si>
   <si>
     <t>6239</t>
   </si>
   <si>
     <t>6633</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6239/6633.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6239/6633.pdf</t>
   </si>
   <si>
     <t>6240</t>
   </si>
   <si>
     <t>6634</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6240/6634.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6240/6634.pdf</t>
   </si>
   <si>
     <t>6241</t>
   </si>
   <si>
     <t>6635</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6241/6635.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6241/6635.pdf</t>
   </si>
   <si>
     <t>6242</t>
   </si>
   <si>
     <t>6636</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6242/6636.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6242/6636.pdf</t>
   </si>
   <si>
     <t>6243</t>
   </si>
   <si>
     <t>6637</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6243/6637.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6243/6637.pdf</t>
   </si>
   <si>
     <t>6244</t>
   </si>
   <si>
     <t>6638</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6244/6638.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6244/6638.pdf</t>
   </si>
   <si>
     <t>6245</t>
   </si>
   <si>
     <t>6639</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6245/6639.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6245/6639.pdf</t>
   </si>
   <si>
     <t>6246</t>
   </si>
   <si>
     <t>6640</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6246/6640.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6246/6640.pdf</t>
   </si>
   <si>
     <t>6247</t>
   </si>
   <si>
     <t>6641</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6247/6641.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6247/6641.pdf</t>
   </si>
   <si>
     <t>6248</t>
   </si>
   <si>
     <t>6642</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6248/6642.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6248/6642.pdf</t>
   </si>
   <si>
     <t>6249</t>
   </si>
   <si>
     <t>6643</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6249/6643.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6249/6643.pdf</t>
   </si>
   <si>
     <t>6250</t>
   </si>
   <si>
     <t>6644</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6250/6644.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6250/6644.pdf</t>
   </si>
   <si>
     <t>6251</t>
   </si>
   <si>
     <t>6645</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6251/6645.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6251/6645.pdf</t>
   </si>
   <si>
     <t>6252</t>
   </si>
   <si>
     <t>6646</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6252/6646.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6252/6646.pdf</t>
   </si>
   <si>
     <t>6253</t>
   </si>
   <si>
     <t>6647</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6253/6647.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6253/subst_e_pl_6647-2026.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de eletrônicos de propriedade do Município de Palmeira, recebidos por meio de destinação da Receita Federal, à Câmara de Vereadores, para fins de repasse ao Parlamento Jovem.</t>
   </si>
   <si>
     <t>6254</t>
   </si>
   <si>
     <t>6648</t>
   </si>
   <si>
     <t>Vane</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6254/pl_6648.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6254/pl_6648.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de vias públicas do Loteamento Imigrantes.</t>
   </si>
   <si>
     <t>6255</t>
   </si>
   <si>
     <t>6649</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6255/6649.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6255/6649.pdf</t>
   </si>
   <si>
     <t>6256</t>
   </si>
   <si>
     <t>6650</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6256/6650.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6256/6650.pdf</t>
   </si>
   <si>
     <t>6257</t>
   </si>
   <si>
     <t>6651</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6257/6651.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6257/6651.pdf</t>
   </si>
   <si>
     <t>6258</t>
   </si>
   <si>
     <t>6652</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6258/6652.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6258/6652.pdf</t>
   </si>
   <si>
     <t>6259</t>
   </si>
   <si>
     <t>6653</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6259/6653.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6259/6653.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>6260</t>
   </si>
   <si>
     <t>6654</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6260/6654.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6260/6654.pdf</t>
   </si>
   <si>
     <t>6261</t>
   </si>
   <si>
     <t>6655</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6261/6655.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6261/6655.pdf</t>
   </si>
   <si>
     <t>6262</t>
   </si>
   <si>
     <t>6656</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6262/6656.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6262/6656.pdf</t>
   </si>
   <si>
     <t>6263</t>
   </si>
   <si>
     <t>6657</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6263/6657.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6263/6657.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da lei ordinária municipal nº 6167, de 2 de outubro de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>6264</t>
   </si>
   <si>
     <t>6658</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6264/6658.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6264/6658.pdf</t>
   </si>
   <si>
     <t>Altera a lei municipal nº 2223, de 26 de novembro de 2022, que dispõe sobre o sistema tributário municipal e institui normas complementares de direito tributário.</t>
   </si>
   <si>
     <t>6265</t>
   </si>
   <si>
     <t>6659</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6265/6659.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6265/6659.pdf</t>
   </si>
   <si>
     <t>6266</t>
   </si>
   <si>
     <t>6660</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6266/6660.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6266/6660.pdf</t>
   </si>
   <si>
     <t>6267</t>
   </si>
   <si>
     <t>6661</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6267/6661.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6267/6661.pdf</t>
   </si>
   <si>
     <t>6271</t>
   </si>
   <si>
     <t>6662</t>
   </si>
   <si>
-    <t>Irmão Fabiano</t>
-[...2 lines deleted...]
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6271/6662.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6271/6662.pdf</t>
   </si>
   <si>
     <t>Concede o título de cidadão honorário de Palmeira ao senhor Nelson Lopes da Silva Filho.</t>
   </si>
   <si>
     <t>6272</t>
   </si>
   <si>
     <t>6663</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6272/6663.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6272/6663.pdf</t>
   </si>
   <si>
     <t>Altera a quantidade de vagas atribuída ao cargo de Cuidador de Acolhimento Institucional constante da Lei Municipal nº 5.245, de 26 de outubro de 2020, que dispõe sobre a contratação de pessoal por tempo determinado para atender à necessidade temporária de excepcional interesse público, vincula à Secretaria Municipal de Assistência Social, nos termos do inciso IX, do art. 37 da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
+    <t>6281</t>
+  </si>
+  <si>
+    <t>6664</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6281/6664.pdf</t>
+  </si>
+  <si>
+    <t>6282</t>
+  </si>
+  <si>
+    <t>6665</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6282/6665.pdf</t>
+  </si>
+  <si>
+    <t>6283</t>
+  </si>
+  <si>
+    <t>6666</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6283/6666.pdf</t>
+  </si>
+  <si>
+    <t>6284</t>
+  </si>
+  <si>
+    <t>6667</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6284/6667.pdf</t>
+  </si>
+  <si>
+    <t>6285</t>
+  </si>
+  <si>
+    <t>6668</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6285/6668.pdf</t>
+  </si>
+  <si>
+    <t>6286</t>
+  </si>
+  <si>
+    <t>6669</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6286/6669.pdf</t>
+  </si>
+  <si>
+    <t>6287</t>
+  </si>
+  <si>
+    <t>6670</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6287/6670.pdf</t>
+  </si>
+  <si>
+    <t>6288</t>
+  </si>
+  <si>
+    <t>6671</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6288/6671.pdf</t>
+  </si>
+  <si>
+    <t>6289</t>
+  </si>
+  <si>
+    <t>6672</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6289/6672.pdf</t>
+  </si>
+  <si>
+    <t>6290</t>
+  </si>
+  <si>
+    <t>6673</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6290/6673.pdf</t>
+  </si>
+  <si>
+    <t>6291</t>
+  </si>
+  <si>
+    <t>6674</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6291/6674.pdf</t>
+  </si>
+  <si>
+    <t>6292</t>
+  </si>
+  <si>
+    <t>6675</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6292/6675.pdf</t>
+  </si>
+  <si>
+    <t>6293</t>
+  </si>
+  <si>
+    <t>6676</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6293/6676.pdf</t>
+  </si>
+  <si>
+    <t>6294</t>
+  </si>
+  <si>
+    <t>6677</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6294/6677.pdf</t>
+  </si>
+  <si>
+    <t>6295</t>
+  </si>
+  <si>
+    <t>6678</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6295/6678.pdf</t>
+  </si>
+  <si>
+    <t>6296</t>
+  </si>
+  <si>
+    <t>6679</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6296/6679.pdf</t>
+  </si>
+  <si>
+    <t>6297</t>
+  </si>
+  <si>
+    <t>6680</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6297/6680.pdf</t>
+  </si>
+  <si>
+    <t>6298</t>
+  </si>
+  <si>
+    <t>6681</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6298/6681.pdf</t>
+  </si>
+  <si>
+    <t>6306</t>
+  </si>
+  <si>
+    <t>6682</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6306/6682.pdf</t>
+  </si>
+  <si>
+    <t>6307</t>
+  </si>
+  <si>
+    <t>6683</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6307/6683.pdf</t>
+  </si>
+  <si>
+    <t>6308</t>
+  </si>
+  <si>
+    <t>6684</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6308/6684.pdf</t>
+  </si>
+  <si>
+    <t>6309</t>
+  </si>
+  <si>
+    <t>6685</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6309/6685.pdf</t>
+  </si>
+  <si>
+    <t>6310</t>
+  </si>
+  <si>
+    <t>6686</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6310/6686_substitutivo_e_original.pdf</t>
+  </si>
+  <si>
+    <t>6311</t>
+  </si>
+  <si>
+    <t>6687</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6311/6687.pdf</t>
+  </si>
+  <si>
+    <t>6312</t>
+  </si>
+  <si>
+    <t>6688</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6312/6688.pdf</t>
+  </si>
+  <si>
+    <t>6313</t>
+  </si>
+  <si>
+    <t>6689</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6313/6689.pdf</t>
+  </si>
+  <si>
+    <t>6316</t>
+  </si>
+  <si>
+    <t>6690</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6316/6690.pdf</t>
+  </si>
+  <si>
+    <t>6317</t>
+  </si>
+  <si>
+    <t>6691</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6317/6691.pdf</t>
+  </si>
+  <si>
+    <t>6318</t>
+  </si>
+  <si>
+    <t>6692</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6318/6692.pdf</t>
+  </si>
+  <si>
+    <t>6319</t>
+  </si>
+  <si>
+    <t>6693</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6319/6693.pdf</t>
+  </si>
+  <si>
+    <t>6320</t>
+  </si>
+  <si>
+    <t>6694</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6320/6694.pdf</t>
+  </si>
+  <si>
+    <t>6321</t>
+  </si>
+  <si>
+    <t>6695</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6321/6695.pdf</t>
+  </si>
+  <si>
+    <t>6322</t>
+  </si>
+  <si>
+    <t>6696</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6322/6696.pdf</t>
+  </si>
+  <si>
+    <t>6323</t>
+  </si>
+  <si>
+    <t>6697</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6323/6697.pdf</t>
+  </si>
+  <si>
+    <t>6324</t>
+  </si>
+  <si>
+    <t>6698</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6324/6698.pdf</t>
+  </si>
+  <si>
+    <t>6328</t>
+  </si>
+  <si>
+    <t>6699</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6328/6699.pdf</t>
+  </si>
+  <si>
+    <t>Altera e acrescenta dispositivos à Lei nº 2516/2006, que "cria o Instituto Municipal de Assistência à Saúde de Palmeira - IMASP e dá outras providências".</t>
+  </si>
+  <si>
+    <t>6329</t>
+  </si>
+  <si>
+    <t>6700</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6329/6700.pdf</t>
+  </si>
+  <si>
+    <t>6330</t>
+  </si>
+  <si>
+    <t>6701</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6330/6701.pdf</t>
+  </si>
+  <si>
+    <t>6331</t>
+  </si>
+  <si>
+    <t>6702</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6331/6702.pdf</t>
+  </si>
+  <si>
+    <t>6332</t>
+  </si>
+  <si>
+    <t>6703</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6332/6703.pdf</t>
+  </si>
+  <si>
+    <t>6333</t>
+  </si>
+  <si>
+    <t>6704</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6333/6704.pdf</t>
+  </si>
+  <si>
+    <t>6334</t>
+  </si>
+  <si>
+    <t>6705</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6334/6705.pdf</t>
+  </si>
+  <si>
+    <t>6335</t>
+  </si>
+  <si>
+    <t>6706</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6335/6706.pdf</t>
+  </si>
+  <si>
+    <t>6336</t>
+  </si>
+  <si>
+    <t>6707</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6336/6707.pdf</t>
+  </si>
+  <si>
+    <t>6337</t>
+  </si>
+  <si>
+    <t>6708</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6337/6708.pdf</t>
+  </si>
+  <si>
+    <t>6347</t>
+  </si>
+  <si>
+    <t>6709</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6347/6709.pdf</t>
+  </si>
+  <si>
+    <t>Altera a redação do inciso I, do art. 2º, da Lei Municipal nº 3657, de 25 de abril de 2023, que cria o Conselho Municipal de Assistência Social - CMAS e institui o Fundo Municipal de Assistência Social - FMAS.</t>
+  </si>
+  <si>
+    <t>6349</t>
+  </si>
+  <si>
+    <t>6710</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6349/6710.pdf</t>
+  </si>
+  <si>
+    <t>6350</t>
+  </si>
+  <si>
+    <t>6711</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6350/6711.pdf</t>
+  </si>
+  <si>
+    <t>6351</t>
+  </si>
+  <si>
+    <t>6712</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6351/6712.pdf</t>
+  </si>
+  <si>
+    <t>6352</t>
+  </si>
+  <si>
+    <t>6713</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6352/6713.pdf</t>
+  </si>
+  <si>
+    <t>6353</t>
+  </si>
+  <si>
+    <t>6714</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6353/6714.pdf</t>
+  </si>
+  <si>
+    <t>Declara de utilidade pública a Associação Clube de Desbravadores e Aventureiros Sul.</t>
+  </si>
+  <si>
+    <t>6354</t>
+  </si>
+  <si>
+    <t>6715</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6354/6715.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de direito real de uso de áreas públicas, estabelece regras para transição de atividades econômicas, formaliza contrapartidas e dá outras providências para fins de composição judicial.</t>
+  </si>
+  <si>
+    <t>6363</t>
+  </si>
+  <si>
+    <t>6716</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6363/6716.pdf</t>
+  </si>
+  <si>
+    <t>6364</t>
+  </si>
+  <si>
+    <t>6717</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6364/6717.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da Lei nº 5570, de 24 de agosto de 2022, que dispõe sobre o pagamento do piso salarial aos Agentes Comunitários de Saúde (ACS) e Agentes de Combate às Endemias (ACE).</t>
+  </si>
+  <si>
+    <t>6365</t>
+  </si>
+  <si>
+    <t>6718</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6365/subst_e_pl_6718.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de provisão pecuniária, na forma de evento financeiro complementar, aos profissionais vinculados ao quatro do magistério do Município de Palmeira, visando garantir a adequação ao piso salarial nacional fixado para o exercício de 2026.</t>
+  </si>
+  <si>
+    <t>6366</t>
+  </si>
+  <si>
+    <t>6719</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6366/6719.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a revisão anual dos salários dos servidores públicos efetivos, ativos e inativos, detentores de emprego público e comissionados, exceto agentes políticos, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6370</t>
+  </si>
+  <si>
+    <t>6720</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6370/pl_6720.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE O TÍTULO DE CIDADÃ HONORÁRIA DE PALMEIRA A SRA. MABEL CORA CANTO</t>
+  </si>
+  <si>
+    <t>6372</t>
+  </si>
+  <si>
+    <t>6721</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6372/pl_6721.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a proceder, mediante Termo de Colaboração, o repasse de recursos financeiros à Associação de Pais e Amigos dos Excepcionais de Palmeira - APAE e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6375</t>
+  </si>
+  <si>
+    <t>6722</t>
+  </si>
+  <si>
+    <t>Mesa Diretora</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6375/pl_6722.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a revisão geral anual dos servidores efetivos, ativos e inativos, e comissionados da Câmara Municipal de Palmeira no ano de 2026</t>
+  </si>
+  <si>
+    <t>6377</t>
+  </si>
+  <si>
+    <t>6723</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6377/pl_6723.pdf</t>
+  </si>
+  <si>
+    <t>Altera a redação de artigos da Lei Municipal nº 5.922 de 03 de Junho de 2024, que cria o Fundo Municipal de Saneamento Básico e Ambiental (FMSBA) e o Conselho Municipal de Saneamento Básico do Município de Palmeira.</t>
+  </si>
+  <si>
+    <t>6385</t>
+  </si>
+  <si>
+    <t>6724</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6385/pl_6724.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a obrigatoriedade de divulgação de informações relacionadas às emendas parlamentares no Portal da Transparência do Município de Palmeira e dá outras providências</t>
+  </si>
+  <si>
+    <t>6386</t>
+  </si>
+  <si>
+    <t>6725</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6386/pl_6725.pdf</t>
+  </si>
+  <si>
+    <t>Declara de Utilidade Pública a Associação de Pais Mestres e Funcionários União e Trabalho do Centro Municipal de Educação Infantil Vereador Rubens Borkoski</t>
+  </si>
+  <si>
+    <t>6397</t>
+  </si>
+  <si>
+    <t>6726</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6397/pl_6726.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a Abertura de Crédito Adicional Especial e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6398</t>
+  </si>
+  <si>
+    <t>6727</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6398/pl_6727.pdf</t>
+  </si>
+  <si>
+    <t>6399</t>
+  </si>
+  <si>
+    <t>6728</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6399/pl_6728.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a Abertura de Crédito Adicional Suplementar e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6400</t>
+  </si>
+  <si>
+    <t>6729</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6400/pl_6729.pdf</t>
+  </si>
+  <si>
+    <t>6401</t>
+  </si>
+  <si>
+    <t>6730</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6401/pl_6730.pdf</t>
+  </si>
+  <si>
+    <t>6402</t>
+  </si>
+  <si>
+    <t>6731</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6402/pl_6731.pdf</t>
+  </si>
+  <si>
+    <t>6403</t>
+  </si>
+  <si>
+    <t>6732</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6403/pl_6732.pdf</t>
+  </si>
+  <si>
+    <t>6404</t>
+  </si>
+  <si>
+    <t>6733</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6404/pl_6733.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a Abertura de Crédito Adicional Suplementar e dá outras providências</t>
+  </si>
+  <si>
+    <t>6405</t>
+  </si>
+  <si>
+    <t>6734</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6405/pl_6734.pdf</t>
+  </si>
+  <si>
+    <t>6406</t>
+  </si>
+  <si>
+    <t>6735</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6406/pl_6735.pdf</t>
+  </si>
+  <si>
+    <t>6407</t>
+  </si>
+  <si>
+    <t>6736</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6407/pl_6736.pdf</t>
+  </si>
+  <si>
+    <t>Institui, no âmbito do Município de Palmeira, a “Lei da Ficha Limpa contra a Violência à Mulher”, vedando a nomeação de pessoas condenadas por crimes de violência contra a mulher na Administração Pública Municipal e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6408</t>
+  </si>
+  <si>
+    <t>6737</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6408/pl_6737_urgente.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a proceder, mediante Termo de Cooperação, a cessão temporária de equipamentos à organização da sociedade civil que especifica.</t>
+  </si>
+  <si>
+    <t>6409</t>
+  </si>
+  <si>
+    <t>6738</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6409/pl_6738_urgente.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a conceder auxílio financeiro para custeio de alimentação de delegações esportivas em competições fora do Município de Palmeira e dá outras providências.</t>
+  </si>
+  <si>
+    <t>6304</t>
+  </si>
+  <si>
+    <t>190</t>
+  </si>
+  <si>
+    <t>PRE</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6304/pr_190-2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Resolução nº 113/2016, que dispõe sobre o Regimento Interno do Programa Parlamento Jovem da Câmara Municipal de Palmeira, com base na Lei Municipal nº 3.561, de 23 de outubro de 2013, que regulamenta o programa Parlamento Jovem</t>
+  </si>
+  <si>
+    <t>6359</t>
+  </si>
+  <si>
+    <t>191</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6359/pr_191-2026.pdf</t>
+  </si>
+  <si>
+    <t>Concede homenagem na Galeria Lilás ao Grupo de Mulheres do Coletivo Triunfo.</t>
+  </si>
+  <si>
     <t>6273</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6273/requerimento_no_1-2026.pdf</t>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6273/requerimento_no_1-2026.pdf</t>
   </si>
   <si>
     <t>Requer seja submetido ao Plenário, para que, se aprovado, seja designada Sessão Solene nesta Câmara Municipal, com o objetivo de prestar homenagem aos Pastores Presidentes de ministérios ou igrejas em atividade no município de Palmeira/PR.</t>
+  </si>
+  <si>
+    <t>6280</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6280/requerimento_no_2-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer, ouvido o Plenário, seja encaminhado expediente à Secretaria Municipal de Obras e Infraestrutura, para que realize a manutenção da rede de iluminação pública entre as Ruas Tenente Djalma Dutra e Teobaldo Machado, bairro Vila São José, nesta cidade.</t>
+  </si>
+  <si>
+    <t>6315</t>
+  </si>
+  <si>
+    <t>CCLJR - Comissão de Constituição, Legislação, Justiça e Redação</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6315/requerimento_no_3-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer, ouvido o Plenário, prazo de 60 (sessenta) dias para melhores estudos e emissão do parecer ao Projeto de Lei nº 6647/2026, e 30 (trinta) dias para melhores estudos e emissão do parecer ao Projeto de Lei 6648/2026.</t>
+  </si>
+  <si>
+    <t>6339</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6339/requerimento_no_4-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer, ouvido o Plenário, solicitar ao Executivo Municipal que seja oficiado o Centro de Referência Especializado de Assistência Social – CREAS, do Município de Palmeira, para que encaminhe informações referentes aos atendimentos realizados a mulheres vítimas de violência doméstica e familiar no período de janeiro de 2024 a dezembro de 2025.</t>
+  </si>
+  <si>
+    <t>6340</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6340/requerimento_no_5-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer, ouvido o Plenário, solicitar ao Executivo Municipal que por meio da Secretaria Municipal de Assistência Social, sejam prestadas informações, com base nos dados constantes no Departamento de Vigilância Socioassistencial do Município, acerca da demanda por auxílio-aluguel ou alternativas habitacionais emergenciais.</t>
+  </si>
+  <si>
+    <t>6341</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6341/requerimento_no_6-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer, ouvido o Plenário, que seja oficiado o Conselho Tutelar do Município de Palmeira/PR, para que encaminhe a esta Casa Legislativa informações referentes aos atendimentos realizados no período de janeiro de 2024 até a presente data, envolvendo situações de risco ou violação de direitos que demandaram afastamento do núcleo familiar, especialmente quanto aos casos_x000D_
+que necessitaram de solução habitacional provisória ou auxílio-aluguel.</t>
+  </si>
+  <si>
+    <t>6342</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6342/requerimento_no_7-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer, ouvido o Plenário na forma regimental, que seja encaminhado expediente ao Excelentíssimo Senhor Prefeito Municipal, bem como à Secretaria Municipal de Educação e à Secretaria Municipal de Finanças, solicitando informações acerca da adequação do Piso Salarial Nacional dos Profissionais do Magistério Público da Educação Básica no Município de Palmeira.</t>
+  </si>
+  <si>
+    <t>6343</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6343/requerimento_no_8-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer, ouvido o Plenário, prazo de 30 dias para melhores estudos e emissão do parecer aos projetos de lei nº 6604/2025 e 6699/2026.</t>
+  </si>
+  <si>
+    <t>6346</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6346/requerimento_no_9-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer solicitar ao Prefeito Municipal que determine ao setor competente a realização de estudo técnico visando à implantação de iluminação pública no trecho urbano da rodovia PR151, compreendido entre os quilômetros 383 e 384, especificamente no cruzamento com a BR 277 até o Loteamento Jardim das Palmeiras.</t>
+  </si>
+  <si>
+    <t>6360</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6360/requerimento_no_10-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer, ouvido o Plenário, solicitar ao Executivo Municipal que seja disponibilizado transporte para os alunos do Projeto Lutando Pelo Bem, para a participação na 2ª Etapa Paranaense de Jiu-Jitsu de 2026, promovida pela Federação de Jiu-Jitsu do Paraná (FJJPR), na data de 14 de março de 2026.</t>
+  </si>
+  <si>
+    <t>6361</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6361/requerimento_no_11-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer, ouvido o Plenário, que seja encaminhado expediente ao Executivo Municipal, por meio da Secretaria Municipal de Saúde, solicitando informações detalhadas acerca da disponibilização do método contraceptivo subdérmico hormonal (Implanon/Etonogestrel) no âmbito do Sistema Único de Saúde (SUS) no Município de Palmeira.</t>
+  </si>
+  <si>
+    <t>6367</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6367/requerimento_no_12-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer ouvido o plenário, prazo de 30 (trinta) dias para melhores estudos e emissão parecer aos Projetos de Lei nºs 6715/2026, 6718/2026 e 6719/2026.</t>
+  </si>
+  <si>
+    <t>6374</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6374/req_13.pdf</t>
+  </si>
+  <si>
+    <t>Requer ouvido o plenário, prazo de 30 (trinta) dias para emissão do parecer aos Projetos de Lei nºs 6.535/2025 e 6.718/2026 Substitutivo.</t>
+  </si>
+  <si>
+    <t>6376</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6376/req_14.pdf</t>
+  </si>
+  <si>
+    <t>Requer, informações acerca do programa municipal de castrações</t>
+  </si>
+  <si>
+    <t>6393</t>
+  </si>
+  <si>
+    <t>Diego Zanetti, Fabíola Mereles, Gilmar Costa, Irmão Fabiano, João Savi, Lucas Santos, Roberto Marques, Sargento Gaio, Vane</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6393/req_15.pdf</t>
+  </si>
+  <si>
+    <t>Requerem ouvido plenário, seja encaminhado expediente ao Poder Executivo Municipal, solicitando providências quanto às demandas apresentadas pelos moradores da Vila Rosa, representados pelo senhor Heliton Signori Dubinski durante a realização da 5ª Sessão Ordinária de 2026, feita de forma Itinerante no bairro acima citado (Vídeo Anexo).</t>
+  </si>
+  <si>
+    <t>6394</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6394/req_16.pdf</t>
+  </si>
+  <si>
+    <t>Requer ouvido o Plenário, que seja oficiado o Executivo Municipal, por meio da Secretaria Municipal de Obras e Infraestrutura, para que sejam prestadas informações e adotadas as providências cabíveis referente à alteração do sentido de circulação da Rua Basílio Machado</t>
+  </si>
+  <si>
+    <t>6395</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6395/req_17.pdf</t>
+  </si>
+  <si>
+    <t>Requer ouvido o plenário, prazo de 30 (trinta) dias para melhores estudos e emissão do parecer ao Projeto de Lei 6648/2026.</t>
+  </si>
+  <si>
+    <t>6396</t>
+  </si>
+  <si>
+    <t>http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6396/req_18.pdf</t>
+  </si>
+  <si>
+    <t>Requer ouvido o Plenário, informações ao Poder Executivo Municipal, por intermédio da Secretaria Municipal de Educação, acerca do atendimento ao contido no Processo Administrativo nº 3662/2026, protocolado em 13 de fevereiro de 2026 pela Sra. Franciele Costa Ferreira Padilha Hoinaski.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -852,67 +2300,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6268/indicacao_no_1-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6269/indicacao_no_2-2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6270/indicacao_no_3-2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6229/6623.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6230/6624.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6231/6625.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6232/6626.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6233/6627.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6234/6628.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6235/6629.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6236/6630.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6237/6631.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6238/6632.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6239/6633.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6240/6634.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6241/6635.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6242/6636.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6243/6637.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6244/6638.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6245/6639.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6246/6640.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6247/6641.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6248/6642.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6249/6643.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6250/6644.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6251/6645.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6252/6646.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6253/6647.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6254/pl_6648.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6255/6649.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6256/6650.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6257/6651.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6258/6652.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6259/6653.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6260/6654.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6261/6655.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6262/6656.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6263/6657.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6264/6658.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6265/6659.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6266/6660.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6267/6661.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6271/6662.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6272/6663.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6273/requerimento_no_1-2026.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6268/indicacao_no_1-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6269/indicacao_no_2-2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6270/indicacao_no_3-2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6274/indicacao_no_4-2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6275/indicacao_no_5-2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6276/indicacao_no_6-2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6277/indicacao_no_7-2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6278/indicacao_no_8-2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6279/indicacao_no_9-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6299/indicacao_no_10-2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6300/indicacao_no_11-2026.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6301/indicacao_no_12-2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6302/indicacao_no_13-2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6303/indicacao_no_14-2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6305/indicacao_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6314/indicacao_no_16-2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6325/indicacao_no_17-2026.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6326/indicacao_no_18-2026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6327/indicacao_no_19-2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6338/indicacao_no_20-2026.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6344/indicacao_no_21-2026.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6345/indicacao_no_22-2026.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6348/indicacao_no_23-2026.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6356/indicacao_no_25-2026.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6357/indicacao_no_26-2026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6358/indicacao_no_27-2026.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6362/indicacao_no_28-2026.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6368/ind_29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6369/ind_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6371/ind_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6373/ind_32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6378/ind_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6379/ind_34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6380/ind_35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6381/ind_36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6382/ind_37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6383/ind_38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6384/ind_39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6387/ind_40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6388/ind_41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6389/ind_42.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6390/ind_43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6391/ind_44.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6392/ind_45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6229/6623.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6230/6624.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6231/6625.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6232/6626.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6233/6627.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6234/6628.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6235/6629.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6236/6630.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6237/6631.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6238/6632.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6239/6633.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6240/6634.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6241/6635.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6242/6636.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6243/6637.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6244/6638.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6245/6639.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6246/6640.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6247/6641.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6248/6642.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6249/6643.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6250/6644.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6251/6645.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6252/6646.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6253/subst_e_pl_6647-2026.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6254/pl_6648.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6255/6649.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6256/6650.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6257/6651.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6258/6652.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6259/6653.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6260/6654.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6261/6655.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6262/6656.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6263/6657.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6264/6658.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6265/6659.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6266/6660.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6267/6661.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6271/6662.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6272/6663.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6281/6664.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6282/6665.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6283/6666.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6284/6667.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6285/6668.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6286/6669.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6287/6670.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6288/6671.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6289/6672.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6290/6673.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6291/6674.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6292/6675.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6293/6676.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6294/6677.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6295/6678.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6296/6679.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6297/6680.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6298/6681.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6306/6682.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6307/6683.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6308/6684.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6309/6685.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6310/6686_substitutivo_e_original.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6311/6687.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6312/6688.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6313/6689.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6316/6690.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6317/6691.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6318/6692.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6319/6693.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6320/6694.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6321/6695.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6322/6696.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6323/6697.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6324/6698.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6328/6699.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6329/6700.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6330/6701.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6331/6702.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6332/6703.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6333/6704.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6334/6705.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6335/6706.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6336/6707.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6337/6708.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6347/6709.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6349/6710.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6350/6711.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6351/6712.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6352/6713.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6353/6714.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6354/6715.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6363/6716.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6364/6717.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6365/subst_e_pl_6718.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6366/6719.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6370/pl_6720.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6372/pl_6721.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6375/pl_6722.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6377/pl_6723.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6385/pl_6724.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6386/pl_6725.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6397/pl_6726.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6398/pl_6727.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6399/pl_6728.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6400/pl_6729.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6401/pl_6730.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6402/pl_6731.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6403/pl_6732.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6404/pl_6733.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6405/pl_6734.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6406/pl_6735.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6407/pl_6736.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6408/pl_6737_urgente.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6409/pl_6738_urgente.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6304/pr_190-2026.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6359/pr_191-2026.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6273/requerimento_no_1-2026.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6280/requerimento_no_2-2026.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6315/requerimento_no_3-2026.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6339/requerimento_no_4-2026.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6340/requerimento_no_5-2026.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6341/requerimento_no_6-2026.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6342/requerimento_no_7-2026.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6343/requerimento_no_8-2026.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6346/requerimento_no_9-2026.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6360/requerimento_no_10-2026.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6361/requerimento_no_11-2026.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6367/requerimento_no_12-2026.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6374/req_13.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6376/req_14.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6393/req_15.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6394/req_16.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6395/req_17.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.palmeira.pr.leg.br/media/sapl/public/materialegislativa/2026/6396/req_18.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H46"/>
+  <dimension ref="A1:H182"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="15.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="98.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="110.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="100.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -987,1178 +2435,4850 @@
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>22</v>
       </c>
       <c r="H4" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>24</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
         <v>26</v>
       </c>
-      <c r="E5" t="s">
+      <c r="G5" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="F5" t="s">
+      <c r="H5" t="s">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>26</v>
+      </c>
+      <c r="G6" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="B6" t="s">
-[...2 lines deleted...]
-      <c r="C6" t="s">
+      <c r="H6" t="s">
         <v>32</v>
-      </c>
-[...13 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
         <v>34</v>
       </c>
-      <c r="B7" t="s">
-[...2 lines deleted...]
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>26</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="D7" t="s">
-[...8 lines deleted...]
-      <c r="G7" s="1" t="s">
+      <c r="H7" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>37</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>38</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H8" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F9" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="H9" t="s">
-        <v>30</v>
+        <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="H10" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="H11" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="D12" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>28</v>
+        <v>57</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="H12" t="s">
-        <v>30</v>
+        <v>59</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="D13" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F13" t="s">
-        <v>28</v>
+        <v>62</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="H13" t="s">
-        <v>30</v>
+        <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
         <v>26</v>
       </c>
-      <c r="E14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G14" s="1" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="H14" t="s">
-        <v>30</v>
+        <v>68</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="D15" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F15" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="H15" t="s">
-        <v>30</v>
+        <v>72</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>61</v>
+        <v>73</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
         <v>26</v>
       </c>
-      <c r="E16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G16" s="1" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="H16" t="s">
-        <v>30</v>
+        <v>76</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>64</v>
+        <v>77</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
         <v>26</v>
       </c>
-      <c r="E17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G17" s="1" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="H17" t="s">
-        <v>30</v>
+        <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>68</v>
+        <v>82</v>
       </c>
       <c r="D18" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>69</v>
+        <v>83</v>
       </c>
       <c r="H18" t="s">
-        <v>30</v>
+        <v>84</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="D19" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>72</v>
+        <v>87</v>
       </c>
       <c r="H19" t="s">
-        <v>30</v>
+        <v>88</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>73</v>
+        <v>89</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>74</v>
+        <v>90</v>
       </c>
       <c r="D20" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>28</v>
+        <v>62</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>75</v>
+        <v>91</v>
       </c>
       <c r="H20" t="s">
-        <v>30</v>
+        <v>92</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>76</v>
+        <v>93</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>77</v>
+        <v>94</v>
       </c>
       <c r="D21" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="H21" t="s">
-        <v>30</v>
+        <v>97</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>79</v>
+        <v>98</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>80</v>
+        <v>99</v>
       </c>
       <c r="D22" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="H22" t="s">
-        <v>30</v>
+        <v>101</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>82</v>
+        <v>102</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>83</v>
+        <v>103</v>
       </c>
       <c r="D23" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F23" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>84</v>
+        <v>104</v>
       </c>
       <c r="H23" t="s">
-        <v>30</v>
+        <v>105</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>85</v>
+        <v>106</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>86</v>
+        <v>107</v>
       </c>
       <c r="D24" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>28</v>
+        <v>108</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>87</v>
+        <v>109</v>
       </c>
       <c r="H24" t="s">
-        <v>30</v>
+        <v>110</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>88</v>
+        <v>111</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>89</v>
+        <v>112</v>
       </c>
       <c r="D25" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F25" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>90</v>
+        <v>113</v>
       </c>
       <c r="H25" t="s">
-        <v>30</v>
+        <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>92</v>
+        <v>116</v>
       </c>
       <c r="D26" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>28</v>
+        <v>108</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>93</v>
+        <v>117</v>
       </c>
       <c r="H26" t="s">
-        <v>30</v>
+        <v>118</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>94</v>
+        <v>119</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>95</v>
+        <v>120</v>
       </c>
       <c r="D27" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F27" t="s">
-        <v>28</v>
+        <v>108</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>96</v>
+        <v>121</v>
       </c>
       <c r="H27" t="s">
-        <v>30</v>
+        <v>122</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>97</v>
+        <v>123</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>98</v>
+        <v>124</v>
       </c>
       <c r="D28" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F28" t="s">
-        <v>28</v>
+        <v>108</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>99</v>
+        <v>125</v>
       </c>
       <c r="H28" t="s">
-        <v>30</v>
+        <v>126</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>100</v>
+        <v>127</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>101</v>
+        <v>128</v>
       </c>
       <c r="D29" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F29" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>102</v>
+        <v>129</v>
       </c>
       <c r="H29" t="s">
-        <v>103</v>
+        <v>130</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>104</v>
+        <v>131</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>105</v>
+        <v>132</v>
       </c>
       <c r="D30" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F30" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>107</v>
+        <v>133</v>
       </c>
       <c r="H30" t="s">
-        <v>108</v>
+        <v>134</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>109</v>
+        <v>135</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>110</v>
+        <v>136</v>
       </c>
       <c r="D31" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F31" t="s">
-        <v>28</v>
+        <v>108</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>111</v>
+        <v>137</v>
       </c>
       <c r="H31" t="s">
-        <v>30</v>
+        <v>138</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>112</v>
+        <v>139</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>113</v>
+        <v>140</v>
       </c>
       <c r="D32" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F32" t="s">
-        <v>28</v>
+        <v>108</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>114</v>
+        <v>141</v>
       </c>
       <c r="H32" t="s">
-        <v>30</v>
+        <v>142</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>115</v>
+        <v>143</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>116</v>
+        <v>144</v>
       </c>
       <c r="D33" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F33" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>117</v>
+        <v>145</v>
       </c>
       <c r="H33" t="s">
-        <v>30</v>
+        <v>146</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>118</v>
+        <v>147</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>119</v>
+        <v>148</v>
       </c>
       <c r="D34" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F34" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>120</v>
+        <v>149</v>
       </c>
       <c r="H34" t="s">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>121</v>
+        <v>151</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>122</v>
+        <v>152</v>
       </c>
       <c r="D35" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F35" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>123</v>
+        <v>153</v>
       </c>
       <c r="H35" t="s">
-        <v>124</v>
+        <v>154</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>125</v>
+        <v>155</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>126</v>
+        <v>156</v>
       </c>
       <c r="D36" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F36" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>127</v>
+        <v>157</v>
       </c>
       <c r="H36" t="s">
-        <v>30</v>
+        <v>158</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>128</v>
+        <v>159</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>129</v>
+        <v>160</v>
       </c>
       <c r="D37" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F37" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>130</v>
+        <v>161</v>
       </c>
       <c r="H37" t="s">
-        <v>30</v>
+        <v>162</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>131</v>
+        <v>163</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>132</v>
+        <v>164</v>
       </c>
       <c r="D38" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F38" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>133</v>
+        <v>165</v>
       </c>
       <c r="H38" t="s">
-        <v>30</v>
+        <v>166</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>134</v>
+        <v>167</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>135</v>
+        <v>168</v>
       </c>
       <c r="D39" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F39" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>136</v>
+        <v>169</v>
       </c>
       <c r="H39" t="s">
-        <v>137</v>
+        <v>170</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>138</v>
+        <v>171</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>139</v>
+        <v>172</v>
       </c>
       <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" t="s">
         <v>26</v>
       </c>
-      <c r="E40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G40" s="1" t="s">
-        <v>140</v>
+        <v>173</v>
       </c>
       <c r="H40" t="s">
-        <v>141</v>
+        <v>174</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>143</v>
+        <v>176</v>
       </c>
       <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" t="s">
         <v>26</v>
       </c>
-      <c r="E41" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G41" s="1" t="s">
-        <v>144</v>
+        <v>177</v>
       </c>
       <c r="H41" t="s">
-        <v>30</v>
+        <v>178</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>145</v>
+        <v>179</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>146</v>
+        <v>180</v>
       </c>
       <c r="D42" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F42" t="s">
-        <v>28</v>
+        <v>108</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>147</v>
+        <v>181</v>
       </c>
       <c r="H42" t="s">
-        <v>30</v>
+        <v>182</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>148</v>
+        <v>183</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>149</v>
+        <v>184</v>
       </c>
       <c r="D43" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F43" t="s">
-        <v>28</v>
+        <v>185</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>150</v>
+        <v>186</v>
       </c>
       <c r="H43" t="s">
-        <v>30</v>
+        <v>187</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>151</v>
+        <v>188</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>152</v>
+        <v>189</v>
       </c>
       <c r="D44" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F44" t="s">
-        <v>153</v>
+        <v>52</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>154</v>
+        <v>190</v>
       </c>
       <c r="H44" t="s">
-        <v>155</v>
+        <v>191</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>156</v>
+        <v>192</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>157</v>
+        <v>193</v>
       </c>
       <c r="D45" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>28</v>
+        <v>185</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>158</v>
+        <v>194</v>
       </c>
       <c r="H45" t="s">
-        <v>159</v>
+        <v>195</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>160</v>
+        <v>196</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
+        <v>197</v>
+      </c>
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>12</v>
+      </c>
+      <c r="F46" t="s">
+        <v>185</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="H46" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>200</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>201</v>
+      </c>
+      <c r="D47" t="s">
+        <v>202</v>
+      </c>
+      <c r="E47" t="s">
+        <v>203</v>
+      </c>
+      <c r="F47" t="s">
+        <v>57</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="H47" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>206</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>207</v>
+      </c>
+      <c r="D48" t="s">
+        <v>202</v>
+      </c>
+      <c r="E48" t="s">
+        <v>203</v>
+      </c>
+      <c r="F48" t="s">
+        <v>57</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="H48" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>209</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>210</v>
+      </c>
+      <c r="D49" t="s">
+        <v>202</v>
+      </c>
+      <c r="E49" t="s">
+        <v>203</v>
+      </c>
+      <c r="F49" t="s">
+        <v>57</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="H49" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>212</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>213</v>
+      </c>
+      <c r="D50" t="s">
+        <v>202</v>
+      </c>
+      <c r="E50" t="s">
+        <v>203</v>
+      </c>
+      <c r="F50" t="s">
+        <v>57</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="H50" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>215</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>216</v>
+      </c>
+      <c r="D51" t="s">
+        <v>202</v>
+      </c>
+      <c r="E51" t="s">
+        <v>203</v>
+      </c>
+      <c r="F51" t="s">
+        <v>57</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H51" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>218</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>219</v>
+      </c>
+      <c r="D52" t="s">
+        <v>202</v>
+      </c>
+      <c r="E52" t="s">
+        <v>203</v>
+      </c>
+      <c r="F52" t="s">
+        <v>57</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="H52" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>221</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>222</v>
+      </c>
+      <c r="D53" t="s">
+        <v>202</v>
+      </c>
+      <c r="E53" t="s">
+        <v>203</v>
+      </c>
+      <c r="F53" t="s">
+        <v>57</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="H53" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>224</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>225</v>
+      </c>
+      <c r="D54" t="s">
+        <v>202</v>
+      </c>
+      <c r="E54" t="s">
+        <v>203</v>
+      </c>
+      <c r="F54" t="s">
+        <v>57</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="H54" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>227</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>228</v>
+      </c>
+      <c r="D55" t="s">
+        <v>202</v>
+      </c>
+      <c r="E55" t="s">
+        <v>203</v>
+      </c>
+      <c r="F55" t="s">
+        <v>57</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="H55" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>230</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>231</v>
+      </c>
+      <c r="D56" t="s">
+        <v>202</v>
+      </c>
+      <c r="E56" t="s">
+        <v>203</v>
+      </c>
+      <c r="F56" t="s">
+        <v>57</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="H56" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>233</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>234</v>
+      </c>
+      <c r="D57" t="s">
+        <v>202</v>
+      </c>
+      <c r="E57" t="s">
+        <v>203</v>
+      </c>
+      <c r="F57" t="s">
+        <v>57</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="H57" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>236</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>237</v>
+      </c>
+      <c r="D58" t="s">
+        <v>202</v>
+      </c>
+      <c r="E58" t="s">
+        <v>203</v>
+      </c>
+      <c r="F58" t="s">
+        <v>57</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="H58" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>239</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>240</v>
+      </c>
+      <c r="D59" t="s">
+        <v>202</v>
+      </c>
+      <c r="E59" t="s">
+        <v>203</v>
+      </c>
+      <c r="F59" t="s">
+        <v>57</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="H59" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>242</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>243</v>
+      </c>
+      <c r="D60" t="s">
+        <v>202</v>
+      </c>
+      <c r="E60" t="s">
+        <v>203</v>
+      </c>
+      <c r="F60" t="s">
+        <v>57</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="H60" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>245</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>246</v>
+      </c>
+      <c r="D61" t="s">
+        <v>202</v>
+      </c>
+      <c r="E61" t="s">
+        <v>203</v>
+      </c>
+      <c r="F61" t="s">
+        <v>57</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="H61" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>248</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>249</v>
+      </c>
+      <c r="D62" t="s">
+        <v>202</v>
+      </c>
+      <c r="E62" t="s">
+        <v>203</v>
+      </c>
+      <c r="F62" t="s">
+        <v>57</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="H62" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>251</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>252</v>
+      </c>
+      <c r="D63" t="s">
+        <v>202</v>
+      </c>
+      <c r="E63" t="s">
+        <v>203</v>
+      </c>
+      <c r="F63" t="s">
+        <v>57</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="H63" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>254</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>255</v>
+      </c>
+      <c r="D64" t="s">
+        <v>202</v>
+      </c>
+      <c r="E64" t="s">
+        <v>203</v>
+      </c>
+      <c r="F64" t="s">
+        <v>57</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="H64" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>257</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>258</v>
+      </c>
+      <c r="D65" t="s">
+        <v>202</v>
+      </c>
+      <c r="E65" t="s">
+        <v>203</v>
+      </c>
+      <c r="F65" t="s">
+        <v>57</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="H65" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>260</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>261</v>
+      </c>
+      <c r="D66" t="s">
+        <v>202</v>
+      </c>
+      <c r="E66" t="s">
+        <v>203</v>
+      </c>
+      <c r="F66" t="s">
+        <v>57</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="H66" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>263</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>264</v>
+      </c>
+      <c r="D67" t="s">
+        <v>202</v>
+      </c>
+      <c r="E67" t="s">
+        <v>203</v>
+      </c>
+      <c r="F67" t="s">
+        <v>57</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="H67" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>266</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>267</v>
+      </c>
+      <c r="D68" t="s">
+        <v>202</v>
+      </c>
+      <c r="E68" t="s">
+        <v>203</v>
+      </c>
+      <c r="F68" t="s">
+        <v>57</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="H68" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>269</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>270</v>
+      </c>
+      <c r="D69" t="s">
+        <v>202</v>
+      </c>
+      <c r="E69" t="s">
+        <v>203</v>
+      </c>
+      <c r="F69" t="s">
+        <v>57</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H69" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>272</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>273</v>
+      </c>
+      <c r="D70" t="s">
+        <v>202</v>
+      </c>
+      <c r="E70" t="s">
+        <v>203</v>
+      </c>
+      <c r="F70" t="s">
+        <v>57</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="H70" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>275</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>276</v>
+      </c>
+      <c r="D71" t="s">
+        <v>202</v>
+      </c>
+      <c r="E71" t="s">
+        <v>203</v>
+      </c>
+      <c r="F71" t="s">
+        <v>57</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="H71" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>279</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>280</v>
+      </c>
+      <c r="D72" t="s">
+        <v>202</v>
+      </c>
+      <c r="E72" t="s">
+        <v>203</v>
+      </c>
+      <c r="F72" t="s">
+        <v>281</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="H72" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>284</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>285</v>
+      </c>
+      <c r="D73" t="s">
+        <v>202</v>
+      </c>
+      <c r="E73" t="s">
+        <v>203</v>
+      </c>
+      <c r="F73" t="s">
+        <v>57</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="H73" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>287</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>288</v>
+      </c>
+      <c r="D74" t="s">
+        <v>202</v>
+      </c>
+      <c r="E74" t="s">
+        <v>203</v>
+      </c>
+      <c r="F74" t="s">
+        <v>57</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="H74" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>290</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>291</v>
+      </c>
+      <c r="D75" t="s">
+        <v>202</v>
+      </c>
+      <c r="E75" t="s">
+        <v>203</v>
+      </c>
+      <c r="F75" t="s">
+        <v>57</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="H75" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>293</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>294</v>
+      </c>
+      <c r="D76" t="s">
+        <v>202</v>
+      </c>
+      <c r="E76" t="s">
+        <v>203</v>
+      </c>
+      <c r="F76" t="s">
+        <v>57</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="H76" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>296</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>297</v>
+      </c>
+      <c r="D77" t="s">
+        <v>202</v>
+      </c>
+      <c r="E77" t="s">
+        <v>203</v>
+      </c>
+      <c r="F77" t="s">
+        <v>57</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="H77" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>300</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>301</v>
+      </c>
+      <c r="D78" t="s">
+        <v>202</v>
+      </c>
+      <c r="E78" t="s">
+        <v>203</v>
+      </c>
+      <c r="F78" t="s">
+        <v>57</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="H78" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>303</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>304</v>
+      </c>
+      <c r="D79" t="s">
+        <v>202</v>
+      </c>
+      <c r="E79" t="s">
+        <v>203</v>
+      </c>
+      <c r="F79" t="s">
+        <v>57</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="H79" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>306</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>307</v>
+      </c>
+      <c r="D80" t="s">
+        <v>202</v>
+      </c>
+      <c r="E80" t="s">
+        <v>203</v>
+      </c>
+      <c r="F80" t="s">
+        <v>57</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="H80" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>309</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>310</v>
+      </c>
+      <c r="D81" t="s">
+        <v>202</v>
+      </c>
+      <c r="E81" t="s">
+        <v>203</v>
+      </c>
+      <c r="F81" t="s">
+        <v>57</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="H81" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>313</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>314</v>
+      </c>
+      <c r="D82" t="s">
+        <v>202</v>
+      </c>
+      <c r="E82" t="s">
+        <v>203</v>
+      </c>
+      <c r="F82" t="s">
+        <v>57</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H82" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>317</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>318</v>
+      </c>
+      <c r="D83" t="s">
+        <v>202</v>
+      </c>
+      <c r="E83" t="s">
+        <v>203</v>
+      </c>
+      <c r="F83" t="s">
+        <v>57</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="H83" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>320</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>321</v>
+      </c>
+      <c r="D84" t="s">
+        <v>202</v>
+      </c>
+      <c r="E84" t="s">
+        <v>203</v>
+      </c>
+      <c r="F84" t="s">
+        <v>57</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="H84" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>323</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>324</v>
+      </c>
+      <c r="D85" t="s">
+        <v>202</v>
+      </c>
+      <c r="E85" t="s">
+        <v>203</v>
+      </c>
+      <c r="F85" t="s">
+        <v>57</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="H85" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>326</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>327</v>
+      </c>
+      <c r="D86" t="s">
+        <v>202</v>
+      </c>
+      <c r="E86" t="s">
+        <v>203</v>
+      </c>
+      <c r="F86" t="s">
+        <v>39</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="H86" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>330</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>331</v>
+      </c>
+      <c r="D87" t="s">
+        <v>202</v>
+      </c>
+      <c r="E87" t="s">
+        <v>203</v>
+      </c>
+      <c r="F87" t="s">
+        <v>57</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="H87" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>334</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>335</v>
+      </c>
+      <c r="D88" t="s">
+        <v>202</v>
+      </c>
+      <c r="E88" t="s">
+        <v>203</v>
+      </c>
+      <c r="F88" t="s">
+        <v>57</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="H88" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>337</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>338</v>
+      </c>
+      <c r="D89" t="s">
+        <v>202</v>
+      </c>
+      <c r="E89" t="s">
+        <v>203</v>
+      </c>
+      <c r="F89" t="s">
+        <v>57</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="H89" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>340</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>341</v>
+      </c>
+      <c r="D90" t="s">
+        <v>202</v>
+      </c>
+      <c r="E90" t="s">
+        <v>203</v>
+      </c>
+      <c r="F90" t="s">
+        <v>57</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="H90" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>343</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>344</v>
+      </c>
+      <c r="D91" t="s">
+        <v>202</v>
+      </c>
+      <c r="E91" t="s">
+        <v>203</v>
+      </c>
+      <c r="F91" t="s">
+        <v>57</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="H91" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>346</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>347</v>
+      </c>
+      <c r="D92" t="s">
+        <v>202</v>
+      </c>
+      <c r="E92" t="s">
+        <v>203</v>
+      </c>
+      <c r="F92" t="s">
+        <v>57</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="H92" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>349</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>350</v>
+      </c>
+      <c r="D93" t="s">
+        <v>202</v>
+      </c>
+      <c r="E93" t="s">
+        <v>203</v>
+      </c>
+      <c r="F93" t="s">
+        <v>57</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="H93" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>352</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>353</v>
+      </c>
+      <c r="D94" t="s">
+        <v>202</v>
+      </c>
+      <c r="E94" t="s">
+        <v>203</v>
+      </c>
+      <c r="F94" t="s">
+        <v>57</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="H94" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>355</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>356</v>
+      </c>
+      <c r="D95" t="s">
+        <v>202</v>
+      </c>
+      <c r="E95" t="s">
+        <v>203</v>
+      </c>
+      <c r="F95" t="s">
+        <v>57</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="H95" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>358</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>359</v>
+      </c>
+      <c r="D96" t="s">
+        <v>202</v>
+      </c>
+      <c r="E96" t="s">
+        <v>203</v>
+      </c>
+      <c r="F96" t="s">
+        <v>57</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="H96" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>361</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>362</v>
+      </c>
+      <c r="D97" t="s">
+        <v>202</v>
+      </c>
+      <c r="E97" t="s">
+        <v>203</v>
+      </c>
+      <c r="F97" t="s">
+        <v>57</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="H97" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>364</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>365</v>
+      </c>
+      <c r="D98" t="s">
+        <v>202</v>
+      </c>
+      <c r="E98" t="s">
+        <v>203</v>
+      </c>
+      <c r="F98" t="s">
+        <v>57</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="H98" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>367</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>368</v>
+      </c>
+      <c r="D99" t="s">
+        <v>202</v>
+      </c>
+      <c r="E99" t="s">
+        <v>203</v>
+      </c>
+      <c r="F99" t="s">
+        <v>57</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="H99" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>370</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>371</v>
+      </c>
+      <c r="D100" t="s">
+        <v>202</v>
+      </c>
+      <c r="E100" t="s">
+        <v>203</v>
+      </c>
+      <c r="F100" t="s">
+        <v>57</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="H100" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>373</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>374</v>
+      </c>
+      <c r="D101" t="s">
+        <v>202</v>
+      </c>
+      <c r="E101" t="s">
+        <v>203</v>
+      </c>
+      <c r="F101" t="s">
+        <v>57</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="H101" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>376</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>377</v>
+      </c>
+      <c r="D102" t="s">
+        <v>202</v>
+      </c>
+      <c r="E102" t="s">
+        <v>203</v>
+      </c>
+      <c r="F102" t="s">
+        <v>57</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="H102" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>379</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>380</v>
+      </c>
+      <c r="D103" t="s">
+        <v>202</v>
+      </c>
+      <c r="E103" t="s">
+        <v>203</v>
+      </c>
+      <c r="F103" t="s">
+        <v>57</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="H103" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>382</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>383</v>
+      </c>
+      <c r="D104" t="s">
+        <v>202</v>
+      </c>
+      <c r="E104" t="s">
+        <v>203</v>
+      </c>
+      <c r="F104" t="s">
+        <v>57</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="H104" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>385</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>386</v>
+      </c>
+      <c r="D105" t="s">
+        <v>202</v>
+      </c>
+      <c r="E105" t="s">
+        <v>203</v>
+      </c>
+      <c r="F105" t="s">
+        <v>57</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="H105" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>388</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>389</v>
+      </c>
+      <c r="D106" t="s">
+        <v>202</v>
+      </c>
+      <c r="E106" t="s">
+        <v>203</v>
+      </c>
+      <c r="F106" t="s">
+        <v>57</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="H106" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>391</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>392</v>
+      </c>
+      <c r="D107" t="s">
+        <v>202</v>
+      </c>
+      <c r="E107" t="s">
+        <v>203</v>
+      </c>
+      <c r="F107" t="s">
+        <v>57</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="H107" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>394</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>395</v>
+      </c>
+      <c r="D108" t="s">
+        <v>202</v>
+      </c>
+      <c r="E108" t="s">
+        <v>203</v>
+      </c>
+      <c r="F108" t="s">
+        <v>57</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="H108" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>397</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>398</v>
+      </c>
+      <c r="D109" t="s">
+        <v>202</v>
+      </c>
+      <c r="E109" t="s">
+        <v>203</v>
+      </c>
+      <c r="F109" t="s">
+        <v>57</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="H109" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>400</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>401</v>
+      </c>
+      <c r="D110" t="s">
+        <v>202</v>
+      </c>
+      <c r="E110" t="s">
+        <v>203</v>
+      </c>
+      <c r="F110" t="s">
+        <v>57</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="H110" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>403</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>404</v>
+      </c>
+      <c r="D111" t="s">
+        <v>202</v>
+      </c>
+      <c r="E111" t="s">
+        <v>203</v>
+      </c>
+      <c r="F111" t="s">
+        <v>57</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="H111" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>406</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>407</v>
+      </c>
+      <c r="D112" t="s">
+        <v>202</v>
+      </c>
+      <c r="E112" t="s">
+        <v>203</v>
+      </c>
+      <c r="F112" t="s">
+        <v>57</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="H112" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>409</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>410</v>
+      </c>
+      <c r="D113" t="s">
+        <v>202</v>
+      </c>
+      <c r="E113" t="s">
+        <v>203</v>
+      </c>
+      <c r="F113" t="s">
+        <v>57</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="H113" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>412</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>413</v>
+      </c>
+      <c r="D114" t="s">
+        <v>202</v>
+      </c>
+      <c r="E114" t="s">
+        <v>203</v>
+      </c>
+      <c r="F114" t="s">
+        <v>57</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="H114" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>415</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>416</v>
+      </c>
+      <c r="D115" t="s">
+        <v>202</v>
+      </c>
+      <c r="E115" t="s">
+        <v>203</v>
+      </c>
+      <c r="F115" t="s">
+        <v>57</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="H115" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>418</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>419</v>
+      </c>
+      <c r="D116" t="s">
+        <v>202</v>
+      </c>
+      <c r="E116" t="s">
+        <v>203</v>
+      </c>
+      <c r="F116" t="s">
+        <v>57</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="H116" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>421</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>422</v>
+      </c>
+      <c r="D117" t="s">
+        <v>202</v>
+      </c>
+      <c r="E117" t="s">
+        <v>203</v>
+      </c>
+      <c r="F117" t="s">
+        <v>57</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="H117" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>424</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>425</v>
+      </c>
+      <c r="D118" t="s">
+        <v>202</v>
+      </c>
+      <c r="E118" t="s">
+        <v>203</v>
+      </c>
+      <c r="F118" t="s">
+        <v>57</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="H118" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>427</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>428</v>
+      </c>
+      <c r="D119" t="s">
+        <v>202</v>
+      </c>
+      <c r="E119" t="s">
+        <v>203</v>
+      </c>
+      <c r="F119" t="s">
+        <v>57</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="H119" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>430</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>431</v>
+      </c>
+      <c r="D120" t="s">
+        <v>202</v>
+      </c>
+      <c r="E120" t="s">
+        <v>203</v>
+      </c>
+      <c r="F120" t="s">
+        <v>57</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="H120" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>433</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>434</v>
+      </c>
+      <c r="D121" t="s">
+        <v>202</v>
+      </c>
+      <c r="E121" t="s">
+        <v>203</v>
+      </c>
+      <c r="F121" t="s">
+        <v>57</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="H121" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>436</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>437</v>
+      </c>
+      <c r="D122" t="s">
+        <v>202</v>
+      </c>
+      <c r="E122" t="s">
+        <v>203</v>
+      </c>
+      <c r="F122" t="s">
+        <v>57</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="H122" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>439</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>440</v>
+      </c>
+      <c r="D123" t="s">
+        <v>202</v>
+      </c>
+      <c r="E123" t="s">
+        <v>203</v>
+      </c>
+      <c r="F123" t="s">
+        <v>57</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="H123" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>443</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>444</v>
+      </c>
+      <c r="D124" t="s">
+        <v>202</v>
+      </c>
+      <c r="E124" t="s">
+        <v>203</v>
+      </c>
+      <c r="F124" t="s">
+        <v>57</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="H124" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>446</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>447</v>
+      </c>
+      <c r="D125" t="s">
+        <v>202</v>
+      </c>
+      <c r="E125" t="s">
+        <v>203</v>
+      </c>
+      <c r="F125" t="s">
+        <v>57</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="H125" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>449</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>450</v>
+      </c>
+      <c r="D126" t="s">
+        <v>202</v>
+      </c>
+      <c r="E126" t="s">
+        <v>203</v>
+      </c>
+      <c r="F126" t="s">
+        <v>57</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="H126" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>452</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>453</v>
+      </c>
+      <c r="D127" t="s">
+        <v>202</v>
+      </c>
+      <c r="E127" t="s">
+        <v>203</v>
+      </c>
+      <c r="F127" t="s">
+        <v>57</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="H127" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>455</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>456</v>
+      </c>
+      <c r="D128" t="s">
+        <v>202</v>
+      </c>
+      <c r="E128" t="s">
+        <v>203</v>
+      </c>
+      <c r="F128" t="s">
+        <v>57</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="H128" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>458</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>459</v>
+      </c>
+      <c r="D129" t="s">
+        <v>202</v>
+      </c>
+      <c r="E129" t="s">
+        <v>203</v>
+      </c>
+      <c r="F129" t="s">
+        <v>57</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="H129" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>461</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>462</v>
+      </c>
+      <c r="D130" t="s">
+        <v>202</v>
+      </c>
+      <c r="E130" t="s">
+        <v>203</v>
+      </c>
+      <c r="F130" t="s">
+        <v>57</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="H130" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>464</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>465</v>
+      </c>
+      <c r="D131" t="s">
+        <v>202</v>
+      </c>
+      <c r="E131" t="s">
+        <v>203</v>
+      </c>
+      <c r="F131" t="s">
+        <v>57</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="H131" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>467</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>468</v>
+      </c>
+      <c r="D132" t="s">
+        <v>202</v>
+      </c>
+      <c r="E132" t="s">
+        <v>203</v>
+      </c>
+      <c r="F132" t="s">
+        <v>57</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="H132" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>470</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>471</v>
+      </c>
+      <c r="D133" t="s">
+        <v>202</v>
+      </c>
+      <c r="E133" t="s">
+        <v>203</v>
+      </c>
+      <c r="F133" t="s">
+        <v>57</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="H133" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>474</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>475</v>
+      </c>
+      <c r="D134" t="s">
+        <v>202</v>
+      </c>
+      <c r="E134" t="s">
+        <v>203</v>
+      </c>
+      <c r="F134" t="s">
+        <v>57</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="H134" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>477</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>478</v>
+      </c>
+      <c r="D135" t="s">
+        <v>202</v>
+      </c>
+      <c r="E135" t="s">
+        <v>203</v>
+      </c>
+      <c r="F135" t="s">
+        <v>57</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="H135" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>480</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>481</v>
+      </c>
+      <c r="D136" t="s">
+        <v>202</v>
+      </c>
+      <c r="E136" t="s">
+        <v>203</v>
+      </c>
+      <c r="F136" t="s">
+        <v>57</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="H136" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>483</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>484</v>
+      </c>
+      <c r="D137" t="s">
+        <v>202</v>
+      </c>
+      <c r="E137" t="s">
+        <v>203</v>
+      </c>
+      <c r="F137" t="s">
+        <v>57</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="H137" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>486</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>487</v>
+      </c>
+      <c r="D138" t="s">
+        <v>202</v>
+      </c>
+      <c r="E138" t="s">
+        <v>203</v>
+      </c>
+      <c r="F138" t="s">
+        <v>57</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="H138" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>490</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>491</v>
+      </c>
+      <c r="D139" t="s">
+        <v>202</v>
+      </c>
+      <c r="E139" t="s">
+        <v>203</v>
+      </c>
+      <c r="F139" t="s">
+        <v>57</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="H139" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>494</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>495</v>
+      </c>
+      <c r="D140" t="s">
+        <v>202</v>
+      </c>
+      <c r="E140" t="s">
+        <v>203</v>
+      </c>
+      <c r="F140" t="s">
+        <v>57</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="H140" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>497</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>498</v>
+      </c>
+      <c r="D141" t="s">
+        <v>202</v>
+      </c>
+      <c r="E141" t="s">
+        <v>203</v>
+      </c>
+      <c r="F141" t="s">
+        <v>57</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="H141" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>501</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>502</v>
+      </c>
+      <c r="D142" t="s">
+        <v>202</v>
+      </c>
+      <c r="E142" t="s">
+        <v>203</v>
+      </c>
+      <c r="F142" t="s">
+        <v>57</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="H142" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>505</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>506</v>
+      </c>
+      <c r="D143" t="s">
+        <v>202</v>
+      </c>
+      <c r="E143" t="s">
+        <v>203</v>
+      </c>
+      <c r="F143" t="s">
+        <v>57</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="H143" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>509</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>510</v>
+      </c>
+      <c r="D144" t="s">
+        <v>202</v>
+      </c>
+      <c r="E144" t="s">
+        <v>203</v>
+      </c>
+      <c r="F144" t="s">
+        <v>108</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="H144" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>513</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>514</v>
+      </c>
+      <c r="D145" t="s">
+        <v>202</v>
+      </c>
+      <c r="E145" t="s">
+        <v>203</v>
+      </c>
+      <c r="F145" t="s">
+        <v>57</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="H145" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>517</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>518</v>
+      </c>
+      <c r="D146" t="s">
+        <v>202</v>
+      </c>
+      <c r="E146" t="s">
+        <v>203</v>
+      </c>
+      <c r="F146" t="s">
+        <v>519</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="H146" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>522</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>523</v>
+      </c>
+      <c r="D147" t="s">
+        <v>202</v>
+      </c>
+      <c r="E147" t="s">
+        <v>203</v>
+      </c>
+      <c r="F147" t="s">
+        <v>57</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="H147" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>526</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>527</v>
+      </c>
+      <c r="D148" t="s">
+        <v>202</v>
+      </c>
+      <c r="E148" t="s">
+        <v>203</v>
+      </c>
+      <c r="F148" t="s">
+        <v>519</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="H148" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>530</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>531</v>
+      </c>
+      <c r="D149" t="s">
+        <v>202</v>
+      </c>
+      <c r="E149" t="s">
+        <v>203</v>
+      </c>
+      <c r="F149" t="s">
+        <v>519</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="H149" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>534</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>535</v>
+      </c>
+      <c r="D150" t="s">
+        <v>202</v>
+      </c>
+      <c r="E150" t="s">
+        <v>203</v>
+      </c>
+      <c r="F150" t="s">
+        <v>57</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="H150" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>538</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>539</v>
+      </c>
+      <c r="D151" t="s">
+        <v>202</v>
+      </c>
+      <c r="E151" t="s">
+        <v>203</v>
+      </c>
+      <c r="F151" t="s">
+        <v>57</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="H151" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>541</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>542</v>
+      </c>
+      <c r="D152" t="s">
+        <v>202</v>
+      </c>
+      <c r="E152" t="s">
+        <v>203</v>
+      </c>
+      <c r="F152" t="s">
+        <v>57</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="H152" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>545</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>546</v>
+      </c>
+      <c r="D153" t="s">
+        <v>202</v>
+      </c>
+      <c r="E153" t="s">
+        <v>203</v>
+      </c>
+      <c r="F153" t="s">
+        <v>57</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="H153" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>548</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>549</v>
+      </c>
+      <c r="D154" t="s">
+        <v>202</v>
+      </c>
+      <c r="E154" t="s">
+        <v>203</v>
+      </c>
+      <c r="F154" t="s">
+        <v>57</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="H154" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>551</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>552</v>
+      </c>
+      <c r="D155" t="s">
+        <v>202</v>
+      </c>
+      <c r="E155" t="s">
+        <v>203</v>
+      </c>
+      <c r="F155" t="s">
+        <v>57</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="H155" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>554</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>555</v>
+      </c>
+      <c r="D156" t="s">
+        <v>202</v>
+      </c>
+      <c r="E156" t="s">
+        <v>203</v>
+      </c>
+      <c r="F156" t="s">
+        <v>57</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="H156" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>557</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>558</v>
+      </c>
+      <c r="D157" t="s">
+        <v>202</v>
+      </c>
+      <c r="E157" t="s">
+        <v>203</v>
+      </c>
+      <c r="F157" t="s">
+        <v>57</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="H157" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>561</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>562</v>
+      </c>
+      <c r="D158" t="s">
+        <v>202</v>
+      </c>
+      <c r="E158" t="s">
+        <v>203</v>
+      </c>
+      <c r="F158" t="s">
+        <v>57</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="H158" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>564</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>565</v>
+      </c>
+      <c r="D159" t="s">
+        <v>202</v>
+      </c>
+      <c r="E159" t="s">
+        <v>203</v>
+      </c>
+      <c r="F159" t="s">
+        <v>57</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="H159" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>567</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>568</v>
+      </c>
+      <c r="D160" t="s">
+        <v>202</v>
+      </c>
+      <c r="E160" t="s">
+        <v>203</v>
+      </c>
+      <c r="F160" t="s">
+        <v>108</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="H160" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>571</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>572</v>
+      </c>
+      <c r="D161" t="s">
+        <v>202</v>
+      </c>
+      <c r="E161" t="s">
+        <v>203</v>
+      </c>
+      <c r="F161" t="s">
+        <v>57</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="H161" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>575</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>576</v>
+      </c>
+      <c r="D162" t="s">
+        <v>202</v>
+      </c>
+      <c r="E162" t="s">
+        <v>203</v>
+      </c>
+      <c r="F162" t="s">
+        <v>57</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="H162" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>579</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>580</v>
+      </c>
+      <c r="D163" t="s">
+        <v>581</v>
+      </c>
+      <c r="E163" t="s">
+        <v>582</v>
+      </c>
+      <c r="F163" t="s">
+        <v>519</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="H163" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>585</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>586</v>
+      </c>
+      <c r="D164" t="s">
+        <v>581</v>
+      </c>
+      <c r="E164" t="s">
+        <v>582</v>
+      </c>
+      <c r="F164" t="s">
+        <v>108</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="H164" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>589</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
         <v>10</v>
       </c>
-      <c r="D46" t="s">
-[...12 lines deleted...]
-        <v>164</v>
+      <c r="D165" t="s">
+        <v>590</v>
+      </c>
+      <c r="E165" t="s">
+        <v>591</v>
+      </c>
+      <c r="F165" t="s">
+        <v>39</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="H165" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>594</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>17</v>
+      </c>
+      <c r="D166" t="s">
+        <v>590</v>
+      </c>
+      <c r="E166" t="s">
+        <v>591</v>
+      </c>
+      <c r="F166" t="s">
+        <v>26</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="H166" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>597</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>21</v>
+      </c>
+      <c r="D167" t="s">
+        <v>590</v>
+      </c>
+      <c r="E167" t="s">
+        <v>591</v>
+      </c>
+      <c r="F167" t="s">
+        <v>598</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="H167" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>601</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>25</v>
+      </c>
+      <c r="D168" t="s">
+        <v>590</v>
+      </c>
+      <c r="E168" t="s">
+        <v>591</v>
+      </c>
+      <c r="F168" t="s">
+        <v>108</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="H168" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>604</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>30</v>
+      </c>
+      <c r="D169" t="s">
+        <v>590</v>
+      </c>
+      <c r="E169" t="s">
+        <v>591</v>
+      </c>
+      <c r="F169" t="s">
+        <v>57</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="H169" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>607</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>34</v>
+      </c>
+      <c r="D170" t="s">
+        <v>590</v>
+      </c>
+      <c r="E170" t="s">
+        <v>591</v>
+      </c>
+      <c r="F170" t="s">
+        <v>108</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="H170" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>610</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>38</v>
+      </c>
+      <c r="D171" t="s">
+        <v>590</v>
+      </c>
+      <c r="E171" t="s">
+        <v>591</v>
+      </c>
+      <c r="F171" t="s">
+        <v>108</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="H171" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>613</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>43</v>
+      </c>
+      <c r="D172" t="s">
+        <v>590</v>
+      </c>
+      <c r="E172" t="s">
+        <v>591</v>
+      </c>
+      <c r="F172" t="s">
+        <v>598</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="H172" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>616</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>47</v>
+      </c>
+      <c r="D173" t="s">
+        <v>590</v>
+      </c>
+      <c r="E173" t="s">
+        <v>591</v>
+      </c>
+      <c r="F173" t="s">
+        <v>281</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="H173" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>619</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>51</v>
+      </c>
+      <c r="D174" t="s">
+        <v>590</v>
+      </c>
+      <c r="E174" t="s">
+        <v>591</v>
+      </c>
+      <c r="F174" t="s">
+        <v>108</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="H174" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>622</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>56</v>
+      </c>
+      <c r="D175" t="s">
+        <v>590</v>
+      </c>
+      <c r="E175" t="s">
+        <v>591</v>
+      </c>
+      <c r="F175" t="s">
+        <v>108</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="H175" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>625</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>61</v>
+      </c>
+      <c r="D176" t="s">
+        <v>590</v>
+      </c>
+      <c r="E176" t="s">
+        <v>591</v>
+      </c>
+      <c r="F176" t="s">
+        <v>598</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="H176" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>628</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>66</v>
+      </c>
+      <c r="D177" t="s">
+        <v>590</v>
+      </c>
+      <c r="E177" t="s">
+        <v>591</v>
+      </c>
+      <c r="F177" t="s">
+        <v>598</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="H177" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>631</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>70</v>
+      </c>
+      <c r="D178" t="s">
+        <v>590</v>
+      </c>
+      <c r="E178" t="s">
+        <v>591</v>
+      </c>
+      <c r="F178" t="s">
+        <v>108</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="H178" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>634</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>74</v>
+      </c>
+      <c r="D179" t="s">
+        <v>590</v>
+      </c>
+      <c r="E179" t="s">
+        <v>591</v>
+      </c>
+      <c r="F179" t="s">
+        <v>635</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="H179" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>638</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>78</v>
+      </c>
+      <c r="D180" t="s">
+        <v>590</v>
+      </c>
+      <c r="E180" t="s">
+        <v>591</v>
+      </c>
+      <c r="F180" t="s">
+        <v>108</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="H180" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>641</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>82</v>
+      </c>
+      <c r="D181" t="s">
+        <v>590</v>
+      </c>
+      <c r="E181" t="s">
+        <v>591</v>
+      </c>
+      <c r="F181" t="s">
+        <v>598</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="H181" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>644</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>86</v>
+      </c>
+      <c r="D182" t="s">
+        <v>590</v>
+      </c>
+      <c r="E182" t="s">
+        <v>591</v>
+      </c>
+      <c r="F182" t="s">
+        <v>108</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="H182" t="s">
+        <v>646</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
     <hyperlink ref="G31" r:id="rId30"/>
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
     <hyperlink ref="G35" r:id="rId34"/>
     <hyperlink ref="G36" r:id="rId35"/>
     <hyperlink ref="G37" r:id="rId36"/>
     <hyperlink ref="G38" r:id="rId37"/>
     <hyperlink ref="G39" r:id="rId38"/>
     <hyperlink ref="G40" r:id="rId39"/>
     <hyperlink ref="G41" r:id="rId40"/>
     <hyperlink ref="G42" r:id="rId41"/>
     <hyperlink ref="G43" r:id="rId42"/>
     <hyperlink ref="G44" r:id="rId43"/>
     <hyperlink ref="G45" r:id="rId44"/>
     <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
+    <hyperlink ref="G163" r:id="rId162"/>
+    <hyperlink ref="G164" r:id="rId163"/>
+    <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
+    <hyperlink ref="G170" r:id="rId169"/>
+    <hyperlink ref="G171" r:id="rId170"/>
+    <hyperlink ref="G172" r:id="rId171"/>
+    <hyperlink ref="G173" r:id="rId172"/>
+    <hyperlink ref="G174" r:id="rId173"/>
+    <hyperlink ref="G175" r:id="rId174"/>
+    <hyperlink ref="G176" r:id="rId175"/>
+    <hyperlink ref="G177" r:id="rId176"/>
+    <hyperlink ref="G178" r:id="rId177"/>
+    <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>